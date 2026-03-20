--- v0 (2026-01-30)
+++ v1 (2026-03-20)
@@ -10,642 +10,3684 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="368" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2542" uniqueCount="1198">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>7443</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>PEMEN</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda a Lei Orgânica</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE VEREADORES, Alex Vinicius Coelho - Alex da Autoescola, Cláudio Roberto de Castro - Cláudio Enfermeiro, Daniel Cândido de Oliveira - Diel do Anú, Gerson Gomes de Freitas - Amigo Xereba, Guilherme Guimarães de Azevedo, João B. de Freitas do Nascimento-Joãozinho Bigode, José S. Reis de Bittencourt - Zezinho do SuperMais, Luciano Pereira - Lucinho do Gás, Maria Izabel Martins Crovato, Marinho Jose de Almeida Neto - Marinho do Hospital</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7443/proposta_de_emenda.pdf</t>
+  </si>
+  <si>
+    <t>"Inclui o Artigo 115-A na Lei Orgânica do_x000D_
+Município de Visconde do Rio Branco e dá_x000D_
+outras providências”.</t>
+  </si>
+  <si>
+    <t>7427</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Executivo Municipal</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7427/projeto_de_lei_complementar_decimo_terceiro_magisterio_2.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI COMPLEMENTAR Nº 026, DE 29 DE DEZEMBRO DE 2009, REGULAMENTA A COMPOSIÇÃO DA REMUNERAÇÃO DO PROFISSIONAL DO MAGISTÉRIO MUNICIPAL E DISCIPLINA A INCIDÊNCIA DA GRATIFICAÇÃO NATALINA NAS HIPÓTESES DE EXTENSÃO DE CARGA HORÁRIA POR EXIGÊNCIA CURRICULAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7545</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7545/projeto_auxiliar_de_acessiblidade_educacional___nutricionista.pdf</t>
+  </si>
+  <si>
+    <t>ACRESCE E ALTERA ANEXOS I E II DA LEI COMPLEMENTAR MUNICIPAL Nº 044/2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7589</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7589/04_-_plc_altera_lc26-09.pdf</t>
+  </si>
+  <si>
+    <t>ALETRA A LEI COMPLEMENTAR 026, DE 29 DE DEZEMBRO DE 2009, REGULAMENTA A COMPOSIÇÃO DA REMUNERAÇÃO DO PROFISSIONAL DO MAGISTÉRIO MUNICIPAL E DISCIPLINA A INCIDÊNCIA DA GRATIFICAÇÃO NATALINA NAS HIPÓTESES DE EXTENSÃO DE CARGA HORÁRIA POR EXIGÊNCIA CURRICULAR, ESTABELECE EFEITOS FINANCEIROS RETROATIVOS E AUTORIZA O PARCELAMENTO DOS VALORES REFERENTES AO EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7640</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>Marinho Jose de Almeida Neto - Marinho do Hospital</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7640/projeto_de_lei_-_requisito_-_professor_de_apoio_1.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Anexo II da Lei Complementar nº 044/2015, com redação dada pela Lei Complementar nº 098/2023, para adequar o requisito de escolaridade do cargo de Professor de Apoio às diretrizes da Lei de Diretrizes e Bases da Educação Nacional – LDB, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7666</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>Maria Izabel Martins Crovato</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7666/plc._n_01_-_2026_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ART. 110 DA LEI COMPLEMENTAR Nº 036/2014 QUE – “DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE VISCONDE DO RIO BRANCO, PARA AMPLIAR A LICENÇA – PATERNIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>7407</t>
   </si>
   <si>
-    <t>2026</t>
-[...1 lines deleted...]
-  <si>
     <t>2277</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>João B. de Freitas do Nascimento-Joãozinho Bigode</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7407/plo_n______-2026_programa_municipal_de_prevencao_a_pornografia_entre_criancas_e_adolescentes.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7407/plo_n______-2026_programa_municipal_de_prevencao_a_pornografia_entre_criancas_e_adolescentes.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE_x000D_
 PREVENÇÃO E ENFRENTAMENTO DA_x000D_
 PORNOGRAFIA ENTRE CRIANÇAS E_x000D_
 ADOLESCENTES DA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>7431</t>
+  </si>
+  <si>
+    <t>2278</t>
+  </si>
+  <si>
+    <t>MESA DIRETORA, Cláudio Roberto de Castro - Cláudio Enfermeiro, Daniel Cândido de Oliveira - Diel do Anú, Marinho Jose de Almeida Neto - Marinho do Hospital</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7431/projeto_de_lei_reajuste.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE REAJUSTE NOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO-MG.</t>
+  </si>
+  <si>
+    <t>7437</t>
+  </si>
+  <si>
+    <t>2279</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7437/pl_reajuste_anual.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO E IMPLANTAÇÃO DO SALÁRIO MÍNIMO MUNICIPAL, CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7438</t>
+  </si>
+  <si>
+    <t>2280</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7438/projeto_centro_cultural.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre denominação do Centro Cultural, Social e Médico no Bairro Felipinho no município de Visconde do Rio Branco-MG e dá outras providências</t>
+  </si>
+  <si>
+    <t>7453</t>
+  </si>
+  <si>
+    <t>2281</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7453/plo_reajuste_salaria_atual_.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7481</t>
+  </si>
+  <si>
+    <t>2282</t>
+  </si>
+  <si>
+    <t>Robson-Nei Renier Capobiango - Robson Capobiango</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7481/projeto_de_lei_tiro_de_guerra.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de passe livre no transporte coletivo urbano aos atiradores do Tiro de Guerra 04-015, no Município de Visconde do Rio Branco/MG, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7484</t>
+  </si>
+  <si>
+    <t>2283</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7484/plo_reajuste_atualizado.pdf</t>
+  </si>
+  <si>
+    <t>7485</t>
+  </si>
+  <si>
+    <t>2284</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7485/projeto_centro_cultural_filipinho.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre denominação do Centro Cultural, Social e Médico José Expedito Teodoro no bairro Filipinho no Município de Visconde do Rio Branco-MG e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7517</t>
+  </si>
+  <si>
+    <t>2285</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7517/plo._n_20_-_2026_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DO “NÚCLEO DE ATENDIMENTO EDUCACIONAL ESPECIALIZADO (NAEE)”, COMO SETOR INTEGRANTE DA ESTRUTURA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DE VISCONDE DO RIO BRANCO/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7518</t>
+  </si>
+  <si>
+    <t>2286</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7518/plo_n____-2026_programa_vidas_em_movimento.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA MUNICIPAL “VIDAS EM MOVIMENTO- EDUCAÇÃO, ESPORTE E _x000D_
+OPORTUNIDADE” NO ÂMBITO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7543</t>
+  </si>
+  <si>
+    <t>2287</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7543/pl_credito_especial_construcao_casas_populares_2026.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7568</t>
+  </si>
+  <si>
+    <t>2288</t>
+  </si>
+  <si>
+    <t>Cláudio Roberto de Castro - Cláudio Enfermeiro</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7568/carteira_municipal_de_identificacao_do_idoso_com_doencas_cronicas.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA “CARTEIRA MUNICIPAL DE IDENTIFICAÇÃO DO IDOSO COM DOENÇAS CRÔNICAS” NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7572</t>
+  </si>
+  <si>
+    <t>2289</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7572/idiomas_para_o_futuro.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA “IDIOMAS PARA O FUTURO” NO MUNICÍPIO DE VISCONDE DO RIO BRANCO  E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7634</t>
+  </si>
+  <si>
+    <t>2290</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7634/projeto_de_lei_receituario.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre obrigatoriedade de identificação da unidade básica de saúde nos receituários emitidos no âmbito da rede pública do Municipal de saúde.</t>
+  </si>
+  <si>
+    <t>7700</t>
+  </si>
+  <si>
+    <t>2291</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7700/projeto_maestro.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação do espaço do Auditório “Jotta Barroso” também como “Anfiteatro Maestro Tito Vianna”, no âmbito do Município de Visconde do Rio Branco, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7429</t>
+  </si>
+  <si>
+    <t>751</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7429/projeto_de_resolucao_cidadania_rita.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de Título de Cidadania honorária a Sra. Rita Aparecida Ramalho Coelho.</t>
+  </si>
+  <si>
+    <t>7430</t>
+  </si>
+  <si>
+    <t>752</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7430/projeto_de_resolucao_cidadania_milton.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de Título de Cidadania honorária ao Sr. Milton Rodrigues Natalino.</t>
+  </si>
+  <si>
+    <t>7434</t>
+  </si>
+  <si>
+    <t>753</t>
+  </si>
+  <si>
+    <t>Alex Vinicius Coelho - Alex da Autoescola</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7434/titulo_cidadao_honorario_marcio_victor.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de Título de Cidadania Honorária ao Sr. Márcio Moreira Victor.</t>
+  </si>
+  <si>
+    <t>7471</t>
+  </si>
+  <si>
+    <t>754</t>
+  </si>
+  <si>
+    <t>Guilherme Guimarães de Azevedo</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7471/pr._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADANIA HONORÁRIA AO SENHOR ANTÔNIO FERNANDES CAMPOS.</t>
+  </si>
+  <si>
+    <t>7480</t>
+  </si>
+  <si>
+    <t>755</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7480/titulo_cidadao_honorario_bruno_sao_vicente.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de Título de Cidadania Honorária ao Sr. Bruno Groppo Felippe.</t>
+  </si>
+  <si>
+    <t>7488</t>
+  </si>
+  <si>
+    <t>756</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7488/projeto_de_resolucao_comissao_especial.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação da Comissão_x000D_
+Especial responsável para acompanhar a_x000D_
+Auditoria da Associação Beneficente_x000D_
+Hospital São João Batista.</t>
+  </si>
+  <si>
+    <t>7511</t>
+  </si>
+  <si>
+    <t>757</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7511/02_pr_-_marlon_deleon.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA OU BENEMÉRITA AO SR. MARLON DELEON DE OLIVEIRA.</t>
+  </si>
+  <si>
+    <t>7516</t>
+  </si>
+  <si>
+    <t>758</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7516/01_pr_-_hugo_vidal.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA OU BENEMÉRITA AO SR. HUGO VIDAL RODRIGUES.</t>
+  </si>
+  <si>
+    <t>7539</t>
+  </si>
+  <si>
+    <t>759</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7539/projeto_de_resolucao_-_aumento_diarias_correto.pdf</t>
+  </si>
+  <si>
+    <t>Altera o anexo I da Resolução nº 530/2018, que trata da concessão de diárias dos servidores e agentes Políticos da Câmara Municipal de Visconde do Rio Branco.</t>
+  </si>
+  <si>
+    <t>7564</t>
+  </si>
+  <si>
+    <t>760</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7564/15-projeto_de_lei_parlamento.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Parlamento do Idoso no âmbito da Câmara Municipal de Visconde do Rio Branco, Estado de Minas Gerais, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7570</t>
+  </si>
+  <si>
+    <t>761</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7570/merito_andrey.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE CONCESSÃO DO DIPLOMA DE MÉRITO LEGISLATIVO  AO SR. ANDREY CARLOS PIRES</t>
+  </si>
+  <si>
+    <t>7596</t>
+  </si>
+  <si>
+    <t>762</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7596/03_pr_-_flavio_roberto.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA OU BENEMÉRITA AO SR. FLÁVIO ROBERTO SILVA</t>
+  </si>
+  <si>
+    <t>7597</t>
+  </si>
+  <si>
+    <t>763</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7597/04_pr_-_fabricio_ignacchiti.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE CONCESSÃO DO DIPLOMA DE MÉRITO LEGISLATIVO AO SR. FABRÍCIO IGNACCHITI RIBEIRO</t>
+  </si>
+  <si>
+    <t>7626</t>
+  </si>
+  <si>
+    <t>764</t>
+  </si>
+  <si>
+    <t>João B. de Freitas do Nascimento-Joãozinho Bigode, Cláudio Roberto de Castro - Cláudio Enfermeiro</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7626/projeto_de_resolucao_merito_legislativo_luciano_sobral.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DO DIPLOMA DE MÉRITO LEGISLATIVO AO SR. LUCIANO SOBRAL DE CARVALHO.</t>
+  </si>
+  <si>
+    <t>7629</t>
+  </si>
+  <si>
+    <t>765</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7629/merito_zezinho.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão do Diploma de Mérito Legislativo ao Sr. José Silvino Reis de Bittencourt.</t>
+  </si>
+  <si>
+    <t>7657</t>
+  </si>
+  <si>
+    <t>766</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7657/projeto_de_resolucao_comissao_especial_novo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação da Comissão Especial responsável para acompanhar a Auditoria da Associação Beneficente Hospital São João Batista.</t>
+  </si>
+  <si>
+    <t>7667</t>
+  </si>
+  <si>
+    <t>767</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7667/05_pr_-_jesalva_amorim.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE CONCESSÃO DO DIPLOMA DE MÉRITO LEGISLATIVO A SRª. JESALVA MARIA DE AMORIM LOPES E SILVA</t>
+  </si>
+  <si>
+    <t>7668</t>
+  </si>
+  <si>
+    <t>768</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7668/06_pr_-_cleber_lima.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE CONCESSÃO DO DIPLOMA DE MÉRITO LEGISLATIVO AO SR. CLÉBER LIMA DA SILVA.</t>
+  </si>
+  <si>
     <t>7389</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Gerson Gomes de Freitas - Amigo Xereba</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7389/requerimento_2026_criacao_comissao_especial_revisao_regimento_interno.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7389/requerimento_2026_criacao_comissao_especial_revisao_regimento_interno.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE DA CÂMARA MUNICIPAL, QUE SEJA CRIADA A COMISSÃO ESPECIAL PARA REVISÃO, ADAPTAÇÃO E MODERNIZAÇÃO DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL , BEM COMO A CONTRATAÇÃO, COM INEXIBILIDADE DE LICITAÇÃO DE EMPRESA PARA CONSULTORIA LEGISLATIVA PARA AUXILIAR A REVISÃO DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>7395</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>Marinho Jose de Almeida Neto - Marinho do Hospital</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7395/requerimento_ponte_velha_da_cachoierinha.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7395/requerimento_ponte_velha_da_cachoierinha.pdf</t>
   </si>
   <si>
     <t>REQUER À SECRETARIA DE OBRAS E MOBILIDADE URBANA ESCLARECIMENTO SOBRE A PONTE VELHA DA CACHOEIRINHA (COLÔNIA), SE VAI DEMOLIR E QUANDO SERÁ?</t>
   </si>
   <si>
     <t>7413</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>Guilherme Guimarães de Azevedo</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7413/req._2026_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7413/req._2026_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO MUNICIPAL INFORMAÇÕES SOBRE O CUMPRIMENTO DAS DETERMINAÇÕES DO TCE/MG NO PROCESSO Nº 1127975.</t>
   </si>
   <si>
     <t>7414</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7414/req._2026_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7414/req._2026_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE SAÚDE, A AMPLA DIVULGAÇÃO DAS INFORMAÇÕES E ORIENTAÇÕES PARA O CADASTRO DE PACIENTES ONCOLÓGICOS NO NOVO AUXÍLIO DE TRANSPORTE, ALIMENTAÇÃO E HOSPEDAGEM INSTITUÍDO PELO MINISTÉRIO DA SAÚDE.</t>
   </si>
   <si>
     <t>7416</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7416/req.____-2026_informacoes_lei_15.326-2026.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7416/req.____-2026_informacoes_lei_15.326-2026.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES ACERCA DAS MEDIDAS ADOTADAS PARA A EFETIVA APLICAÇÃO DA LEI FEDERAL 15.326/2026.</t>
   </si>
   <si>
     <t>7423</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>Maria Izabel Martins Crovato</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7423/req._no_43-2025_vereadora_maria_izabel.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7423/req._no_43-2025_vereadora_maria_izabel.pdf</t>
   </si>
   <si>
     <t>REQUER AO PREFEITO MUNICIPAL, ATRAVÉS DA SECRETARIA DE PLANEJAMENTO, E DA SECRETARIA DE OBRAS E MOBILIDADE URBANA, INFORMAÇÕES DE QUAIS MEDIDAS FORAM TOMADAS, MEDIANTE A MANUTENÇÃO DA TORRE DE TELEFONIA NO BAIRRO RANCHO VERDE 3.</t>
   </si>
   <si>
     <t>7424</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7424/req._no_44-2025_vereadora_maria_izabel.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7424/req._no_44-2025_vereadora_maria_izabel.pdf</t>
   </si>
   <si>
     <t>REQUER AO PREFEITO MUNICIPAL, ATRAVÉS DA SECRETARIA DE EDUCAÇÃO, INFORMAÇÕES DE QUAIS MATERIAIS FORAM ADQUIRIDOS (APOSTILAS/SISTEMAS DE ENSINO), PARA OS ALUNOS DA REDE MUNICIPAL REFERENTE AO ANO LETIVO DE 2026. E QUAL É A DATA PREVISTA PARA ENTREGA EFETIVA DOS MATERIAIS NAS UNIDADES ESCOLARES.</t>
   </si>
   <si>
+    <t>7464</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7464/req._no_45-2026_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO PREFEITO MUNICIPAL, ATRAVÉS DA SECRETÁRIA DE CULTURA, TURISMO, ESPORTE E LAZER, INFORMAÇÕES REFERENTES A CONCLUSÃO DA OBRA DO PRÉDIO DA ANTIGA “ESCOLA ALEXANDRE FERRAZ”, NO BAIRRO FILIPINHO. VALE RESSALTAR QUE A OBRA DO PRÉDIO TEVE INÍCIO EM MAIO DE 2024, ONDE RECURSOS CAPTADOS ATRAVÉS DA LEI ALDIR BLANC, FORAM DESTINADOS PARA O INÍCIO E CONCLUSÃO DA REFORMA DO PRÉDIO.</t>
+  </si>
+  <si>
+    <t>7472</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7472/req._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>REQUER INFORMAÇÕES E ESCLARECIMENTOS SOBRE A CONTRATAÇÃO DO CANTOR LÉO CHAVES PARA PALESTRA NO “II FÓRUM DE GESTÃO”, NO ÂMBITO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
+  </si>
+  <si>
+    <t>7474</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7474/req._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO PODER EXECUTIVO MUNICIPAL INFORMAÇÕES SOBRE AS PROVIDÊNCIAS ADOTADAS PARA CUMPRIMENTO DE DECISÃO DO TJMG QUE DECLAROU INCONSTITUCIONAL DISPOSITIVO DA LEI COMPLEMENTAR Nº 110/2025, RELATIVO À MAJORAÇÃO DA TAXA DE RESÍDUOS SÓLIDOS.</t>
+  </si>
+  <si>
+    <t>7475</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7475/req._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>REQUER INFORMAÇÕES E ESCLARECIMENTOS SOBRE AS PROVIDÊNCIAS ADOTADAS E PREVISTAS PARA O CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL WANDA BARRETO.</t>
+  </si>
+  <si>
+    <t>7478</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7478/req._no_46-2026_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO PREFEITO MUNICIPAL, ATRAVÉS DA SECRETARIA DE OBRAS E MOBILIDADE URBANA, INFORMAÇÕES SE JÁ EXISTE UM CRONOGRAMA REFERENTE A LIMPEZA DO RIO XOPOTÓ PARA O ANO DE 2026.</t>
+  </si>
+  <si>
+    <t>7486</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Marinho Jose de Almeida Neto - Marinho do Hospital, Alex Vinicius Coelho - Alex da Autoescola, Cláudio Roberto de Castro - Cláudio Enfermeiro, Daniel Cândido de Oliveira - Diel do Anú, Gerson Gomes de Freitas - Amigo Xereba, Guilherme Guimarães de Azevedo, João B. de Freitas do Nascimento-Joãozinho Bigode, José S. Reis de Bittencourt - Zezinho do SuperMais, Luciano Pereira - Lucinho do Gás, Maria Izabel Martins Crovato, Robson-Nei Renier Capobiango - Robson Capobiango</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7486/req_13.pdf</t>
+  </si>
+  <si>
+    <t>REQUER QUE A CÂMARA MUNICIPAL FAÇA O REPASSE 100.000,00 (CEM MIL REAIS) À PREFEITURA MUNICIPAL, PARA QUE ESTA, POR SUA VEZ, REALIZE O REPASSE A ASSOCIAÇÃO MINEIRA DE ATIRADORES E VETERANOS DO BRASIL,COM O OBJETIVO DE FAZER AS ADEQUAÇÕES ESTRUTURAIS NECESSÁRIAS PARA A EXISTÊNCIA DO TIRO DE GUERRA EM NOSSO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>7487</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Gerson Gomes de Freitas - Amigo Xereba, Alex Vinicius Coelho - Alex da Autoescola, Cláudio Roberto de Castro - Cláudio Enfermeiro, Daniel Cândido de Oliveira - Diel do Anú, Guilherme Guimarães de Azevedo, João B. de Freitas do Nascimento-Joãozinho Bigode, José S. Reis de Bittencourt - Zezinho do SuperMais, Luciano Pereira - Lucinho do Gás, Maria Izabel Martins Crovato, Marinho Jose de Almeida Neto - Marinho do Hospital, Robson-Nei Renier Capobiango - Robson Capobiango</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7487/req._14-2026_comissao_de_vereadores.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO SR. PREFEITO MUNICIPAL A ADOÇÃO, COM A MÁXIMA URGÊNCIA, DAS PROVIDÊNCIAS NECESSÁRIAS À SOLUÇÃO DA SITUAÇÃO DAS AUXILIARES DE EDUCAÇÃO QUE ATUAM NA REDE MUNICIPAL DE EDUCAÇÃO INFANTIL.</t>
+  </si>
+  <si>
+    <t>7489</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7489/requerimento_piso_da_enfermagem.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO SR. PREFEITO INFORMAÇÕES E PROVIDÊNCIAS QUANTO AO REPASSE DO PISO_x000D_
+SALARIAL NACIONAL DA ENFERMAGEM QUE ESTA EM ATRASO.</t>
+  </si>
+  <si>
+    <t>7512</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7512/req._no_47-2026_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO PREFEITO MUNICIPAL, JUNTAMENTE AO SECRETÁRIO DE SAÚDE, INFORMAÇÕES REFERENTES AO DESENVOLVIMENTO E APLICAÇÃO DO PROJETO “CAMINHOS DE CUIDADO”, EM NOSSO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>7514</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7514/req._no_48-2026_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO PREFEITO MUNICIPAL, JUNTAMENTE À SECRETÁRIA DE DESENVOLVIMENTO SOCIAL, INFORMAÇÕES DE QUAIS AÇÕES E ATIVIDADES SERÃO PROMOVIDAS NO MUNICÍPIO, NO MÊS DE MARÇO, REFERENTES A COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER.</t>
+  </si>
+  <si>
+    <t>7515</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7515/requerimento_pavimentacao_asfaltica_tomba_morro.pdf</t>
+  </si>
+  <si>
+    <t>REQUER A SECRETARIA DE OBRAS INFORMAÇÕES DE QUANDO TERÁ INICIO A_x000D_
+PAVIMENTAÇÃO ASFALTICA NO TOMBA MORRO, CAPITÃO MACHADO,_x000D_
+CONFORME O PEDIDO JÁ FEITO NA INDICAÇÃO Nº 681/2025.</t>
+  </si>
+  <si>
+    <t>7528</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7528/requerimento_2026_informacoes_prefeito_imoveis_alugados_2024_-2025-2026.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO SR. PREFEITO INFORMAÇÕES ACERCA DOS IMOVÉIS ALUGADOS PELA PREFEITURA NOS ANOS DE 2024 , 2025 E 2026.</t>
+  </si>
+  <si>
+    <t>7546</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7546/camscanner_04-03-2026_09.47.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao sr . Prefeito informações referente as chuvas ocorridas no dia 24/02/2026.</t>
+  </si>
+  <si>
+    <t>7547</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Guilherme Guimarães de Azevedo, João B. de Freitas do Nascimento-Joãozinho Bigode, Maria Izabel Martins Crovato</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/</t>
+  </si>
+  <si>
+    <t>REQUER AUTORIZAÇÃO DE ASSESSORIA PARA CONTRATAÇÃO DE ASSESSORIA TÉCNICA ESPECIALIZADA PARA SUBSIDIAR DE TRABALHOS DE CÂMARA MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>7551</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7551/requerimento_2026_informacoes_aplicabilidade_lei_1840-2025_funcionamento_mercados_aos_domingos.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO SR. PREFEITO INFORMAÇÕES ACERCA DA APLICABILIDADE DA LEI MUNICIPAL Nº 1.840/2025 QUE “DISPÕE SOBRE A PROIBIÇÃO DE FUNCIONAMENTO DOS ESTABELECIMENTOS COMERCIAIS DO TIPO SUPERMERCADOS, HIPERMERCADOS E SIMILARES NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS”, CUJA VIGÊNCIA TERÁ INÍCIO EM 03 DE MARÇO DE 2026.</t>
+  </si>
+  <si>
+    <t>7558</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7558/req._no____-2026_enchentes.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO SR. PREFEITO O SEGUINTE PEDIDO: NESSE PERÍODO PÓS ENCHENTES SEJA INTENSIFICADO AS AÇÕES DA VIGILÂNCIA SANITÁRIA.</t>
+  </si>
+  <si>
+    <t>7561</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7561/requerimento_aquisicao_de_medicamentos.pdf</t>
+  </si>
+  <si>
+    <t>REQUER QUE SEJA FEITA AQUISIÇÃO DE MEDICAMENTOS COMO TOXICLINA, BEM COMO A DISPONIBILIZAÇÃO DA VACINA CONTRA HEPATITE A NAS UNIDADES DE SAÚDE PARA AS PESSOAS QUE TIVERAM CONTATO COM AS ÁGUAS DAS ENCHENTES.</t>
+  </si>
+  <si>
+    <t>7579</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7579/requerimento_defesa_civil.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que este subscreve requer a V. Exa., nos termos do inciso I do art. 69 do Regimento Interno ouvindo o plenário, e se aprovado,que seja solicitado ao Sr. Prefeito Municipal as seguinte informação:, Requer ao sr. prefeito seguintes informações  da Defesa Civil?_x000D_
+1-	 Copia do laudo realizado pela Defesa Civil,da enchente ocorrida na noite do ultimo dia 24 Fevereiro de 2026 na comunidade da  Barra dos Coutos e Comunidade das Pedras ?_x000D_
+_x000D_
+2-	Qual a causa dos alagamentos?_x000D_
+_x000D_
+Numero de pessoas atingidas pelo alagamento</t>
+  </si>
+  <si>
+    <t>7594</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7594/req._no_49-2026_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO PREFEITO MUNICIPAL, JUNTAMENTE A SECRETÁRIA DE CULTURA, TURISMO, ESPORTE E LAZER, INFORMAÇÕES SOBRE A REFORMA DO AUDITÓRIO JOTTA BARROSO, QUE É LOCALIZADO EM ANEXO AO PRÉDIO DO SENAI. SOLICITO INFORMAÇÕES SE JÁ EXISTE UM PROJETO PARA A REALIZAÇÃO DA REFORMA, SE SIM QUAL SERÁ A PREVISÃO DE GASTOS, DATA PREVISTA PARA INÍCIO E FINALIZAÇÃO DAS OBRAS.</t>
+  </si>
+  <si>
+    <t>7595</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7595/req._no_50-2026_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO PREFEITO MUNICIPAL, JUNTAMENTE A SECRETÁRIA DE EDUCAÇÃO, INFORMAÇÕES DE QUANDO SERÃO REALIZADAS AS ENTREGAS DOS NOVOS MATERIAIS DIDÁTICOS ADQUIRIDOS PELO MUNICÍPIO, AOS ALUNOS DO COLÉGIO MUNICIPAL RIO BRANCO.</t>
+  </si>
+  <si>
+    <t>7616</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7616/req._2025_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO PODER EXECUTIVO QUE APRESENTE CÓPIA OU IDENTIFICAÇÃO DOS PROCESSOS JUDICIAIS QUE TERIAM GERADO BLOQUEIO DE APROXIMADAMENTE R$ 1.000.000,00 NAS CONTAS DO MUNICÍPIO, BEM COMO INFORMAÇÕES DETALHADAS SOBRE AS REFERIDAS AÇÕES.</t>
+  </si>
+  <si>
+    <t>7617</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7617/req._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>REQUER QUE A PROCURADORIA JURÍDICA DA CÂMARA MUNICIPAL REALIZE LEVANTAMENTO DAS LEIS DE AUTORIA PARLAMENTAR NÃO CUMPRIDAS PELO PODER EXECUTIVO E ADOTE AS MEDIDAS JUDICIAIS CABÍVEIS PARA GARANTIR SUA EFETIVA APLICAÇÃO.</t>
+  </si>
+  <si>
+    <t>7633</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7633/requerimento_doacao_de_lotes.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJA SOLICITADO AO SR. PREFEITO, SECRETARIA DE OBRAS E MOBILIDADE URBANA E PROMOTORIA PÚBLICA DE VISCONDE DO RIO BRANCO AS SEGUINTES INFORMAÇÕES:</t>
+  </si>
+  <si>
+    <t>7664</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7664/req._no_51-2026_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO PREFEITO MUNICIPAL, JUNTAMENTE A SECRETÁRIA DE CULTURA, TURISMO, ESPORTE E LAZER, INFORMAÇÕES DE QUAIS SÃO OS PLANEJAMENTOS DA SECRETARIA DE CULTURA, TURISMO, ESPORTE E LAZER, PARA PROMOVER O ESPORTE ADAPTADO EM NOSSO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>7665</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7665/req._no_52-2026_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO PREFEITO MUNICIPAL, INFORMAÇÕES DE QUAIS MEDIDAS E APLICAÇÕES FORAM ADOTADAS DENTRO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO, MEDIANTE A PROMULGAÇÃO DA LEI Nº 1685/2024 QUE – “DISPÕE SOBRE A CRIAÇÃO DO CENSO DE PESSOAS COM TEA (TRANSTORNO DO ESPECTRO AUTISTA) E DE SEUS FAMILIARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7676</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7676/req._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO PODER EXECUTIVO INFORMAÇÕES SOBRE A SITUAÇÃO DO CADASTRO E HABILITAÇÃO DE UBS JUNTO AO MINISTÉRIO DA SAÚDE, DIANTE DO RISCO DE PERDA DE INVESTIMENTO DO PAC.</t>
+  </si>
+  <si>
+    <t>7678</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7678/req._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO PROCON MUNICIPAL INFORMAÇÕES E DOCUMENTOS SOBRE A FISCALIZAÇÃO E EVENTUAIS AUMENTOS ABUSIVOS NOS PREÇOS DOS COMBUSTÍVEIS NO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>7699</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7699/requerimento_copasa_nova.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJA SOLICITADO A COPASA INFORMAÇÕES DA RUA HEITOR VILA LOBOS_x000D_
+(MORRO DO ZÉ BONÉ)._x000D_
+1 – Se o local esta em boas condições de rede esgoto._x000D_
+2- Se o local suporta pavimentação asfáltica?_x000D_
+3 – E se tem algo a ser feito pela Copasa? Quais?</t>
+  </si>
+  <si>
     <t>7385</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7385/ind._2026_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7385/ind._2026_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE À PREFEITURA MUNICIPAL O ENCAMINHAMENTO À CÂMARA DE PROJETO DE LEI PARA ADEQUAÇÃO DA LEGISLAÇÃO MUNICIPAL À LEI FEDERAL Nº 15.326/2026, SANCIONADA PELO PRESIDENTE LULA, RECONHECENDO OS PROFESSORES DA EDUCAÇÃO INFANTIL COMO INTEGRANTES DA CARREIRA DO MAGISTÉRIO.</t>
   </si>
   <si>
     <t>7386</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7386/ind._2026_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7386/ind._2026_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE À PREFEITURA MUNICIPAL A ADOÇÃO DE MEDIDAS PARA O ENVIO DE PROJETO DE LEI E PROVIDÊNCIAS ADMINISTRATIVAS E ORÇAMENTÁRIAS VISANDO À RECOMPOSIÇÃO DAS VANTAGENS FUNCIONAIS DOS SERVIDORES PÚBLICOS MUNICIPAIS, REFERENTES AO PERÍODO DE 28 DE MAIO DE 2020 A 31 DE DEZEMBRO DE 2021, NOS TERMOS DA LEI COMPLEMENTAR Nº 15.326/2026.</t>
   </si>
   <si>
     <t>7388</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7388/indicacao_2026_ponte_inhambu_piedade_de_cima.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7388/indicacao_2026_ponte_inhambu_piedade_de_cima.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO  QUE  SEJA REALIZADA A  CONSTRUÇÃO DE PONTE BATE ESTACAS COM GALERIA DE CONCRETO ARMADO, NA PASSAGEM JÁ EXISTENTE DE MANILHAS NO CÓRREGO DO INHAMBU, PRÓXIMO À CASA DO SR. OTÁVIO E DA SRA. MARLENE, NA COMUNIDADE DA PIEDADE DE CIMA, ZONA RURAL DE VISCONDE DO RIO BRANCO/MG.</t>
   </si>
   <si>
     <t>7390</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7390/indicacao_2026_reforma_galeria_eden_clube.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7390/indicacao_2026_reforma_galeria_eden_clube.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE REALIZE A REFORMA DA GALERIA ÉDEN CLUBE, ONDE ESTÁ SITUADO O PRÉDIO DA CÂMARA MUNICIPAL , LOCALIZADA NA PRAÇA 28 DE SETEMBRO, CENTRO, NESTE MUNICÍPIO, COM MELHORIAS E ADAPTAÇÕES PARA IDOSOS E DEFICIENTES, BEM COMO QUE SEJAM COLOCADAS GRADES A FIM DE EVITAR O TRÂNSITO DE VEÍCULOS, E AINDA QUE SEJA MANTIDO  UM SEGURANÇA PATRIMONIAL  NO LOCAL EM HORÁRIO NOTURNO.</t>
   </si>
   <si>
     <t>7391</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7391/indicacao_2026_pavimentacao_asfaltica_rua_no_dist_indutrial_colonia.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7391/indicacao_2026_pavimentacao_asfaltica_rua_no_dist_indutrial_colonia.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE REALIZE,  COM URGÊNCIA,  MELHORIAS NA RUA GILMAR DA SILVA BRAGA, LOCALIZADA NO DISTRITO INDUSTRIAL DA COLÔNIA, COM COMPACTAÇÃO ADEQUADA DO SOLO E EXECUÇÃO DE NOVA PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>7392</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7392/trevo_do_massambara.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7392/trevo_do_massambara.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA ILUMINAÇÃO  COM LÂMPADAS A VAPOR DE SÓDIO NO TREVO DO MASSAMBARÁ.</t>
   </si>
   <si>
     <t>7393</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7393/repasse_do_hospital.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7393/repasse_do_hospital.pdf</t>
   </si>
   <si>
     <t>QUE AUMENTE O REPASSE MENSAL DO HOSPITAL SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>7394</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7394/indicacao_corpo_de_bombeiro_2026_corrigida.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7394/indicacao_corpo_de_bombeiro_2026_corrigida.pdf</t>
   </si>
   <si>
     <t>QUE  SEJA FEITA IMPLANTAÇÃO DE UMA BASE DO CORPO DE BOMBEIROS EM CONJUNTO COM OS BRIGADISTAS DE INCÊNDIO DE VISCONDE DO RIO BRANCO E IMPLANTAÇÃO DO SAMU EM LOCAL ESTRATÉGICO.</t>
   </si>
   <si>
     <t>7396</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>Daniel Cândido de Oliveira - Diel do Anú</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7396/reforma_e_limpeza_da_pracinha_do_bairro_mutirao..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7396/reforma_e_limpeza_da_pracinha_do_bairro_mutirao..pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO A REALIZAÇÃO DA REFORMA E LIMPEZA DA PRACINHA DO BAIRRO MUTIRÃO.</t>
   </si>
   <si>
     <t>7397</t>
   </si>
   <si>
-    <t>10</t>
-[...5 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7397/rua_raposo_tavares_manutencao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7397/rua_raposo_tavares_manutencao.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO QUE SEJA FEITA INTERVENÇÃO URGENTE PARA MANUTENÇÃO  DA RUA RAPOSO  TAVARES, PARTE  BAIXA DO FERRO VELHO DO JOÃO BATISTA(BAIRRO FILIPINHO).</t>
   </si>
   <si>
     <t>7398</t>
   </si>
   <si>
-    <t>11</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7398/tapa_buraco_gordura_capitao_machado.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7398/tapa_buraco_gordura_capitao_machado.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO  QUE SEJA FEITO OPERAÇÃO TAPA BURACOS INICIANDO NA POUSADA DO YPÊ ATÉ A COMUNIDADE DO GORDURA E COMUNIDADE DO CAPITÃO MACHADO.</t>
   </si>
   <si>
     <t>7399</t>
   </si>
   <si>
-    <t>12</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7399/praca_com_academia_memoria.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7399/praca_com_academia_memoria.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONSTRUIDA UMA PRAÇA DE LAZER COM ACADEMIA AO AR LIVRE NA COMUNIDADE DO MEMÓRIA ,SE POSSÍVEL UTILIZAR O TERRENO ANEXO À  ESCOLA CORONEL JOAQUIM LOPES E POSTO DE SAÚDE.</t>
   </si>
   <si>
     <t>7400</t>
   </si>
   <si>
-    <t>13</t>
-[...5 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7400/ind._linha_onibus_antonio_soares.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7400/ind._linha_onibus_antonio_soares.pdf</t>
   </si>
   <si>
     <t>SUGERE AO EXECUTIVO QUE SEJA COLOCADO UMA LINHA DE ONIBUS NO BAIRRO ANTONIO SOARES.</t>
   </si>
   <si>
     <t>7401</t>
   </si>
   <si>
-    <t>14</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7401/passeio_nova_rio_branco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7401/passeio_nova_rio_branco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO EXECUTIVO QUE SEJA CONSTRUIDO UM PASSEIO NA RUA FARMACEUTICO JANIR DE CARVALHO NO TRECHO DA ANTIGA DISTRIBUIDORA ATE LOJA DA IRANI.</t>
   </si>
   <si>
     <t>7402</t>
   </si>
   <si>
-    <t>15</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7402/quebra_mola_sementeira.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7402/quebra_mola_sementeira.pdf</t>
   </si>
   <si>
     <t>SUGERE AO EXECUTIVO QUE SEJA CONSTRUIDO QUEBRA MOLAS NA ZONA RURAL DO SEMENTEIRA, UM ANTES E UM DEPOIS DO CAMPO DO AMERICA, UM DEPOIS DA CAÇAMBA DE LIXO E UM PROXIMO O COMERCIO DO POMPULANA</t>
   </si>
   <si>
     <t>7404</t>
   </si>
   <si>
-    <t>16</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7404/ind.____-2026_-_limpeza_bueiros_rua_do_divino_rua_coronel_geraldo_praca_28_de_setembro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7404/ind.____-2026_-_limpeza_bueiros_rua_do_divino_rua_coronel_geraldo_praca_28_de_setembro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA REALIZADO SERVIÇOS DE LIMPEZA E DESOBSTRUÇÃO DOS BUEIROS, LOCALIZADOS NA RUA DO DIVINO, RUA CORONEL GERALDO E NO ENTORNO DA PRAÇA 28 DE SETEMBRO.</t>
   </si>
   <si>
     <t>7405</t>
   </si>
   <si>
-    <t>17</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7405/ind.____-2026_-_capina_joanico_cadedo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7405/ind.____-2026_-_capina_joanico_cadedo.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA REALIZADO SERVIÇO DE CAPINA EM TODA EXTENSÃO DA TRAVESSA JOANICO CADEDO, NO BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>7406</t>
   </si>
   <si>
-    <t>18</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7406/ind.____-2026_-_tapa_buracos_capitao_geraldo_walter_cunha.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7406/ind.____-2026_-_tapa_buracos_capitao_geraldo_walter_cunha.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REPARAÇÃO DOS BURACOS EXISTENTES NA RUA CAPITÃO GERALDO WALTER CUNHA, NO TRECHO COMPREENDIDO ENTRE A MINA D’ÁGUA ATÉ O TREVO DO LOTEAMENTO LAGOONVILLE, NO BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>7408</t>
   </si>
   <si>
-    <t>19</t>
-[...5 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7408/rede_eletrica_boa_vista_gordura.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7408/rede_eletrica_boa_vista_gordura.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO SEJA FEITO A INTERLIGAÇÃO DA REDE ELÉTRICA DO BOA VISTA ATE A COMUNIDADE DO GORDURA COM ILUMINAÇÃO PUBLICA.</t>
   </si>
   <si>
     <t>7409</t>
   </si>
   <si>
-    <t>20</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7409/salario_minimo_municipal.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7409/salario_minimo_municipal.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE O SALARIO MINIMO MUNICIPAL  SEJA ATUALIZADO CONFORME A LEI MUNICIPAL  Nº1647/2023.</t>
   </si>
   <si>
     <t>7410</t>
   </si>
   <si>
-    <t>21</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7410/salario_motorista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7410/salario_motorista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA ADEQUAÇÃO DO SALARIO DO QUADRO DE MOTORISTAS E OPERADORES DE MAQUINAS EM CONFORMIDADE COM OS SALARIOS DOS MUNICIPIOS DA REGIÃO.</t>
   </si>
   <si>
     <t>7411</t>
   </si>
   <si>
-    <t>22</t>
-[...1 lines deleted...]
-  <si>
     <t>Luciano Pereira - Lucinho do Gás</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7411/ind._-2026_luciano_pereira_solar_2.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7411/ind._-2026_luciano_pereira_solar_2.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO QUE SEJAM REALIZADOS OS SERVIÇOS DE CAPINA. ROÇAGEM E LIMPEZA GERAL NA PRAÇA DO SOLAR II.</t>
   </si>
   <si>
     <t>7412</t>
   </si>
   <si>
-    <t>23</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7412/ind._-2026_luciano_pereira_rocadeira.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7412/ind._-2026_luciano_pereira_rocadeira.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO QUE SEJA REALIZADA A LIMPEZA DO MATO COM ROÇADEIRA , DA RUA RICARDO MACHADO (NO TRECHO ENTRE MUTIRÃO/SOLAR À RODOVIA MG-447).</t>
   </si>
   <si>
     <t>7415</t>
   </si>
   <si>
-    <t>24</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7415/ind._2026_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7415/ind._2026_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE À PREFEITURA MUNICIPAL A MANUTENÇÃO URGENTE DA ESTRADA RURAL QUE DÁ ACESSO À COMUNIDADE QUILOMBOLA BOM JARDIM, VISANDO GARANTIR SEGURANÇA E MELHORES CONDIÇÕES DE TRAFEGABILIDADE.</t>
   </si>
   <si>
     <t>7418</t>
   </si>
   <si>
-    <t>25</t>
-[...1 lines deleted...]
-  <si>
     <t>José S. Reis de Bittencourt - Zezinho do SuperMais</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7418/ind._faixa_pedestre_praca_vinte_oito_de_setembro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7418/ind._faixa_pedestre_praca_vinte_oito_de_setembro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA REALIZADA A MUDANÇA DE LOCALIZAÇÃO DA FAIXA DE PEDESTRE SITUADA A PRAÇA VINTE E OITO DE SETEMBRO, ATUALMENTE LOCALIZADA EM FRENTE À LOJA RIO BRANCO ELETRO CEL, PARA À PROXIMIDADE DA LOJA CELULAR HELP, ONDE JÁ EXISTE UMA FAIXA AMARELA, ADEQUANDO-A PARA TRAVESSIA SEGURA DOS PEDESTRES.</t>
   </si>
   <si>
     <t>7419</t>
   </si>
   <si>
-    <t>26</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7419/limpeza_e_manutencao_da_academia_ao_ar_livre_localizada_no_rancho_verde_1..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7419/limpeza_e_manutencao_da_academia_ao_ar_livre_localizada_no_rancho_verde_1..pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO A REALIZAÇÃO DE LIMPEZA E MANUTENÇÃO DA ACADEMIA AO AR LIVRE LOCALIZADA NO RANCHO VERDE 1.</t>
   </si>
   <si>
     <t>7420</t>
   </si>
   <si>
-    <t>27</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7420/asfaltamento_da_rua__bem_vinda_no_bairro_mutirao_2..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7420/asfaltamento_da_rua__bem_vinda_no_bairro_mutirao_2..pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO O ASFALTAMENTO DA RUA BEM VINDA, NO BAIRRO MUTIRÃO 2.</t>
   </si>
   <si>
     <t>7421</t>
   </si>
   <si>
-    <t>28</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7421/ind._no_86-2025_vereadora_maria_izabel.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7421/ind._no_86-2025_vereadora_maria_izabel.pdf</t>
   </si>
   <si>
     <t>SUGERE AO PREFEITO MUNICIPAL, JUNTAMENTE A SECRETARIA DE OBRAS E MOBILIDADE URBANA, QUE REALIZEM A VIABILIZAÇÃO DE RECURSOS E EXECUÇÃO DE OBRAS DE REFORMA E REVITALIZAÇÃO TOTAL DOS SEGUINTES LOGRADOUROS: PRAÇA DA IGREJA SANTO ANTÔNIO, PRAÇA SÃO SEBASTIÃO (BARREIRO), PRAÇA SEBASTIÃO PACHECO (BARREIRO).</t>
   </si>
   <si>
     <t>7422</t>
   </si>
   <si>
-    <t>29</t>
-[...2 lines deleted...]
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7422/ind._no_87-2025_vereadora_maria_izabel.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7422/ind._no_87-2025_vereadora_maria_izabel.pdf</t>
   </si>
   <si>
     <t>SUGERE AO PREFEITO MUNICIPAL, JUNTAMENTE A SECRETÁRIA DE OBRAS E MOBILIDADE URBANA, QUE REALIZEM A DISTRIBUIÇÃO DE LIXEIRAS DEVIDAMENTE IDENTIFICADAS COM O PROGRAMA DE COLETA SELETIVA, NOS BAIRROS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
+    <t>7439</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7439/rua_bairro_operario.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO RECAPEAMENTO OU TAPA BURACOS NA RUA RITA ALVES DE MELO(BAIRRO OPERÁRIO).</t>
+  </si>
+  <si>
+    <t>7440</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7440/construcao_quebra_mola_cel_moveis.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE INSTALE QUEBRA-MOLAS E/OU REDUTORES DE VELOCIDADES COM FAIXA PEDESTRE ELEVADAS NA RUA  GERALDO PEIXOTO FILHO, BAIRRO DUCILIA CARONE, QUE UM QUEBRA MOLA SEJA COLOCADO PROXIMO A MINA E OUTRO PROXIMO A EMPRESA CEL MOVEIS.</t>
+  </si>
+  <si>
+    <t>7441</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7441/troca_caixa_dgua_bela_vista_sao_francisco.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A SUBISTITUIÇÃO DA CAIXA D’ÁGUA NA COMUNIDADE DO BAIRRO BELA VISTA DE SÃO FRANCISCO.</t>
+  </si>
+  <si>
+    <t>7442</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7442/cobertura_na_quadra_de_esportes_do_bairro_tia_velha..pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A INSTALAÇÃO DE COBERTURA NA QUADRA DE ESPORTES DO BAIRRO TIA VELHA.</t>
+  </si>
+  <si>
+    <t>7444</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7444/indicacao_2026_presidente_camara_compra_notebook_e_impressora_plenario.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PRESIDENTE DA CÂMARA QUE SEJA REALIZADO PROCEDIMENTO LICITATÓRIO PARA AQUISIÇÃO DE EQUIPAMENTOS DE NOTEBOOK E IMPRESSORA PARA SEREM UTILIZADOS NO PLENÁRIO DESTA CÂMARA MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>7445</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7445/indicacao_2026_construcao_calcadao_rua_feira.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM CALÇADÃO OU DE CALÇADAS NAS RUAS PRÓXIMAS À FEIRA LIVRE , QUAIS SEJAM AVENIDA DR CELSO MACHADO E RUA ALTINO PELUSO, AMBAS LOCALIZADAS NO CENTRO DE VISCONDE DO RIO BRANCO.</t>
+  </si>
+  <si>
+    <t>7446</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7446/indicacao_2026_parquinho_praca_santo_antonio.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO MUNICIPAL QUE QUE SEJAM INSTALADOS ALGUNS BRINQUEDOS DE PLAYGROUD ( PARQUINHO INFANTIL) NA PRAÇA DA IGREJA SANTO ANTÔNIO .</t>
+  </si>
+  <si>
+    <t>7447</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7447/vistoria_e_correcoes_estruturais_no_posto_de_saude_beira_rio..pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO VISTORIA E CORREÇÕES ESTRUTURAIS NO POSTO DE SAÚDE BEIRA RIO.</t>
+  </si>
+  <si>
+    <t>7449</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7449/ind.___-2026_-_construcao_calcada_rua_coronel_jose_mesquita.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE CONSTRUA UMA CALÇADA NA RUA CORONEL JOSÉ MESQUITA, BEIRA LINHA (BAIRRO SANTO ANTONIO).</t>
+  </si>
+  <si>
+    <t>7450</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7450/ind.___-2026_-_limpeza_e_capina_catete.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE REALIZE SERVIÇOS DE LIMPEZA E CAPINA NAS RUAS DO BAIRRO CATETE.</t>
+  </si>
+  <si>
+    <t>7451</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7451/ind.___-2026_-_quadros.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR.PREFEITO A SUBSTITUIÇÃO DOS QUADROS DE GIZ, EXISTENTES NAS ESCOLAS MUNICIPAIS, POR QUADROS QUE UTILIZAM PINCÉIS.</t>
+  </si>
+  <si>
+    <t>7454</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7454/indicacao_quadra_da_colonia.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJA FEITO A REFORMA GERAL  DA QUADRA POLIESPORTIVA NO BAIRRO COLÔNIA (EM FRENTE A COOPERTRAL).</t>
+  </si>
+  <si>
+    <t>7455</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7455/indicacao_patrolamento_santa_juliana.pdf</t>
+  </si>
+  <si>
+    <t>Prefeito QUE SEJA FEITO PATROLAMENTO E CASCALHAMENTO EM TODA EXTENSÃO DA COMUNIDADE DE SANTA JULIANA –ZONA RURAL E QUE SEJA FEITA A PODA DAS MOITAS DE BAMBU PELA ESTRADA.</t>
+  </si>
+  <si>
+    <t>7456</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7456/indicacao_tambores_de_lixo_gileno_siqueira.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJA DISPONIBILIZADO TAMBORES DE LIXO NAS RUAS DO BAIRRO GILENO SIQUEIRA.</t>
+  </si>
+  <si>
+    <t>7458</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7458/praca_centenario.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO EXECUTIVO QUE SEJA COLOCADO NA PRAÇA DO CENTENÁRIO ATIVIDADES RECREATIVAS E ATIVIDADES FíSICAS PARA POPULAÇãO.</t>
+  </si>
+  <si>
+    <t>7459</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7459/praca_antonio_soares_1.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO EXECUTIVO QUE SEJA COSNTRUIDA UMA PRAÇA COM QUADRA E AREA DE LAZER NO BAIRRO ANTONIO SOARES.</t>
+  </si>
+  <si>
+    <t>7460</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7460/ind._-2026_luciano_pereira_capina.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA FEITA A CAPINA E LIMPEZA GERAL DA RUA BERNARDO DE FREITAS, BAIRRO CAIÇARAS.</t>
+  </si>
+  <si>
+    <t>7461</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7461/ind._-2026_luciano_pereira_capina.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA FEITA A CAPINA E LIMPEZA GERAL DA RUA OURO PRETO, BAIRRO CAIÇARAS.</t>
+  </si>
+  <si>
+    <t>7462</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7462/manutencao_estrada_da_grota_cmelente_meio.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA  FEITA MANUTENÇÃO E TROCA DAS MANILHAS DA ESTRADA DA GROTA QUE VAI PARA O  PASSAROTO       ( MORRO DO ÂNGICO SENTIDO CLEMENTE DO MEIO , ÚLTIMA ENTRADA À ESQUERDA ANTES DA PONTE ).</t>
+  </si>
+  <si>
+    <t>7463</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7463/tapa_buracos_novo_horizonte.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA  FEITA OPERAÇÃO TAPA BURACOS NO BAIRRO NOVO HORIZONTE.</t>
+  </si>
+  <si>
+    <t>7465</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7465/ind._no_88-2025_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO PREFEITO MUNICIPAL, JUNTAMENTE A SECRETARIA DE OBRAS E MOBILIDADE URBANA, QUE REALIZEM A LIMPEZA DOS TERRENOS QUE PERTENCEM A PREFEITURA, NA RUA MARIA DO DODÔ (TIA VELHA), E NA RUA CAMPO BELO (FILIPINHO)</t>
+  </si>
+  <si>
+    <t>7466</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7466/ind._no_89-2025_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO PREFEITO MUNICIPAL, JUNTAMENTE A SECRETARIA DE CULTURA, TURISMO, ESPORTE E LAZER, QUE SEJA DIVULGADO NAS REDES SOCIAIS DO MUNICÍPIO O CALENDÁRIO DE EVENTOS E ATIVIDADES RELACIONADOS A LEI ALDIR BLANC, E QUE SEJA DIVULGADO TAMBÉM O PLANO DE EXECUÇÃO DA REFERIDA LEI PARA O ANO DE 2026.</t>
+  </si>
+  <si>
+    <t>7467</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7467/ind._-2026_luciano_pereira_ponte.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA REALIZADA A IMPLANTAÇÃO DE PROTEÇÃO LATERAL (GUARDA-CORPO/DEFENSAS), NA PONTE LOCALIZADA NA ESTRADA DO SANTANA QUE LIGA NA COMUNIDADE DO GORDURA.</t>
+  </si>
+  <si>
+    <t>7468</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7468/pracinha_do_bairro_cohab_2_incluindo_limpeza_e_reparo_dos_brinquedos..pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO A MANUTENÇÃO DA PRACINHA DO BAIRRO COHAB 2, INCLUINDO LIMPEZA E REPARO DOS BRINQUEDOS.</t>
+  </si>
+  <si>
+    <t>7469</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7469/ind._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE À PREFEITURA A IMPLANTAÇÃO DE PONTO DE ÔNIBUS E A ADEQUAÇÃO DO ITINERÁRIO DO TRANSPORTE COLETIVO EM FRENTE AO POSTO DE SAÚDE DA COLÔNIA (MARINHO DE ALMEIDA).</t>
+  </si>
+  <si>
+    <t>7470</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7470/ind._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE À PREFEITURA A REFORMA, ORGANIZAÇÃO E ABERTURA DO PARQUE DE EXPOSIÇÕES MÁRIO BOUCHARDDET COMO ESPAÇO PÚBLICO DE LAZER E CONVIVÊNCIA, ESPECIALMENTE NOS FINAIS DE SEMANA.</t>
+  </si>
+  <si>
+    <t>7473</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7473/ind._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE À PREFEITURA A ADOÇÃO DE MEDIDAS URGENTES PARA GARANTIR A DISPONIBILIZAÇÃO DE PROFISSIONAIS CAPACITADOS NO ATENDIMENTO ÀS CRIANÇAS NEURODIVERGENTES NAS ESCOLAS DA REDE MUNICIPAL, ASSEGURANDO O IMEDIATO RETORNO ÀS ATIVIDADES ESCOLARES.</t>
+  </si>
+  <si>
+    <t>7499</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7499/indicacao_-_ponto_de_onibus_colonia.pdf</t>
+  </si>
+  <si>
+    <t>sugerindo que o Poder Executivo, em conjunto com a empresa Coletivos Rio_x000D_
+Branco, providencie a organização e implantação de ponto de ônibus em frente_x000D_
+ao Posto de Saúde da Colônia (Marinho de Almeida), bem como promova a_x000D_
+adequação do itinerário da linha de transporte coletivo para que passe a atender_x000D_
+diretamente o referido local.</t>
+  </si>
+  <si>
+    <t>7500</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7500/muro_bairro_operario.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA ENVIADO COM URGÊNCIA UM ENGENHEIRO PARA AVALIAR O MURO QUE FOI CONSTRUIDO NO BAIRRO OPERÁRIO.</t>
+  </si>
+  <si>
+    <t>7501</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7501/centro_comunitario_solar.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJA CONSTRUÍDO UM CENTRO COMUNITÁRIO COMO PONTO DE APOIO DE ATENDIMENTO À SAÚDE E ESPAÇO MULTISSETORIAL  QUE ATENTA OS BAIRROS SOLAR I E II.</t>
+  </si>
+  <si>
+    <t>7502</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7502/van_odontologica_2026.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO AQUISIÇÃO DE UMA VAN ODONTOLÓGICA PARA ATENDIMENTO ITINERANTE À POPULAÇÃO.</t>
+  </si>
+  <si>
+    <t>7503</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7503/aumento_do_repasse_ao_asilo.pdf</t>
+  </si>
+  <si>
+    <t>AUMENTO DO REPASSE FINANCEIRO  PARA O LAR SÃO JOÃO BATISTA.</t>
+  </si>
+  <si>
+    <t>7504</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7504/indicacao_compra_de_pneus_e_pa_carregadeira.pdf</t>
+  </si>
+  <si>
+    <t>Prefeito QUE SEJA FEITO A COMPRA DE PNEUS NOVOS PARA AS MAQUINAS PATROL  E DE PÁ CARREGADEIRA.</t>
+  </si>
+  <si>
+    <t>7505</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7505/ind._-2026_luciano_pereira_buraco.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA REALIZADO OS DEVIDOS REPAROS EM UM BURACO QUE SE ABRIU NA RUA SEBASTIÃO LOPES FERRAZ, BAIRRO PRIMAVERA (PRÓXIMO AO NÚMERO 138).</t>
+  </si>
+  <si>
+    <t>7506</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7506/asfalto_antonieta.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO EXECUTIVO QUE SEJA ASFALTADA A RUA ANTONIETA DE ALCÂNTARA LOCALIZADA NO BAIRRO JARDIM DA BARRA</t>
+  </si>
+  <si>
+    <t>7507</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7507/pintura_e_placas_proximos_as_escolas.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A PINTURA DE REDUTORES DE VELOCIDADE PROXIMOS A TODAS ESCOLAS DO MUNICÍPIO, COM A CONSTRUÇÃO DE REDUTORES  ONDE NÃO HOUVER , ALEM DE COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO.</t>
+  </si>
+  <si>
+    <t>7508</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7508/destinado_a_comunidade_o_lote_localizado_em_frente_a_escolinha_do_mutirao_para_que_seja_construido_um_centro_comunitario_a_fim_de_atender_os_moradores_do_bairro_e_das_localidades_vizinhas.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA DESTINADO À COMUNIDADE O LOTE LOCALIZADO EM FRENTE À ESCOLINHA DO MUTIRÃO, PARA QUE SEJA CONSTRUÍDO UM CENTRO COMUNITÁRIO A FIM DE ATENDER OS MORADORES DO BAIRRO E DAS LOCALIDADES VIZINHAS</t>
+  </si>
+  <si>
+    <t>7509</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7509/ind._-2026_luciano_pereira_buraco.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA REALIZADA, COM URGÊNCIA, A RECUPERAÇÃO DE UM BURACO NA RUA JOSÉ AMIN, BAIRRO CAPITÃO GONÇALO, BEM COMO A MELHORIA DO CALÇAMENTO NO MESMO TRECHO.</t>
+  </si>
+  <si>
+    <t>7510</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7510/subvencoes_as_associacoes.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO A DELIBERAÇÃO DE SUBVENÇÕES  AS ASSOCIAÇÕES E COOPERATIVAS URBANAS E RURAIS  QUE ESTEJAM CUMPRINDO COM AS EXIGÊNCIAS LEGAIS.</t>
+  </si>
+  <si>
+    <t>7513</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7513/indicacao_-_amplicao_do_ponto_de_onibus_na_colonia.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJA FEITO AMPLIAÇÃO DA LINHA DE ÔNIBUS, PASSANDO NA RUA MARIA EDWIRGES SARAIVA E_x000D_
+PERTO DO POSTO DE SAÚDE MARINHO JOSÉ DE ALMEIDA NA COLÔNIA.</t>
+  </si>
+  <si>
+    <t>7519</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7519/ind.___-2026_-_revitalizacao_asfaltica_rua_ulisses_ferreira-_barreiro.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA REALIZADA UMA REVITALIZAÇÃO ASFÁLTICA NA RUA DR. ULISSES FERREIRA, NO BAIRRO BARREIRO.</t>
+  </si>
+  <si>
+    <t>7520</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7520/ind._no_92-2025_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE À SECRETÁRIA DE CULTURA, TURISMO, ESPORTE E LAZER, QUE VOLTE A REALIZAR O PROJETO ESPORTIVO “MULHER +”, QUE FOI CRIADO E  DESENVOLVIDO NA ADMINISTRAÇÃO 2020-2024.</t>
+  </si>
+  <si>
+    <t>7521</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7521/ind.____-2026_-_entulho_zumbi_dos_palmares.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE FAÇA A RETIRADA DE UM ENTULHO QUE ESTA DEPOSITADO NA AVENIDA ZUMBI DOS PALMARES, PRÓXIMO A PRACINHA DO CAMPO BELO.</t>
+  </si>
+  <si>
+    <t>7522</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7522/ind.____-2026_-_cratera_beira_rio.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO JUNTAMENTE COM A SECRETARIA DE OBRAS QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS QUANTO A CRATERA QUE SE FORMOU NA AVENIDA SINHO DRUMOND, NAS PROXIMIDADES DO CENTRO DE SAÚDE BEIRA RIO.</t>
+  </si>
+  <si>
+    <t>7523</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7523/ind._no_91-2025_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO PREFEITO MUNICIPAL, JUNTAMENTE AS SECRETARIAS DA ATUAL ADMINISTRAÇÃO, QUE SEJA REALIZADO UM EVENTO MULTISSETORIAL EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER NA PRAÇA 28 DE SETEMBRO.</t>
+  </si>
+  <si>
+    <t>7524</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7524/informatizacao.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO A INFORMATIZAÇÃO DOS PONTOS DE APOIO DA SAÚDE.</t>
+  </si>
+  <si>
+    <t>7525</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7525/ind._no_90-2025_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO PREFEITO MUNICIPAL, JUNTAMENTE AS SECRETARIAS DA ATUAL ADMINISTRAÇÃO, QUE SEJAM PROMOVIDAS AÇÕES DE PUBLICIDADE E ENGAJAMENTO PÚBLICO ACERCA DOS PROJETOS DE LEI APROVADOS NA LEGISLATURA 2025 – 2028, COM FOCO NO PL Nº 1775/2025 – “VRB PARA MULHERES”.</t>
+  </si>
+  <si>
+    <t>7526</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7526/indicacao_2026_patrolamento_santa_maria_p_sao_francisco-corrego_do_ferrugem.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO  QUE SEJAM REALIZADAS, COM A DEVIDA URGÊNCIA, A DESOBSTRUÇÃO DE BARREIRA, O PATROLAMENTO E O ENCASCALHAMENTO NA ESTRADA RURAL QUE LIGA A REGIÃO DE SANTA MARIA À COMUNIDADE DE SÃO FRANCISCO, BEM COMO NA ESTRADA DO CÓRREGO DO FERRUGEM.</t>
+  </si>
+  <si>
+    <t>7527</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7527/indicacao_2026_tapa_buracos_zona_rural-patrolamento_tanque_grande.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE , COM MÁXIMA URGÊNCIA, SEJA REALIZADA A OPERAÇÃO TAPA BURACOS EM TODA A EXTENSÃO DAS ESTRADAS QUE DÃO ACESSO ÀS COMUNIDADES DO FLORESTA ,PIEDADE DE CIMA E SANTA MARIA, BEM COMO SEJA FEITO O PATROLAMENTO NA REGIÃO CONHECIDA COMO TANQUE GRANDE, ZONA RURAL DE VISCONDE DO RIO BRANCO/MG.</t>
+  </si>
+  <si>
+    <t>7529</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7529/ind._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE À PREFEITURA E À MESA DIRETORA A ARTICULAÇÃO INSTITUCIONAL JUNTO À SUPERINTENDÊNCIA REGIONAL DE EDUCAÇÃO, SECRETARIA DE ESTADO DE EDUCAÇÃO, CONSELHO TUTELAR E ESCOLAS ESTADUAIS PARA SOLUCIONAR A FALTA DE VAGAS NAS ESCOLAS ESTADUAIS DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>7530</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7530/ind._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE À PREFEITURA A RECUPERAÇÃO URGENTE DAS ESTRADAS RURAIS E A REGULARIZAÇÃO DO TRANSPORTE ESCOLAR NAS COMUNIDADES DE CAPITÃO MACHADO, PÃO DE LÓ, SAPATEIRO E TOMBA MORRO.</t>
+  </si>
+  <si>
+    <t>7531</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7531/ind._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE À PREFEITURA A ADESÃO DO MUNICÍPIO AO PROJETO SANDBOX DA ANATEL PARA AMPLIAÇÃO DA COBERTURA DE TELEFONIA MÓVEL NAS LOCALIDADES RURAIS E ÁREAS SEM SINAL ADEQUADO.</t>
+  </si>
+  <si>
+    <t>7532</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7532/indicacao_2026_ponte_matucho.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA CONSTRUIDA UMA PONTE DO TIPO BATE ESTACAS COM GALERIA DE CONCRETO ARMADO E  GUARDA CORPO EM AMBOS OS  LADOS,  NA ENTRADA DO MATUCHO, LOCALIZADA NA CURVA APÓS O RANCHO VERDE III , SEGUINDO EM DIREÇÃO À COMUNIDADE DO  FLORESTA, NA ZONA RURAL DE VISCONDE DO RIO BRANCO .</t>
+  </si>
+  <si>
+    <t>7548</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7548/sugere_ao_sr._prefeito_reparos_no_calcamento_da_rua_jose_amim_localizada_no_bairro_mutirao..pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO REPAROS NO CALÇAMENTO DA RUA JOSÉ AMIM, LOCALIZADA NO BAIRRO MUTIRÃO.</t>
+  </si>
+  <si>
+    <t>7549</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7549/ind._-2026_luciano_pereira_buraco.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA REALIZADO OS DEVIDOS REPAROS EM UM BURACO QUE SE ABRIU NA RUA FREI ZACARIAS, BAIRRO DE LOURDES.</t>
+  </si>
+  <si>
+    <t>7550</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7550/ind._-2026_luciano_pereira_tapa_buracos.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA REALIZADA UMA OPERAÇÃO TAPA BURACOS NA RUA OSVALDO SANTOS SALERMO, BAIRRO MUTIRÃO.</t>
+  </si>
+  <si>
+    <t>7552</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7552/indicacao__2026_dedetizacao_cemiterio.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA DETERMINADA, COM A MÁXIMA URGÊNCIA, A REALIZAÇÃO DE DEDETIZAÇÃO SEMANAL NA CAPELA MORTUÁRIA DO CEMITÉRIO MUNICIPAL, EM RAZÃO DO RECORRENTE APARECIMENTO DE GRANDE QUANTIDADE DE BARATAS NO LOCAL.</t>
+  </si>
+  <si>
+    <t>7553</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7553/indicacao_2026_presidente_camara_intalacao_central_telefonica_camara.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PRESIDENTE DA CÂMARA A ADOÇÃO DAS PROVIDÊNCIAS NECESSÁRIAS PARA A INSTALAÇÃO DE UMA CENTRAL TELEFÔNICA (PABX) NAS DEPENDÊNCIAS DESTA CÂMARA MUNICIPAL, COM A DISPONIBILIZAÇÃO DE APARELHOS TELEFÔNICOS EM TODOS OS GABINETES PARLAMENTARES E SETORES ADMINISTRATIVOS, DEVIDAMENTE INTERLIGADOS POR MEIO DE RAMAIS INTERNOS.</t>
+  </si>
+  <si>
+    <t>7554</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7554/indicacao__2026_melhorias_estrada_piedade_de_cima.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJAM REALIZADAS MELHORIAS NA ESTRADA LOCALIZADA NA COMUNIDADE DA PIEDADE DE CIMA (ZONA RURAL), BEM COMO, POSTERIORMENTE, SEJA PROMOVIDA A CONTINUIDADE DA PAVIMENTAÇÃO ASFÁLTICA NO SEGUINTE TRECHO: COM INÍCIO NA ENTRADA AO LADO DO BAR DA LÚCIA, PASSANDO PELAS CASINHAS POPULARES E SEGUINDO ATÉ O ACESSO À LOCALIDADE DE SÃO GERALDO.</t>
+  </si>
+  <si>
+    <t>7555</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7555/ind.___-2026_-_buraco_rua_eliza_miranda_cardoso.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO JUNTAMENTE COM A SECRETARIA DE OBRAS QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS QUANTO AO BURACO QUE SE FORMOU NA RUA ELIZA MIRANDA CARDOSO, NO BAIRRO BARRA DOS COUTOS.</t>
+  </si>
+  <si>
+    <t>7556</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7556/ind.___-2026_-_melhoria_na_iluminacao_e_pode_de_arvore_no_bairro_nova_veneza.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE REALIZE MELHORIAS NA ILUMINAÇÃO E PODA DA ÁRVORE DA PRACINHA DO BAIRRO NOVA VENEZA .</t>
+  </si>
+  <si>
+    <t>7557</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7557/ind.___-2026_-_tapa_buracos_capina_e_limpeza_rua_sebastiao_faustino_santana.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE FAÇA A REPARAÇÃO DOS BURACOS E SERVIÇOS DE LIMPEZA E CAPINA NA RUA SEBASTIÃO FAUSTINO SANTANA, NO BAIRRO DE LOURDES.</t>
+  </si>
+  <si>
+    <t>7559</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7559/reajuste.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO EXECUTIVO QUE SEJA FEITO O REAJUSTE INFRACIONARIO DE TODAS AS INSTITUIÇÕES DO MUNICÍPIO</t>
+  </si>
+  <si>
+    <t>7560</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7560/indicacao_aquisicao_de_medicamentos.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJA FEITA AQUISIÇÃO DE MEDICAMENTOS COMO TOXICLINA, BEM COMO A DISPONIBILIZAÇÃO DA VACINA CONTRA HEPATITE A NAS UNIDADES DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>7563</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7563/redutor_beira_rio.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO EXECUTIVO QUE SEJA CONSTRUIDO REDUTOR DE VELOCIDADE NA AVENIDA SINHO DRUMOND DEPOIS DO POSTO DE SAÚDE BEIRRA RIO ENFRENTE A IGREJA CONGREGACIONAL</t>
+  </si>
+  <si>
+    <t>7565</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7565/asfalto_travessa.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO EXECUTIVO QUE SEJA ASFALTADA A TRAVESSA ENTRE RUA MAJOR FELICISSIMO E RUA SANTO ANTONIO N 1019 AO LADO DA GRAFICA SUPER COR.</t>
+  </si>
+  <si>
+    <t>7567</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7567/asfalto_travessa.pdf</t>
+  </si>
+  <si>
+    <t>7569</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7569/torre_gordura.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA  FEITA MANUTENÇÃO NA TORRE  TELEFÔNICA DO GORDURA.</t>
+  </si>
+  <si>
+    <t>7571</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7571/academia_gordura.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA CONSTRUÍDA UMA   ACADEMIA AO AR LIVRE NA COMUNIDADE DO GORDURA</t>
+  </si>
+  <si>
+    <t>7573</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7573/indicacao_grora_da_mae_filomena.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJA FEITO EM CARATER DE URGÊNCIA REPAROS NA ESTRADA DA GROTA DA MÃE FILOMENA, SITUADA NO RUADO DAS PEDRAS.</t>
+  </si>
+  <si>
+    <t>7575</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7575/reparacao_e_extensao_do_alambrado_da_quadra_poliesportiva_localizada_no_bairro_nossa_senhora_aparecida.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO, POR MEIO DA SECRETARIA COMPETENTE QUE SEJA REALIZADA A REPARAÇÃO E EXTENSÃO DO ALAMBRADO DA QUADRA POLIESPORTIVA LOCALIZADA NO BAIRRO NOSSA SENHORA APARECIDA.</t>
+  </si>
+  <si>
+    <t>7577</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7577/asfaltamneto_esrada_mario_teixeira.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO DA ESTRADA RURAL MARIO TEIXEIRA.</t>
+  </si>
+  <si>
+    <t>7578</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7578/drones_secretaria_agricultura.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA DISPONABILIZADO DENTRO DA SECRETARIA DE AGRICULTURA E MEIO AMBIENTE O ATENDIMENTO COM SERVIÇOS DE DRONE PARA PULVERIZAÇÃO DOS CULTIVOS REALIZADOS NO MUNÍCIPIO.</t>
+  </si>
+  <si>
+    <t>7580</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7580/cascalhamento_bomfim.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O PATROLAMENTO E CASCALHAMENTO NA COMUNIDADE BONFIM, PRÓXIMO AO MORRO SANTANA.</t>
+  </si>
+  <si>
+    <t>7581</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>Guilherme Guimarães de Azevedo, José S. Reis de Bittencourt - Zezinho do SuperMais</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7581/ind._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO PODER EXECUTIVO A CESSÃO DE ESPAÇO PÚBLICO NO TREVO DO FILIPINHO PARA A INSTALAÇÃO DE UM MARCO DO CAPÍTULO DEMOLAY FRATERNIDADE RIO-BRANQUENSE.</t>
+  </si>
+  <si>
+    <t>7582</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7582/ind._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO PODER EXECUTIVO A REALIZAÇÃO URGENTE DE MANUTENÇÃO E SINALIZAÇÃO EM VIA PÚBLICA NO CRUZAMENTO DAS RUAS HELENO DE FREITAS E JOSÉ AMIN JÚNIOR, NO BAIRRO ESPORTIVO.</t>
+  </si>
+  <si>
+    <t>7583</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7583/ind._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO PODER EXECUTIVO A NOTIFICAÇÃO DO BANCO BRADESCO, DO PROCON E DA OAB PARA APURAÇÃO DE DENÚNCIAS SOBRE POSSÍVEL EXIGÊNCIA DE ABERTURA DE CONTA PARA RECEBIMENTO DE BENEFÍCIO SOCIAL E SOBRE DEMORA EXCESSIVA NO ATENDIMENTO NA AGÊNCIA DE VISCONDE DO RIO BRANCO.</t>
+  </si>
+  <si>
+    <t>7591</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7591/ind._no_93-2025_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE A SECRETÁRIA DE CULTURA, TURISMO, ESPORTE E LAZER, QUE REALIZE DE IMEDIATO UMA PARCERIA COM O HOSPITAL SÃO JOÃO BATISTA, PARA A REALIZAÇÃO DA REFORMA E MANUTENÇÃO DO MURO QUE CERCA A FRENTE DO HOSPITAL, QUE FAZ PARTE DO PATRIMÔNIO CULTURAL RIO-BRANQUENSE.</t>
+  </si>
+  <si>
+    <t>7593</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7593/ind._no_95-2025_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE A SECRETÁRIA DE DESENVOLVIMENTO SOCIAL, QUE REALIZE EM NOSSO MUNICÍPIO UM PROGRAMA DE ATENÇÃO ÀS VITIMAS DA ENCHENTE QUE ATINGIU A BARRA DOS COUTOS E O RUADO DAS PEDRAS, BUSCANDO OFERECER VISITAS MENSAIS DIRECIONANDO ALIMENTAÇÃO E APOIO SOCIAL ÀS FAMÍLIAS ATINGIDAS.</t>
+  </si>
+  <si>
+    <t>7599</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7599/ind._-2026_luciano_pereira_rotatoria.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA FEITA UMA ROTATÓRIA E PINTURA DE FAIXAS DE SINALIZAÇÃO NO CRUZAMENTO ENTRE OS BAIRROS: SOLAR, NOSSA SENHORA APARECIDA E MUTIRÃO.</t>
+  </si>
+  <si>
+    <t>7600</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7600/ind._-2026_luciano_pereira_buraco.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA REALIZADO OS DEVIDOS REPAROS EM UM BURACO QUE SE ABRIU NA RUA "B", BAIRRO RANCHO VERDE III.</t>
+  </si>
+  <si>
+    <t>7601</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7601/ind._-2026_luciano_pereira_bueiro.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA REALIZADA A DESOBSTRUÇÃO E LIMPEZA DO BUEIRO LOCALIZADO NA RUA SEBASTIÃO LOPES FERRAZ, BAIRRO CENTENÁRIO.</t>
+  </si>
+  <si>
+    <t>7602</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7602/ind._no_94-2025_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SECRETÁRIO DE SAÚDE, EM PARCERIA COM A SECRETÁRIA DE EDUCAÇÃO, , QUE SEJAM REALIZADAS VISITAS NAS CRECHES E ESCOLAS DA CIDADE, PARA O DESENVOLVIMENTO DE ATIVIDADES DIRECIONADAS A SAÚDE BUCAL, INCENTIVANDO OS ALUNOS A IMPORTÂNCIA DE MANTER OS DENTES LIMPOS E SADIOS.</t>
+  </si>
+  <si>
+    <t>7603</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7603/recuperacao_e_limpeza_da_estrada_pao_de_lo.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE FAÇA A RECUPERAÇÃO DA ESTRADA DO PÃO DE LÓ COM LIMPEZA E COLOCAÇÃO DE CASCALHO.</t>
+  </si>
+  <si>
+    <t>7604</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7604/reforma_praca_coronel_joaquim_lopes.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A REFORMA COMPLETA DOS BRINQUEDOS E DA PRAÇA DO CORONEL JOAQUIM LOPES E QUE SEJA COLOCADO BRINQUEDOS NOVOS</t>
+  </si>
+  <si>
+    <t>7615</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7615/reforma_das_barrascas_feirinha.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A REFORMA DE TODAS BARRACAS DA FEIRINHA QUE ACONTECE NA PRAÇA 28 DE SETEMBRO.</t>
+  </si>
+  <si>
+    <t>7618</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7618/ind._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE À PREFEITURA A ADOÇÃO DE PROVIDÊNCIAS URGENTES NO BAIRRO CATETE, INCLUINDO RESTABELECIMENTO DE ENERGIA ELÉTRICA, PODA DE ÁRVORES, LIMPEZA DE BARRO NAS VIAS, REGULARIZAÇÃO DA COLETA DE LIXO E MELHORIAS NO ESCOAMENTO DE ÁGUAS PLUVIAIS.</t>
+  </si>
+  <si>
+    <t>7619</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7619/ind._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE À PREFEITURA A ADOÇÃO DE PROVIDÊNCIAS URGENTES PARA SOLUCIONAR AS RECORRENTES INUNDAÇÕES NA TRAVESSA NESTOR ALVIM GOMES, NAS IMEDIAÇÕES DA ANTIGA ESTAÇÃO FERROVIÁRIA</t>
+  </si>
+  <si>
+    <t>7620</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7620/ind._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE À PREFEITURA E À DEFESA CIVIL A REALIZAÇÃO DE VISTORIA TÉCNICA E ADOÇÃO DE PROVIDÊNCIAS URGENTES PARA SOLUCIONAR INUNDAÇÕES DE RESIDÊNCIAS E RISCO DE DESMORONAMENTO DE BARRANCOS NAS RUAS A E E, NO BAIRRO RANCHO VERDE III.</t>
+  </si>
+  <si>
+    <t>7621</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7621/indicacao_2026_embarque-desembarque_transporte_escolar.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA NORMATIZADO O EMBARQUE E DESEMBARQUE DOS TRANSPORTES ESCOLARES (ONIBUS E VANS), PARA ASSEGURAR QUE OS VEICULOS ESTACIONANEM EM FRENTE ÀS ESCOLAS SEMPRE COM A PORTA VIRADA PARA O PORTÃO DA INSITUIÇÃO DE ENSINO E AINDA PARA QUE TODOS OS VEICULOS TENHAM O APOIO DE UM (A) MONITOR (A).</t>
+  </si>
+  <si>
+    <t>7622</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7622/verificacao_e_o_reparo_de_um_buraco_que_esta_cedendo_ao_lado_da_quadra_da_pracinha_do_barreiro..pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA REALIZADA, POR MEIO DA SECRETARIA DE OBRAS, A VERIFICAÇÃO E O REPARO DE UM BURACO QUE ESTÁ CEDENDO AO LADO DA QUADRA DA PRACINHA DO BARREIRO.</t>
+  </si>
+  <si>
+    <t>7623</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7623/ind.___-2026_-_entulho_campo_do_cruzeiro.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE FAÇA A RETIRADA DE UM ENTULHO QUE ESTA DEPOSITADO NA AVENIDA ZUMBI DOS PALMARES, ATRÁS DO CAMPO DO CRUZEIRO, NO BAIRRO BARREIRO.</t>
+  </si>
+  <si>
+    <t>7624</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7624/ind.___-2026_-_reforma_das_pontes_pao_de_lo_e_sapateiro.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO JUNTAMENTE COM A SECRETARIA DE OBRAS QUE REALIZE UMA REFORMA NAS PONTES DAS COMUNIDADES RURAIS PÃO DE LÓ E SAPATEIRO.</t>
+  </si>
+  <si>
+    <t>7625</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7625/ind.___-2026_-_pavimentacao_asfaltica_e_abertura_de_bueiros_na_rua_jose_batista_lopes_beira_rio.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA REALIZADA PAVIMENTAÇÃO ASFÁLTICA E ABERTURA DE BUEIROS NA RUA JOSÉ BATISTA LOPES (BEIRA RIO).</t>
+  </si>
+  <si>
+    <t>7627</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7627/manutncao_rua_aparecida_carina_bnhame_de_almeida.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA FEITA MANUTENÇÃO DA_x000D_
+RUA APARECIDA CARINA BNHAME DE ALMEIDA , DISTRITO_x000D_
+INDUSTRIAL/BARREIRO.</t>
+  </si>
+  <si>
+    <t>7628</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7628/reajuste_insalubridade_acs.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE  SEJA REALIZADA ANÁLISE TÉCNICA E ADMINISTRATIVA PARA REAJUSTAR O PAGAMENTO DO ADICIONAL_x000D_
+DE INSALUBRIDADE AOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AGENTES DE COMBATE ÀS ENDEMIAS CONFORME PREVISTO NA LEGISLAÇÃO VIGENTE, ESPECIALMENTE NA LEI Nº 11.350/2006.</t>
+  </si>
+  <si>
+    <t>7630</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7630/manutencao_estrada_rio_bahia.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA  TOMADA AS MEDIDAS NECESSÁRIAS PARA A MANUTENÇÃO DA  ESTRADA RIO BAHIA ENTRE O TRECHO DO  ENGENHO DO RAUL E ENGENHO DO IVO LOPES(CLEMENTE DO MEIO).</t>
+  </si>
+  <si>
+    <t>7631</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7631/limp_santo_antonio.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE QUE SEJA FEITA A LIMPEZA E CAPINA NA CALÇADA DA RUA SANTO ANTONIO DO NÚMERO 152 AO NÚMERO 988, BAIRRO COLÔNIA. COMEÇANDO PERTO DA CASA DO DR. VAGNER ABRANCHES.</t>
+  </si>
+  <si>
+    <t>7632</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7632/designacao_de_um_agente_comunitario_de_saude_para_a_rua_dos_bois..pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO, JUNTAMENTE COM A SECRETARIA DE SAÚDE, A DESIGNAÇÃO DE UM AGENTE COMUNITÁRIO DE SAÚDE PARA A RUA DOS BOIS.</t>
+  </si>
+  <si>
+    <t>7635</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7635/patrolamento_e_cascalhamento_santa_juliana.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJA FEITO PATROLAMENTO E CASCALHAMENTO NA COMUNIDADE SANTA JULIANA,EM ESPECIAL  NA GROTA DO AZEVEDO, MORRO DO PAULINHO ABELHA.</t>
+  </si>
+  <si>
+    <t>7636</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7636/indicacao_2026_manutencao_uniformes_garis_numerar_carrinhos__varredores_de_rua.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA REALIZADA A MANUTENÇÃO PERIÓDICA, REPOSIÇÃO E FISCALIZAÇÃO DO USO DE UNIFORMES E EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL (EPI’S) DESTINADOS AOS GARIS (VARREDORES DE RUA) DO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG, BEM COMO QUE SEJAM IDENTIFICADOS E NUMERADOS OS CARRINHOS/COLETORES DE LIXO UTILIZADOS PELOS PROFISSIONAIS.</t>
+  </si>
+  <si>
+    <t>7637</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7637/indicacao_2026_construcao_creche_dr_lele.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA CONSTRUÍDA UMA CRECHE MUNICIPAL NA ÁREA COMUNITÁRIA OU EM TERRENO À SER DESAPROPRIADO NO BAIRRO NOVA CIDADE.</t>
+  </si>
+  <si>
+    <t>7638</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7638/providencias_no_bairro_catete.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJA FEITO UM LEVANTAMENTO TÉCNICO E QUE SEJA TOMADO PROVIDÊNCIAS NO BAIRRO CATETE, LOCAL ABANDONADO PELA PREFEITURA.</t>
+  </si>
+  <si>
+    <t>7639</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7639/word20260312_15572032.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJA FEITO PATROLAMENTO, CASCALHAMENTO E MANUTENÇÃO NAS ESTARDAS E  A PODA DAS ÁRVORES, PEGANDO DO JILENO SIQUEIRA NO ALTO DA COLÔNIA ATÉ SÃO GERALDO, PASSANDO PELO PONTILHÃO 200, LIGANDO A COMUNIDADE SANTA ROSA, ESTRADA RURAL DESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>7643</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7643/asfalto_nova_rio_branco.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO EXECUÇÃO QUE SEJA FEITA A MANUTENÇÃO NO CALÇAMENTO DO BAIRRO NOVA RIO BRANCO</t>
+  </si>
+  <si>
+    <t>7644</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7644/creche_noturna.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO EXECUTIVO QUE SEJA ABERTA CRECHE NOTURNA PARA ATENDER PAIS QUE REALIZEM JORNADA DE TRABLAHO NOTURNA.</t>
+  </si>
+  <si>
+    <t>7645</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7645/academia_sementeria.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO EXECUTIVO QUE SEJA INSTALADO UMA ACADEMIA AO AR LIVRE PRÓXIMO AO CENTRO COMUNITÁRIO IMACULADA CONCEIÇÃO NA COMUNIDADE DO SEMENTEIRA.</t>
+  </si>
+  <si>
+    <t>7646</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7646/buraco_localizado_na_rua_leopoldo_antonucci_bairro_cohab_3_proximo_a_residencia_no_89..pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO, JUNTAMENTE COM A SECRETARIA DE OBRAS, A ADOÇÃO DE PROVIDÊNCIAS PARA REPARO DO BURACO LOCALIZADO NA RUA LEOPOLDO ANTONUCCI, BAIRRO COHAB 3, PRÓXIMO À RESIDÊNCIA Nº 89.</t>
+  </si>
+  <si>
+    <t>7647</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7647/melhorias_na_rua_nilo_sergio_ventura_atras_da_delta_producoes_devido_a_pavimentacao_incompleta..pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO, JUNTAMENTE COM A SECRETARIA DE OBRAS, MELHORIAS NA RUA NILO SÉRGIO VENTURA, ATRÁS DA DELTA PRODUÇÕES, DEVIDO À PAVIMENTAÇÃO INCOMPLETA.</t>
+  </si>
+  <si>
+    <t>7651</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7651/indicacao_2026_ampliar_apa.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA AMPLIADA A ÁREA DA APA (ÁREA DE PROTEÇÃO AMBIENTAL) NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
+  </si>
+  <si>
+    <t>7652</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7652/indicacao_2026-_bueiro_rua_avelino_cardoso.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO A CONSTRUÇÃO DE DOIS BUEIROS NA RUA AVELINO CARDOSO: UM NA SAÍDA PARA O BAIRRO RANCHO VERDE, ENTRE OS NÚMEROS 1287 E 1273; E  OUTRO ACIMA DO PORTÃO DO CLUBE TOKA DO TOKO. TAMBÉM É NECESSÁRIA A CONSTRUÇÃO DE 160M DE REDE DE CAPTAÇÃO PLUVIAL, LIGANDO-A NA RUA GERALDO PIRES MILAGRES ATÉ O RIO PIEDADE.</t>
+  </si>
+  <si>
+    <t>7653</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7653/indicacao_2026-fumace_santa_maria.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE  SEJA VIABILIZADO O “FUMACÊ” PARA A COMUNIDADE DE SANTA MARIA, ZONA RURAL DE VISCONDE DO RIO BRANCO/MG .</t>
+  </si>
+  <si>
+    <t>7654</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7654/limpeza_corrego_avenida.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE FAÇA A LIMPEZA DO CÓRREGO QUE PASSA NOS FUNDOS DAS CASAS E LOJAS DA AVENIDA DR CARLOS SOARES EM TODA SUA EXTENÇÃO.</t>
+  </si>
+  <si>
+    <t>7655</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7655/asfaltamento_ate_o_itinga.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE CONTINUE O ASFALTAMENTO DA RIO BAHIA INCIANDO NO CLEMENTE DO MEIO ATÉ A SEMENTEIRA E O 2º TRECHO DA SEMENTEIRA ATE O ITINGA</t>
+  </si>
+  <si>
+    <t>7656</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7656/melhoria_estrada_bitelao_ate_corrego_das_pedras.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE FAÇA A MELHORIA NA ESTRADA DA FAZENDINHA E AMPLIAÇÃO DA REDE ELÉTRICA INICIANDO PROXIMO AO BITELÃO ATÉ A COMUNIDADE DO CÓRREGO DAS PEDRAS.</t>
+  </si>
+  <si>
+    <t>7658</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7658/ind.____-2026_-_construcao_area_de_lazer_bairro_jardins.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA REALIZADA A CONSTRUÇÃO DE UMA ÁREA DE LAZER NO BAIRRO JARDINS.</t>
+  </si>
+  <si>
+    <t>7659</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7659/ind.____-2026-_limpeza_do_rio_xopoto.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA REALIZADO UM SERVIÇO DE LIMPEZA DO RIO XOPOTÓ EM TODA SUA EXTENSÃO.</t>
+  </si>
+  <si>
+    <t>7660</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7660/ind.___-2026_-_tapa_buracos_rua_rosa_pacheco.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE FAÇA A REPARAÇÃO DOS BURACOS EXISTENTES NA RUA ROSA PACHECO, BAIRRO DUCILIA CARONE.</t>
+  </si>
+  <si>
+    <t>7661</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7661/ind._no_96-2025_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO PREFEITO MUNICIPAL, POR INTERMÉDIO DAS SECRETARIAS DE OBRAS E CULTURA, TURISMO, ESPORTE E LAZER, QUE REALIZE A MANUTENÇÃO DA PRAÇA DA COHAB 3, REALIZANDO NOVA PINTURA, LIMPEZA E INSTALAÇÃO DE UM PARQUINHO INFANTIL.</t>
+  </si>
+  <si>
+    <t>7662</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7662/ind._no_97-2025_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO PREFEITO MUNICIPAL, QUE REFORCE A SEGURANÇA DO CEMITÉRIO MUNICIPAL, E REALIZE EM CARÁTER DE URGÊNCIA A INSTALAÇÃO DE UM PORTÃO SEGURO NOS FUNDOS DO CEMITÉRIO.</t>
+  </si>
+  <si>
+    <t>7663</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7663/ind._no_98-2025_vereadora_maria_izabel.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO PREFEITO MUNICIPAL, QUE DÊ CONTINUIDADE AO PROGRAMA DE COLETA SELETIVA, QUE PROMOVA AÇÕES DE INCENTIVO A POPULAÇÃO, QUE ENVOLVA PESSOAS QUE TRABALHAM COM RECICLAGEM EM NOSSO MUNICÍPIO, E QUE VEJA A POSSIBILIDADE DE REATIVAR O ATERRO SANITÁRIO.</t>
+  </si>
+  <si>
+    <t>7669</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7669/ind._-2026_luciano_pereira_tapa_buracos.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA REALIZADA UMA OPERAÇÃO TAPA BURACOS NA RUA PAULINO TAVARES, BAIRRO BARREIRO.</t>
+  </si>
+  <si>
+    <t>7670</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7670/instalacao_de_iluminacao_publica_na_quadra_do_bairro_caicaras..pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA QUADRA DO BAIRRO CAIÇARAS.</t>
+  </si>
+  <si>
+    <t>7671</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7671/ind._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE À PREFEITURA A REALIZAÇÃO DE INTERVENÇÕES URGENTES EM TRECHO DA ESTRADA DA COMUNIDADE DA FAZENDINHA, COM NIVELAMENTO, CASCALHAMENTO E MELHORIA DAS CONDIÇÕES DE TRÁFEGO.</t>
+  </si>
+  <si>
+    <t>7672</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7672/ind._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE À PREFEITURA A REVISÃO E REGULARIZAÇÃO DO CADASTRAMENTO DAS FAMÍLIAS NAS UNIDADES DO PROGRAMA SAÚDE DA FAMÍLIA, DE ACORDO COM SUA ÁREA DE RESIDÊNCIA.</t>
+  </si>
+  <si>
+    <t>7673</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7673/ind._-2026_luciano_pereira_academia.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE AO SENHOR PREFEITO QUE SEJA FEITA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NO BAIRRO PITO ACESO, AO LADO DA QUADRA.</t>
+  </si>
+  <si>
+    <t>7674</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7674/ind._2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>SUGERE À PREFEITURA A REGULARIZAÇÃO URGENTE DO FORNECIMENTO DE ÁGUA NA COMUNIDADE DA PIEDADE DE CIMA, COM GARANTIA DE ABASTECIMENTO CONTÍNUO E DE QUALIDADE.</t>
+  </si>
+  <si>
+    <t>7675</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7675/alargamento_da_ponte_beira_rio.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJA FEITO JUNTO A SECRETARIA DE OBRAS E MOBILIDADE URBANA, O ALARGAMENTO DA PONTE DO BEIRA RIO.</t>
+  </si>
+  <si>
+    <t>7677</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7677/ind.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJA FEITO REPAROS EM VIA PÚBLICA, COM O DEVIDO TAPA-BURACO, BEM COMO A REMOÇÃO DE ENTULHOS EXISTENTES NO BAIRRO NOSSA SENHORA APARECIDA, RUA DO CONTORNO.</t>
+  </si>
+  <si>
     <t>7403</t>
   </si>
   <si>
     <t>MOCA</t>
   </si>
   <si>
     <t>Moção de Aplauso</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7403/mocao_de_aplauso_01_zezinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7403/mocao_de_aplauso_01_zezinho.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e_x000D_
 congratulações ao Sargento Luiz Augusto Picolli e à sua equipe, composta_x000D_
 pelo Cabo Yuri Samor e Soldado Yuri Nathan Ferreira Meneguite em_x000D_
 reconhecimento à relevante atuação profissional e ao exemplar trabalho_x000D_
 prestado à segurança pública.</t>
   </si>
   <si>
     <t>7417</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7417/mocao_de_aplausos_-_elisangela_jeronimo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7417/mocao_de_aplausos_-_elisangela_jeronimo.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À SENHORA ELISÂNGELA JERONIMO, PELA DEFESA DE DISSERTAÇÃO DE MESTRADO SOBRE A IMPLEMENTAÇÃO DE PRÁTICAS DE MINDFULNESS NO AMBIENTE ESCOLAR E POR SUA RELEVANTE CONTRIBUIÇÃO À EDUCAÇÃO E À PROMOÇÃO DA SAÚDE.</t>
   </si>
   <si>
     <t>7425</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7425/mocao_no11_vereadora_maria_izabel.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7425/mocao_no11_vereadora_maria_izabel.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, A RITA CÁSSIA CESÁRIO MARCIANO, PELA GRANDIOSA PARTICIPAÇÃO, NA “100ª CORRIDA INTERNACIONAL DE SÃO SILVESTRE”.</t>
   </si>
   <si>
     <t>7426</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7426/mocao_de_aplausos_-_lucas_goncalves_vazio_que_habita.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7426/mocao_de_aplausos_-_lucas_goncalves_vazio_que_habita.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ARTISTA LUCAS GONÇALVES PELO DESENVOLVIMENTO DO PROJETO CULTURAL “VAZIO QUE HABITA”, EM RECONHECIMENTO À SUA CONTRIBUIÇÃO PARA A ARTE URBANA, A DIVERSIDADE, A MEMÓRIA COLETIVA E A DEMOCRATIZAÇÃO DA CULTURA NO MUNICÍPIO.</t>
   </si>
   <si>
+    <t>7592</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7592/mocao_de_aplausos_senador.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS AO SENADOR CARLOS VIANA PELO RELEVANTE REPASSE DE RECURSOS AO MUNICÍPIO DE VISCONDE DO RIO BRANCO</t>
+  </si>
+  <si>
     <t>7382</t>
   </si>
   <si>
     <t>MOCP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7382/mocao_pesar_2026-_maria_de_lourdes_torres.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7382/mocao_pesar_2026-_maria_de_lourdes_torres.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR À FAMÍLIA PELO FALECIMENTO DA SENHORA MARIA DE LOURDES TORRES.</t>
   </si>
   <si>
     <t>7383</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7383/mocao_pesar_2026__shirley_martins_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7383/mocao_pesar_2026__shirley_martins_de_souza.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR À FAMÍLIA PELO FALECIMENTO DA SENHORA SHIRLEY MARTINS DE SOUZA.</t>
   </si>
   <si>
     <t>7384</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7384/mocao_pesar_2026__noelza_de_cassia_jorge.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7384/mocao_pesar_2026__noelza_de_cassia_jorge.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR À FAMÍLIA PELO FALECIMENTO DA SENHORA NOELZA DE CÁSSIA JORGE.</t>
   </si>
   <si>
     <t>7387</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7387/mocao_pesar_04-2026_galdina_silva_cardoso.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7387/mocao_pesar_04-2026_galdina_silva_cardoso.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR À FAMÍLIA PELO FALECIMENTO DA GALDINA SILVA CARDOSO.</t>
+  </si>
+  <si>
+    <t>7536</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7536/mocao_maria_eni.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR À FAMÍLIA PELO FALECIMENTO DA SENHORA MARIA ENI DE SOUZA</t>
+  </si>
+  <si>
+    <t>7537</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7537/mocao_de_pesar_fernando.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR À FAMÍLIA DO FERNANDO ANTÔNIO ANTONUCCI, OCORRIDO NO DIA 15 DE FEVEREIRO DE 2026.</t>
+  </si>
+  <si>
+    <t>7540</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7540/mocao_pesar_2026__airton_matias_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR À FAMÍLIA PELO FALECIMENTO DO SENHOR AIRTON MATIAS DA SILVA, POPULARMENTE CONHECIDO COMO "NENÉM PINHEIRO".</t>
+  </si>
+  <si>
+    <t>7457</t>
+  </si>
+  <si>
+    <t>EMADI</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7457/emenda_2274.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta o art. 11 do Projeto de Lei Ordinária nº 2274/2025</t>
+  </si>
+  <si>
+    <t>7598</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7598/emenda_aditiva_2_-_pl_2272-2025_-_guarda_civil_-_violencia_contra_a_mulher.pdf</t>
+  </si>
+  <si>
+    <t>ACRESCENTA O §7º AO ARTIGO 4º DO PROJETO DE LEI ORDINÁRIA Nº 2272/2025</t>
+  </si>
+  <si>
+    <t>7609</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7609/emenda_aditiva_1_-_pl_2272-2025_-_guarda_civil_-_prazo.pdf</t>
+  </si>
+  <si>
+    <t>ACRESCENTA O ARTIGO 22 AO PROJETO DE LEI ORDINÁRIA Nº 2272/2025</t>
+  </si>
+  <si>
+    <t>7610</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7610/emenda_aditiva_5_-_pl_2272-2025_-_guarda_civil_-_patrulha_rural.pdf</t>
+  </si>
+  <si>
+    <t>ACRESCENTA O §4º AO ARTIGO 18 DO PROJETO DE LEI ORDINÁRIA Nº 2272/2025.</t>
+  </si>
+  <si>
+    <t>7611</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7611/emenda_aditiva_6_-_pl_2272-2025_-_guarda_civil_-_camera_no_corpo.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O PARÁGRAFO ÚNICO PARA §1º E ACRESCENTA O §2º AO ARTIGO 5º DO PROJETO DE LEI ORDINÁRIA Nº 2272/2025.</t>
+  </si>
+  <si>
+    <t>7612</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7612/emenda_aditiva_7_-_pl_2272-2025_-_guarda_civil_-_formacao_humana.pdf</t>
+  </si>
+  <si>
+    <t>ACRESCENTA O V AO ARTIGO 9º, PARÁGRAFO ÚNICO DO PROJETO DE LEI ORDINÁRIA Nº 2272/2025.</t>
+  </si>
+  <si>
+    <t>7613</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7613/emenda_aditiva_3_-_pl_2272-2025_-_guarda_civil_-_patrulha_guardia_infancia_e_juventude.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O PARÁGRAFO ÚNICO PARA §1º E ACRESCENTA O §2º AO ARTIGO 18 DO PROJETO DE LEI ORDINÁRIA Nº 2272/2025.</t>
+  </si>
+  <si>
+    <t>7614</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7614/emenda_aditiva_4_-_pl_2272-2025_-_guarda_civil_-_patrulha_maria_da_penha.pdf</t>
+  </si>
+  <si>
+    <t>ACRESCENTA O §3º AO ARTIGO 18 DO PROJETO DE LEI ORDINÁRIA Nº 2272/2025.</t>
+  </si>
+  <si>
+    <t>7682</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7682/emenda_aditiva_ao_plc_150-2025.pdf</t>
+  </si>
+  <si>
+    <t>ACRESCENTA DISPOSITIVOS AO PROJETO DE LEI COMPLEMENTAR Nº 150/2025 PARA DISPOR SOBRE A OBRIGATORIEDADE DE NOMEAÇÃO DOS CANDIDATOS APROVADOS NO CONCURSO PÚBLICO Nº 001/2023 E PARA VEDAR A CONTRATAÇÃO DE PESSOAL TERCEIRIZADO OU POR QUAISQUER FORMAS INDIRETAS PARA FUNÇÕES PERMANENTES NOS SERVIÇOS ESSENCIAIS DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>7562</t>
+  </si>
+  <si>
+    <t>SUBEM</t>
+  </si>
+  <si>
+    <t>Subemenda</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7562/subemen_-_2026_-_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A INCLUSÃO DE CRITÉRIOS DE TRANSPARÊNCIA ATIVA E OBRIGATORIEDADE DE AUDIÊNCIA PÚBLICA PARA APRESENTAÇÃO E DEBATE DAS EMENDAS IMPOSITIVAS NO ÂMBITO DA LEI ORÇAMENTÁRIA ANUAL.</t>
+  </si>
+  <si>
+    <t>7428</t>
+  </si>
+  <si>
+    <t>LJRF</t>
+  </si>
+  <si>
+    <t>Parecer Legislação, Justiça e Redação Final</t>
+  </si>
+  <si>
+    <t>CLJDHC - Legislação, Justiça e Redação Final</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7428/parecer_legislativo_ao_plo_2269-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de legislação ao PL 2269/2025</t>
+  </si>
+  <si>
+    <t>7491</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7491/parecer_legislativo_ao_plo_2276-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de legislação.</t>
+  </si>
+  <si>
+    <t>7492</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7492/parecer_legislativo_ao_plo_2277-2025.pdf</t>
+  </si>
+  <si>
+    <t>7584</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7584/parecer_legislativo_ao_plo_2272-2025.pdf</t>
+  </si>
+  <si>
+    <t>7585</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7585/projeto_resolucao_753.pdf</t>
+  </si>
+  <si>
+    <t>7586</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7586/projeto_de_resoluccao_754.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão.</t>
+  </si>
+  <si>
+    <t>7587</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7587/parecer_projeto_2273-2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de orçamento.</t>
+  </si>
+  <si>
+    <t>7605</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7605/parecer_legislativo_ao_plo_2282-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de Legislação.</t>
+  </si>
+  <si>
+    <t>7606</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7606/parecer_legislativo_ao_plo_2284-2026.pdf</t>
+  </si>
+  <si>
+    <t>7607</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7607/parecer_legislativo_ao_plo_2285-2026.pdf</t>
+  </si>
+  <si>
+    <t>7608</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7608/parecer_legislativo_ao_plo_2286-2026.pdf</t>
+  </si>
+  <si>
+    <t>7650</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7650/parecer_comissao_2283-2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de legislação ao PL2283/2025</t>
+  </si>
+  <si>
+    <t>7679</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7679/parecer_legislativo_ao_pl_2288-2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão ao PL 2288/2026</t>
+  </si>
+  <si>
+    <t>7685</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7685/parecer_legislativo_ao_plo_2289-2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de  Legislação ao PL 2289/2026</t>
+  </si>
+  <si>
+    <t>7688</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7688/parecer_lei__complementar_153-2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de legislação ao PL 153/2026</t>
+  </si>
+  <si>
+    <t>7689</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7689/projeto_de_resolucao_758.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de legislação ao PL 758/2026.</t>
+  </si>
+  <si>
+    <t>7691</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7691/projeto_de_resolucao_758.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de legislação ao PL758/2026</t>
+  </si>
+  <si>
+    <t>7692</t>
+  </si>
+  <si>
+    <t>COFOSP - Orçamento, Finanças, Obras e Serviços Públicos</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7692/parecer_projeto__2273-2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de orçamento ao PL2273/2026</t>
+  </si>
+  <si>
+    <t>7695</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7695/projeto_de_resolucao_758.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de legislação ao PL 758/2026</t>
+  </si>
+  <si>
+    <t>7696</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de legislação ao PL 757/2026</t>
+  </si>
+  <si>
+    <t>7697</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7697/parecer_resolucao_757.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de legislação ao projeto de resolução 757/2026</t>
+  </si>
+  <si>
+    <t>7698</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7698/parecer_resolucao_758.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de legislação ao projeto de resolução 758/2026</t>
+  </si>
+  <si>
+    <t>7493</t>
+  </si>
+  <si>
+    <t>OFOSP</t>
+  </si>
+  <si>
+    <t>Parecer Orçamento, Finanças, Obras e Ser. Públicos</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7493/parecer_projeto_2276-2025.pdf</t>
+  </si>
+  <si>
+    <t>7494</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7494/parecer_projeto_2275-2025.pdf</t>
+  </si>
+  <si>
+    <t>7495</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7495/parecer_projeto_2274-2026.pdf</t>
+  </si>
+  <si>
+    <t>7496</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7496/parecer_projeto_2272-2026.pdf</t>
+  </si>
+  <si>
+    <t>7497</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7497/parecer_projeto_150-2025.pdf</t>
+  </si>
+  <si>
+    <t>7498</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7498/parecer_emenda_08-2026.pdf</t>
+  </si>
+  <si>
+    <t>7641</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de orçamento ao PL 2282/2026</t>
+  </si>
+  <si>
+    <t>7642</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7642/parecer_projeto_2285-2026..pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de legislação ao PL 2285/2026</t>
+  </si>
+  <si>
+    <t>7648</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de orçamento</t>
+  </si>
+  <si>
+    <t>7649</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7649/parecer_comissao_2283-2026.pdf</t>
+  </si>
+  <si>
+    <t>7693</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7693/parecer_projeto__2273-2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de orçamento ao PL 2273/2025</t>
+  </si>
+  <si>
+    <t>7694</t>
+  </si>
+  <si>
+    <t>CEC - Comissão Especial Prestação de Contas</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7694/parecer_projeto__2273-2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorávelda comissão de orçamento ao PL 2273</t>
+  </si>
+  <si>
+    <t>7680</t>
+  </si>
+  <si>
+    <t>ESCDH</t>
+  </si>
+  <si>
+    <t>Parecer Educação, Saúde, Cultura, D.H e Ass. Com.</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7680/parecer_educacao_plo_no_2286-2026_relator_gerson.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de Educação ao PL 2286/2026</t>
+  </si>
+  <si>
+    <t>7681</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7681/parecer_educacao_plo_no_2286-2026_relator_gerson.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de educação ao PL 2286/2026</t>
+  </si>
+  <si>
+    <t>7683</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7683/parecer_educacao_plc_no_153-2026_relator_gerson.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de educação ao PL n°153/2026</t>
+  </si>
+  <si>
+    <t>7684</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7684/parecer_educacao_plc_no_154-2026_relator_gerson.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de educação ao PL N°153/2026</t>
+  </si>
+  <si>
+    <t>7686</t>
+  </si>
+  <si>
+    <t>ESCDA - Educação, Saúde, Cultura, Direitos Humanos e Assuntos Comuni</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7686/parecer_educacao_plc_no_152-2026_relator_gerson.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão de Educação ao PL 152/2026</t>
+  </si>
+  <si>
+    <t>7490</t>
+  </si>
+  <si>
+    <t>RELV</t>
+  </si>
+  <si>
+    <t>Relatório de Vista</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7490/pedido_de_vista_maria_izabel_150-2026.pdf</t>
+  </si>
+  <si>
+    <t>RELATÓRIO DE VISTA</t>
+  </si>
+  <si>
+    <t>7687</t>
+  </si>
+  <si>
+    <t>PARJU</t>
+  </si>
+  <si>
+    <t>Parecer Jurídico</t>
+  </si>
+  <si>
+    <t>Legislativo Municipal - LegMun</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7687/parecer_juridico_-_pl_2287-2026-credito_suplementar.pdf</t>
+  </si>
+  <si>
+    <t>PARECER JURÍDICO AO PROJETO Nº2287/2026</t>
+  </si>
+  <si>
+    <t>7432</t>
+  </si>
+  <si>
+    <t>PARCO</t>
+  </si>
+  <si>
+    <t>Parecer Contábil</t>
+  </si>
+  <si>
+    <t>Órgãos Diversos - ORGAODIVER</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7432/impacto_financeiro_pl_2278-2026.pdf</t>
+  </si>
+  <si>
+    <t>Impacto Orçamentário ao PL 2278/2026</t>
+  </si>
+  <si>
+    <t>7435</t>
+  </si>
+  <si>
+    <t>OFRET</t>
+  </si>
+  <si>
+    <t>Ofício de Retirada</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7435/oficio_012-2026-camara-retirada_plc.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI COMPLEMENTAR Nº 026, DE 29 DE  DEZEMBRO DE 2009, REGULAMENTE A COMPOSIÇÃO DA REMUNERAÇÃO DO PROFISSIONAL DO MAGISTÉRIO MUNICIPAL E DISCIPLINA A INCIDÊNCIA DA GRATIFICAÇÃO NATALINA NAS HIPÓTESES DE EXTENSÃO DE CARGA HORÁRIA POR EXIGÊNCIA CURRICULAR E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>7436</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7436/requerimento_ponte_velha_da_cachoierinha.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro nos termos §3º do art.32 do Regimento Interno, a retirada de tramitação do Projeto de Resolução N° 749/2025 de minha autoria.</t>
+  </si>
+  <si>
+    <t>7448</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7448/oficio_015-2026-camara_retira_pl.pdf</t>
+  </si>
+  <si>
+    <t>RETIRADA DO PROJETO DE LEI ORDINÁRIA 2279 DE 2026 - DISPÕE SOBRE A CRIAÇÃO E IMPLANTAÇÃO DO SALÁRIO MÍNIMO MUNICIPAL, CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>7476</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7476/oficio_14_-_secretaria_camara_-_retirada_requerimento_09-2025.pdf</t>
+  </si>
+  <si>
+    <t>RETIRA DE TRAMITAÇÃO O REQUERIMENTO 09/2026</t>
+  </si>
+  <si>
+    <t>7482</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7482/oficio_de_retirada_03.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro nos termos §3º do art.32 do Regimento Interno, a retirada de tramitação do Projeto de Lei N° 2280/2026 de minha autoria.</t>
+  </si>
+  <si>
+    <t>7483</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7483/oficio_021_2026_-_camara_retirada_plo.pdf</t>
+  </si>
+  <si>
+    <t>RETIRADA DO PROJETO DE LEI ORDINÁRIA Nº 2281/2026, CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
+(POR ERRO MATERIAL).</t>
+  </si>
+  <si>
+    <t>7533</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7533/oficio_09_retirada_ind_57-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro nos termos §3º do art.32 do Regimento Interno, a retirada de_x000D_
+tramitação da Indicação 57/2026 de minha autoria, com o intuito de realizar_x000D_
+modificações materiais no arquivo.</t>
+  </si>
+  <si>
+    <t>7566</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7566/oficio_01_retirada_ind_95.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro nos termos §3º do art.32 do Regimento Interno, a retirada de tramitação da INDICAÇÃO N° 95/2026 de minha autoria</t>
+  </si>
+  <si>
+    <t>7574</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7574/sugere_ao_sr._prefeito_reparos_no_calcamento_da_rua_jose_amim_localizada_no_bairro_mutirao..pdf</t>
+  </si>
+  <si>
+    <t>RETIRADA DE TRAMITAÇÃO DA INDICAÇÃO N° 83/2026</t>
+  </si>
+  <si>
+    <t>7452</t>
+  </si>
+  <si>
+    <t>OFIC</t>
+  </si>
+  <si>
+    <t>Ofícios Diversos</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7452/oficio_014-2026_ag._audiencia_prest._contas_3quadr-25.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITAÇÃO DE AGENDAMENTO DE AUDIÊNCIA PÚBLICA - PRESTAÇÃO DE CONTAS DO 3º QUADRIMESTRE/2025</t>
+  </si>
+  <si>
+    <t>7534</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7534/oficios_diversos.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro a alteração do arquivo PDF por erro material da indicação 69/2026 de minha autoria, que  SEJA FEITO_x000D_
+AMPLIAÇÃO DA LINHA DE ÔNIBUS, PASSANDO NA RUA MARIA EDWIRGES SARAIVA E_x000D_
+PERTO DO POSTO DE SAÚDE MARINHO JOSÉ DE ALMEIDA NA COLÔNIA.</t>
+  </si>
+  <si>
+    <t>7541</t>
+  </si>
+  <si>
+    <t>Diretoria</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7541/oficio_11.pdf</t>
+  </si>
+  <si>
+    <t>Retorno ao Ofício nº14 do Executivo _x000D_
+Agendamento de Prestação de Contas</t>
+  </si>
+  <si>
+    <t>7544</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7544/oficio_034-2026-camara_municipal_-1_compressed.pdf</t>
+  </si>
+  <si>
+    <t>OFICIO 043/2026</t>
+  </si>
+  <si>
+    <t>7590</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7590/oficio.pdf</t>
+  </si>
+  <si>
+    <t>Oficio de justificativa, e retirada  pauta de projeto de lei  2277/2025.</t>
+  </si>
+  <si>
+    <t>7477</t>
+  </si>
+  <si>
+    <t>OFIAU</t>
+  </si>
+  <si>
+    <t>Ofício Autorizativo</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7477/oficio_09_gab05.pdf</t>
+  </si>
+  <si>
+    <t>Autorizo a troca de arquivo, devido falta de assinatura.</t>
+  </si>
+  <si>
+    <t>7479</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7479/oficio_09_gab05.pdf</t>
+  </si>
+  <si>
+    <t>Autorizo a troca de arquivo devido falta de assinatura.</t>
+  </si>
+  <si>
+    <t>7538</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7538/oficio_n_02__autorizativo_marinho.pdf</t>
+  </si>
+  <si>
+    <t>Autorizo a troca do arquivo da proposição ind. 69</t>
+  </si>
+  <si>
+    <t>7542</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7542/oficio_n_03__autorizativo_gerson_gomes.pdf</t>
+  </si>
+  <si>
+    <t>7588</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7588/oficio_n_03_autorizativo_marinho.pdf</t>
+  </si>
+  <si>
+    <t>Arquivo Novo</t>
+  </si>
+  <si>
+    <t>7433</t>
+  </si>
+  <si>
+    <t>ARQNV</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7433/ind-_25_2026.pdf</t>
+  </si>
+  <si>
+    <t>7535</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7535/indicacao_-_amplicao_do_ponto_de_onibus_na_colonia_assinada.pdf</t>
+  </si>
+  <si>
+    <t>QUE  SEJA FEITO AMPLIAÇÃO DA LINHA DE ÔNIBUS, PASSANDO NA RUA MARIA EDWIRGES SARAIVA E_x000D_
+PERTO DO POSTO DE SAÚDE MARINHO JOSÉ DE ALMEIDA NA COLÔNIA..</t>
+  </si>
+  <si>
+    <t>7576</t>
+  </si>
+  <si>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7576/aumento_de_diaria_2026.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -949,68 +3991,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7407/plo_n______-2026_programa_municipal_de_prevencao_a_pornografia_entre_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7389/requerimento_2026_criacao_comissao_especial_revisao_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7395/requerimento_ponte_velha_da_cachoierinha.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7413/req._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7414/req._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7416/req.____-2026_informacoes_lei_15.326-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7423/req._no_43-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7424/req._no_44-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7385/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7386/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7388/indicacao_2026_ponte_inhambu_piedade_de_cima.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7390/indicacao_2026_reforma_galeria_eden_clube.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7391/indicacao_2026_pavimentacao_asfaltica_rua_no_dist_indutrial_colonia.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7392/trevo_do_massambara.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7393/repasse_do_hospital.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7394/indicacao_corpo_de_bombeiro_2026_corrigida.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7396/reforma_e_limpeza_da_pracinha_do_bairro_mutirao..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7397/rua_raposo_tavares_manutencao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7398/tapa_buraco_gordura_capitao_machado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7399/praca_com_academia_memoria.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7400/ind._linha_onibus_antonio_soares.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7401/passeio_nova_rio_branco.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7402/quebra_mola_sementeira.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7404/ind.____-2026_-_limpeza_bueiros_rua_do_divino_rua_coronel_geraldo_praca_28_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7405/ind.____-2026_-_capina_joanico_cadedo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7406/ind.____-2026_-_tapa_buracos_capitao_geraldo_walter_cunha.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7408/rede_eletrica_boa_vista_gordura.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7409/salario_minimo_municipal.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7410/salario_motorista.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7411/ind._-2026_luciano_pereira_solar_2.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7412/ind._-2026_luciano_pereira_rocadeira.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7415/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7418/ind._faixa_pedestre_praca_vinte_oito_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7419/limpeza_e_manutencao_da_academia_ao_ar_livre_localizada_no_rancho_verde_1..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7420/asfaltamento_da_rua__bem_vinda_no_bairro_mutirao_2..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7421/ind._no_86-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7422/ind._no_87-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7403/mocao_de_aplauso_01_zezinho.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7417/mocao_de_aplausos_-_elisangela_jeronimo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7425/mocao_no11_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7426/mocao_de_aplausos_-_lucas_goncalves_vazio_que_habita.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7382/mocao_pesar_2026-_maria_de_lourdes_torres.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7383/mocao_pesar_2026__shirley_martins_de_souza.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7384/mocao_pesar_2026__noelza_de_cassia_jorge.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7387/mocao_pesar_04-2026_galdina_silva_cardoso.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7443/proposta_de_emenda.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7427/projeto_de_lei_complementar_decimo_terceiro_magisterio_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7545/projeto_auxiliar_de_acessiblidade_educacional___nutricionista.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7589/04_-_plc_altera_lc26-09.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7640/projeto_de_lei_-_requisito_-_professor_de_apoio_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7666/plc._n_01_-_2026_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7407/plo_n______-2026_programa_municipal_de_prevencao_a_pornografia_entre_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7431/projeto_de_lei_reajuste.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7437/pl_reajuste_anual.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7438/projeto_centro_cultural.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7453/plo_reajuste_salaria_atual_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7481/projeto_de_lei_tiro_de_guerra.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7484/plo_reajuste_atualizado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7485/projeto_centro_cultural_filipinho.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7517/plo._n_20_-_2026_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7518/plo_n____-2026_programa_vidas_em_movimento.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7543/pl_credito_especial_construcao_casas_populares_2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7568/carteira_municipal_de_identificacao_do_idoso_com_doencas_cronicas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7572/idiomas_para_o_futuro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7634/projeto_de_lei_receituario.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7700/projeto_maestro.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7429/projeto_de_resolucao_cidadania_rita.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7430/projeto_de_resolucao_cidadania_milton.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7434/titulo_cidadao_honorario_marcio_victor.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7471/pr._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7480/titulo_cidadao_honorario_bruno_sao_vicente.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7488/projeto_de_resolucao_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7511/02_pr_-_marlon_deleon.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7516/01_pr_-_hugo_vidal.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7539/projeto_de_resolucao_-_aumento_diarias_correto.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7564/15-projeto_de_lei_parlamento.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7570/merito_andrey.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7596/03_pr_-_flavio_roberto.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7597/04_pr_-_fabricio_ignacchiti.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7626/projeto_de_resolucao_merito_legislativo_luciano_sobral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7629/merito_zezinho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7657/projeto_de_resolucao_comissao_especial_novo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7667/05_pr_-_jesalva_amorim.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7668/06_pr_-_cleber_lima.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7389/requerimento_2026_criacao_comissao_especial_revisao_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7395/requerimento_ponte_velha_da_cachoierinha.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7413/req._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7414/req._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7416/req.____-2026_informacoes_lei_15.326-2026.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7423/req._no_43-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7424/req._no_44-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7464/req._no_45-2026_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7472/req._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7474/req._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7475/req._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7478/req._no_46-2026_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7486/req_13.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7487/req._14-2026_comissao_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7489/requerimento_piso_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7512/req._no_47-2026_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7514/req._no_48-2026_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7515/requerimento_pavimentacao_asfaltica_tomba_morro.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7528/requerimento_2026_informacoes_prefeito_imoveis_alugados_2024_-2025-2026.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7546/camscanner_04-03-2026_09.47.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7551/requerimento_2026_informacoes_aplicabilidade_lei_1840-2025_funcionamento_mercados_aos_domingos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7558/req._no____-2026_enchentes.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7561/requerimento_aquisicao_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7579/requerimento_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7594/req._no_49-2026_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7595/req._no_50-2026_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7616/req._2025_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7617/req._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7633/requerimento_doacao_de_lotes.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7664/req._no_51-2026_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7665/req._no_52-2026_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7676/req._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7678/req._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7699/requerimento_copasa_nova.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7385/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7386/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7388/indicacao_2026_ponte_inhambu_piedade_de_cima.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7390/indicacao_2026_reforma_galeria_eden_clube.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7391/indicacao_2026_pavimentacao_asfaltica_rua_no_dist_indutrial_colonia.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7392/trevo_do_massambara.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7393/repasse_do_hospital.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7394/indicacao_corpo_de_bombeiro_2026_corrigida.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7396/reforma_e_limpeza_da_pracinha_do_bairro_mutirao..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7397/rua_raposo_tavares_manutencao.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7398/tapa_buraco_gordura_capitao_machado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7399/praca_com_academia_memoria.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7400/ind._linha_onibus_antonio_soares.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7401/passeio_nova_rio_branco.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7402/quebra_mola_sementeira.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7404/ind.____-2026_-_limpeza_bueiros_rua_do_divino_rua_coronel_geraldo_praca_28_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7405/ind.____-2026_-_capina_joanico_cadedo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7406/ind.____-2026_-_tapa_buracos_capitao_geraldo_walter_cunha.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7408/rede_eletrica_boa_vista_gordura.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7409/salario_minimo_municipal.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7410/salario_motorista.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7411/ind._-2026_luciano_pereira_solar_2.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7412/ind._-2026_luciano_pereira_rocadeira.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7415/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7418/ind._faixa_pedestre_praca_vinte_oito_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7419/limpeza_e_manutencao_da_academia_ao_ar_livre_localizada_no_rancho_verde_1..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7420/asfaltamento_da_rua__bem_vinda_no_bairro_mutirao_2..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7421/ind._no_86-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7422/ind._no_87-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7439/rua_bairro_operario.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7440/construcao_quebra_mola_cel_moveis.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7441/troca_caixa_dgua_bela_vista_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7442/cobertura_na_quadra_de_esportes_do_bairro_tia_velha..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7444/indicacao_2026_presidente_camara_compra_notebook_e_impressora_plenario.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7445/indicacao_2026_construcao_calcadao_rua_feira.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7446/indicacao_2026_parquinho_praca_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7447/vistoria_e_correcoes_estruturais_no_posto_de_saude_beira_rio..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7449/ind.___-2026_-_construcao_calcada_rua_coronel_jose_mesquita.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7450/ind.___-2026_-_limpeza_e_capina_catete.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7451/ind.___-2026_-_quadros.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7454/indicacao_quadra_da_colonia.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7455/indicacao_patrolamento_santa_juliana.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7456/indicacao_tambores_de_lixo_gileno_siqueira.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7458/praca_centenario.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7459/praca_antonio_soares_1.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7460/ind._-2026_luciano_pereira_capina.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7461/ind._-2026_luciano_pereira_capina.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7462/manutencao_estrada_da_grota_cmelente_meio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7463/tapa_buracos_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7465/ind._no_88-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7466/ind._no_89-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7467/ind._-2026_luciano_pereira_ponte.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7468/pracinha_do_bairro_cohab_2_incluindo_limpeza_e_reparo_dos_brinquedos..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7469/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7470/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7473/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7499/indicacao_-_ponto_de_onibus_colonia.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7500/muro_bairro_operario.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7501/centro_comunitario_solar.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7502/van_odontologica_2026.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7503/aumento_do_repasse_ao_asilo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7504/indicacao_compra_de_pneus_e_pa_carregadeira.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7505/ind._-2026_luciano_pereira_buraco.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7506/asfalto_antonieta.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7507/pintura_e_placas_proximos_as_escolas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7508/destinado_a_comunidade_o_lote_localizado_em_frente_a_escolinha_do_mutirao_para_que_seja_construido_um_centro_comunitario_a_fim_de_atender_os_moradores_do_bairro_e_das_localidades_vizinhas.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7509/ind._-2026_luciano_pereira_buraco.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7510/subvencoes_as_associacoes.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7513/indicacao_-_amplicao_do_ponto_de_onibus_na_colonia.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7519/ind.___-2026_-_revitalizacao_asfaltica_rua_ulisses_ferreira-_barreiro.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7520/ind._no_92-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7521/ind.____-2026_-_entulho_zumbi_dos_palmares.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7522/ind.____-2026_-_cratera_beira_rio.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7523/ind._no_91-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7524/informatizacao.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7525/ind._no_90-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7526/indicacao_2026_patrolamento_santa_maria_p_sao_francisco-corrego_do_ferrugem.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7527/indicacao_2026_tapa_buracos_zona_rural-patrolamento_tanque_grande.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7529/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7530/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7531/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7532/indicacao_2026_ponte_matucho.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7548/sugere_ao_sr._prefeito_reparos_no_calcamento_da_rua_jose_amim_localizada_no_bairro_mutirao..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7549/ind._-2026_luciano_pereira_buraco.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7550/ind._-2026_luciano_pereira_tapa_buracos.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7552/indicacao__2026_dedetizacao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7553/indicacao_2026_presidente_camara_intalacao_central_telefonica_camara.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7554/indicacao__2026_melhorias_estrada_piedade_de_cima.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7555/ind.___-2026_-_buraco_rua_eliza_miranda_cardoso.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7556/ind.___-2026_-_melhoria_na_iluminacao_e_pode_de_arvore_no_bairro_nova_veneza.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7557/ind.___-2026_-_tapa_buracos_capina_e_limpeza_rua_sebastiao_faustino_santana.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7559/reajuste.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7560/indicacao_aquisicao_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7563/redutor_beira_rio.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7565/asfalto_travessa.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7567/asfalto_travessa.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7569/torre_gordura.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7571/academia_gordura.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7573/indicacao_grora_da_mae_filomena.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7575/reparacao_e_extensao_do_alambrado_da_quadra_poliesportiva_localizada_no_bairro_nossa_senhora_aparecida.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7577/asfaltamneto_esrada_mario_teixeira.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7578/drones_secretaria_agricultura.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7580/cascalhamento_bomfim.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7581/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7582/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7583/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7591/ind._no_93-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7593/ind._no_95-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7599/ind._-2026_luciano_pereira_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7600/ind._-2026_luciano_pereira_buraco.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7601/ind._-2026_luciano_pereira_bueiro.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7602/ind._no_94-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7603/recuperacao_e_limpeza_da_estrada_pao_de_lo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7604/reforma_praca_coronel_joaquim_lopes.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7615/reforma_das_barrascas_feirinha.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7618/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7619/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7620/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7621/indicacao_2026_embarque-desembarque_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7622/verificacao_e_o_reparo_de_um_buraco_que_esta_cedendo_ao_lado_da_quadra_da_pracinha_do_barreiro..pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7623/ind.___-2026_-_entulho_campo_do_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7624/ind.___-2026_-_reforma_das_pontes_pao_de_lo_e_sapateiro.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7625/ind.___-2026_-_pavimentacao_asfaltica_e_abertura_de_bueiros_na_rua_jose_batista_lopes_beira_rio.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7627/manutncao_rua_aparecida_carina_bnhame_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7628/reajuste_insalubridade_acs.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7630/manutencao_estrada_rio_bahia.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7631/limp_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7632/designacao_de_um_agente_comunitario_de_saude_para_a_rua_dos_bois..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7635/patrolamento_e_cascalhamento_santa_juliana.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7636/indicacao_2026_manutencao_uniformes_garis_numerar_carrinhos__varredores_de_rua.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7637/indicacao_2026_construcao_creche_dr_lele.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7638/providencias_no_bairro_catete.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7639/word20260312_15572032.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7643/asfalto_nova_rio_branco.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7644/creche_noturna.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7645/academia_sementeria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7646/buraco_localizado_na_rua_leopoldo_antonucci_bairro_cohab_3_proximo_a_residencia_no_89..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7647/melhorias_na_rua_nilo_sergio_ventura_atras_da_delta_producoes_devido_a_pavimentacao_incompleta..pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7651/indicacao_2026_ampliar_apa.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7652/indicacao_2026-_bueiro_rua_avelino_cardoso.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7653/indicacao_2026-fumace_santa_maria.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7654/limpeza_corrego_avenida.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7655/asfaltamento_ate_o_itinga.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7656/melhoria_estrada_bitelao_ate_corrego_das_pedras.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7658/ind.____-2026_-_construcao_area_de_lazer_bairro_jardins.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7659/ind.____-2026-_limpeza_do_rio_xopoto.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7660/ind.___-2026_-_tapa_buracos_rua_rosa_pacheco.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7661/ind._no_96-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7662/ind._no_97-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7663/ind._no_98-2025_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7669/ind._-2026_luciano_pereira_tapa_buracos.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7670/instalacao_de_iluminacao_publica_na_quadra_do_bairro_caicaras..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7671/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7672/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7673/ind._-2026_luciano_pereira_academia.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7674/ind._2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7675/alargamento_da_ponte_beira_rio.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7677/ind.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7403/mocao_de_aplauso_01_zezinho.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7417/mocao_de_aplausos_-_elisangela_jeronimo.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7425/mocao_no11_vereadora_maria_izabel.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7426/mocao_de_aplausos_-_lucas_goncalves_vazio_que_habita.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7592/mocao_de_aplausos_senador.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7382/mocao_pesar_2026-_maria_de_lourdes_torres.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7383/mocao_pesar_2026__shirley_martins_de_souza.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7384/mocao_pesar_2026__noelza_de_cassia_jorge.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7387/mocao_pesar_04-2026_galdina_silva_cardoso.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7536/mocao_maria_eni.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7537/mocao_de_pesar_fernando.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7540/mocao_pesar_2026__airton_matias_da_silva.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7457/emenda_2274.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7598/emenda_aditiva_2_-_pl_2272-2025_-_guarda_civil_-_violencia_contra_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7609/emenda_aditiva_1_-_pl_2272-2025_-_guarda_civil_-_prazo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7610/emenda_aditiva_5_-_pl_2272-2025_-_guarda_civil_-_patrulha_rural.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7611/emenda_aditiva_6_-_pl_2272-2025_-_guarda_civil_-_camera_no_corpo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7612/emenda_aditiva_7_-_pl_2272-2025_-_guarda_civil_-_formacao_humana.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7613/emenda_aditiva_3_-_pl_2272-2025_-_guarda_civil_-_patrulha_guardia_infancia_e_juventude.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7614/emenda_aditiva_4_-_pl_2272-2025_-_guarda_civil_-_patrulha_maria_da_penha.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7682/emenda_aditiva_ao_plc_150-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7562/subemen_-_2026_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7428/parecer_legislativo_ao_plo_2269-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7491/parecer_legislativo_ao_plo_2276-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7492/parecer_legislativo_ao_plo_2277-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7584/parecer_legislativo_ao_plo_2272-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7585/projeto_resolucao_753.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7586/projeto_de_resoluccao_754.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7587/parecer_projeto_2273-2026.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7605/parecer_legislativo_ao_plo_2282-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7606/parecer_legislativo_ao_plo_2284-2026.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7607/parecer_legislativo_ao_plo_2285-2026.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7608/parecer_legislativo_ao_plo_2286-2026.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7650/parecer_comissao_2283-2026.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7679/parecer_legislativo_ao_pl_2288-2026.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7685/parecer_legislativo_ao_plo_2289-2026.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7688/parecer_lei__complementar_153-2026.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7689/projeto_de_resolucao_758.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7691/projeto_de_resolucao_758.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7692/parecer_projeto__2273-2026.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7695/projeto_de_resolucao_758.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7697/parecer_resolucao_757.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7698/parecer_resolucao_758.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7493/parecer_projeto_2276-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7494/parecer_projeto_2275-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7495/parecer_projeto_2274-2026.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7496/parecer_projeto_2272-2026.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7497/parecer_projeto_150-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7498/parecer_emenda_08-2026.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7642/parecer_projeto_2285-2026..pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7649/parecer_comissao_2283-2026.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7693/parecer_projeto__2273-2026.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7694/parecer_projeto__2273-2026.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7680/parecer_educacao_plo_no_2286-2026_relator_gerson.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7681/parecer_educacao_plo_no_2286-2026_relator_gerson.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7683/parecer_educacao_plc_no_153-2026_relator_gerson.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7684/parecer_educacao_plc_no_154-2026_relator_gerson.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7686/parecer_educacao_plc_no_152-2026_relator_gerson.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7490/pedido_de_vista_maria_izabel_150-2026.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7687/parecer_juridico_-_pl_2287-2026-credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7432/impacto_financeiro_pl_2278-2026.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7435/oficio_012-2026-camara-retirada_plc.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7436/requerimento_ponte_velha_da_cachoierinha.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7448/oficio_015-2026-camara_retira_pl.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7476/oficio_14_-_secretaria_camara_-_retirada_requerimento_09-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7482/oficio_de_retirada_03.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7483/oficio_021_2026_-_camara_retirada_plo.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7533/oficio_09_retirada_ind_57-2026.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7566/oficio_01_retirada_ind_95.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7574/sugere_ao_sr._prefeito_reparos_no_calcamento_da_rua_jose_amim_localizada_no_bairro_mutirao..pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7452/oficio_014-2026_ag._audiencia_prest._contas_3quadr-25.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7534/oficios_diversos.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7541/oficio_11.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7544/oficio_034-2026-camara_municipal_-1_compressed.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7590/oficio.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7477/oficio_09_gab05.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7479/oficio_09_gab05.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7538/oficio_n_02__autorizativo_marinho.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7542/oficio_n_03__autorizativo_gerson_gomes.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7588/oficio_n_03_autorizativo_marinho.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7433/ind-_25_2026.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7535/indicacao_-_amplicao_do_ponto_de_onibus_na_colonia_assinada.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2026/7576/aumento_de_diaria_2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H46"/>
+  <dimension ref="A1:H319"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="46.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1064,1198 +4104,8539 @@
       </c>
       <c r="G3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
         <v>19</v>
       </c>
       <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>39</v>
       </c>
       <c r="H7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>41</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>42</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="F8" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="E9" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="F9" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="H9" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="D10" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F10" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="H10" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="D11" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E11" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H11" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="D12" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E12" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="H12" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="D13" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E13" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F13" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="H13" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>71</v>
       </c>
       <c r="D14" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E14" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="H14" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="D15" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E15" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F15" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="H15" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="D16" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F16" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="H16" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D17" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F17" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="H17" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F18" t="s">
-        <v>79</v>
+        <v>20</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="H18" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F19" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="H19" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F20" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="H20" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F21" t="s">
-        <v>84</v>
+        <v>33</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="H21" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="D22" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E22" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F22" t="s">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="H22" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="D23" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E23" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="F23" t="s">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="H23" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="D24" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E24" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="F24" t="s">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="H24" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>116</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>117</v>
+      </c>
+      <c r="D25" t="s">
         <v>108</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="E25" t="s">
         <v>109</v>
       </c>
-      <c r="D25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>118</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="H25" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="D26" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E26" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="H26" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="D27" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E27" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>118</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="H27" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="D28" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E28" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="F28" t="s">
-        <v>122</v>
+        <v>33</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="H28" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>126</v>
+        <v>135</v>
       </c>
       <c r="D29" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E29" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="F29" t="s">
-        <v>122</v>
+        <v>38</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="H29" t="s">
-        <v>128</v>
+        <v>137</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="D30" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E30" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="F30" t="s">
-        <v>122</v>
+        <v>38</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="H30" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="D31" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E31" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="F31" t="s">
-        <v>135</v>
+        <v>33</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="H31" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="D32" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E32" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="F32" t="s">
-        <v>135</v>
+        <v>67</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="H32" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="D33" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E33" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="F33" t="s">
-        <v>30</v>
+        <v>91</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="H33" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="D34" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E34" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="F34" t="s">
-        <v>148</v>
+        <v>38</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="H34" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="D35" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E35" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="F35" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="H35" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="D36" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E36" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="F36" t="s">
-        <v>79</v>
+        <v>164</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="H36" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="D37" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E37" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="F37" t="s">
-        <v>43</v>
+        <v>91</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="H37" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="D38" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E38" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="F38" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="H38" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>17</v>
+        <v>176</v>
       </c>
       <c r="D39" t="s">
-        <v>168</v>
+        <v>108</v>
       </c>
       <c r="E39" t="s">
-        <v>169</v>
+        <v>109</v>
       </c>
       <c r="F39" t="s">
-        <v>148</v>
+        <v>38</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="H39" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>24</v>
+        <v>180</v>
       </c>
       <c r="D40" t="s">
-        <v>168</v>
+        <v>108</v>
       </c>
       <c r="E40" t="s">
-        <v>169</v>
+        <v>109</v>
       </c>
       <c r="F40" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="H40" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>29</v>
+        <v>184</v>
       </c>
       <c r="D41" t="s">
-        <v>168</v>
+        <v>185</v>
       </c>
       <c r="E41" t="s">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="F41" t="s">
-        <v>43</v>
+        <v>187</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>176</v>
+        <v>188</v>
       </c>
       <c r="H41" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>34</v>
+        <v>191</v>
       </c>
       <c r="D42" t="s">
-        <v>168</v>
+        <v>185</v>
       </c>
       <c r="E42" t="s">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="F42" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="H42" t="s">
-        <v>180</v>
+        <v>193</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>181</v>
+        <v>194</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>17</v>
+        <v>195</v>
       </c>
       <c r="D43" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E43" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F43" t="s">
-        <v>20</v>
+        <v>123</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>184</v>
+        <v>196</v>
       </c>
       <c r="H43" t="s">
-        <v>185</v>
+        <v>197</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>198</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>199</v>
+      </c>
+      <c r="D44" t="s">
+        <v>185</v>
+      </c>
+      <c r="E44" t="s">
         <v>186</v>
       </c>
-      <c r="B44" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F44" t="s">
-        <v>20</v>
+        <v>123</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>187</v>
+        <v>200</v>
       </c>
       <c r="H44" t="s">
-        <v>188</v>
+        <v>201</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>189</v>
+        <v>202</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>29</v>
+        <v>203</v>
       </c>
       <c r="D45" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E45" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F45" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>190</v>
+        <v>204</v>
       </c>
       <c r="H45" t="s">
-        <v>191</v>
+        <v>205</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>192</v>
+        <v>206</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D46" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E46" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F46" t="s">
+        <v>38</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="H46" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>210</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>211</v>
+      </c>
+      <c r="D47" t="s">
+        <v>185</v>
+      </c>
+      <c r="E47" t="s">
+        <v>186</v>
+      </c>
+      <c r="F47" t="s">
+        <v>38</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="H47" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>214</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>10</v>
+      </c>
+      <c r="D48" t="s">
+        <v>185</v>
+      </c>
+      <c r="E48" t="s">
+        <v>186</v>
+      </c>
+      <c r="F48" t="s">
+        <v>38</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H48" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>217</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>218</v>
+      </c>
+      <c r="D49" t="s">
+        <v>185</v>
+      </c>
+      <c r="E49" t="s">
+        <v>186</v>
+      </c>
+      <c r="F49" t="s">
+        <v>123</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H49" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>221</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>222</v>
+      </c>
+      <c r="D50" t="s">
+        <v>185</v>
+      </c>
+      <c r="E50" t="s">
+        <v>186</v>
+      </c>
+      <c r="F50" t="s">
+        <v>123</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H50" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>225</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>226</v>
+      </c>
+      <c r="D51" t="s">
+        <v>185</v>
+      </c>
+      <c r="E51" t="s">
+        <v>186</v>
+      </c>
+      <c r="F51" t="s">
+        <v>123</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H51" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>229</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>230</v>
+      </c>
+      <c r="D52" t="s">
+        <v>185</v>
+      </c>
+      <c r="E52" t="s">
+        <v>186</v>
+      </c>
+      <c r="F52" t="s">
+        <v>38</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H52" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>233</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>234</v>
+      </c>
+      <c r="D53" t="s">
+        <v>185</v>
+      </c>
+      <c r="E53" t="s">
+        <v>186</v>
+      </c>
+      <c r="F53" t="s">
+        <v>235</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H53" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>238</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>239</v>
+      </c>
+      <c r="D54" t="s">
+        <v>185</v>
+      </c>
+      <c r="E54" t="s">
+        <v>186</v>
+      </c>
+      <c r="F54" t="s">
+        <v>240</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H54" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>243</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>244</v>
+      </c>
+      <c r="D55" t="s">
+        <v>185</v>
+      </c>
+      <c r="E55" t="s">
+        <v>186</v>
+      </c>
+      <c r="F55" t="s">
+        <v>33</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H55" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>247</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>248</v>
+      </c>
+      <c r="D56" t="s">
+        <v>185</v>
+      </c>
+      <c r="E56" t="s">
+        <v>186</v>
+      </c>
+      <c r="F56" t="s">
+        <v>38</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H56" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>251</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>252</v>
+      </c>
+      <c r="D57" t="s">
+        <v>185</v>
+      </c>
+      <c r="E57" t="s">
+        <v>186</v>
+      </c>
+      <c r="F57" t="s">
+        <v>38</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H57" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>255</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>256</v>
+      </c>
+      <c r="D58" t="s">
+        <v>185</v>
+      </c>
+      <c r="E58" t="s">
+        <v>186</v>
+      </c>
+      <c r="F58" t="s">
+        <v>33</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H58" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>259</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>260</v>
+      </c>
+      <c r="D59" t="s">
+        <v>185</v>
+      </c>
+      <c r="E59" t="s">
+        <v>186</v>
+      </c>
+      <c r="F59" t="s">
+        <v>187</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H59" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>263</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>264</v>
+      </c>
+      <c r="D60" t="s">
+        <v>185</v>
+      </c>
+      <c r="E60" t="s">
+        <v>186</v>
+      </c>
+      <c r="F60" t="s">
+        <v>123</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H60" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>267</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>268</v>
+      </c>
+      <c r="D61" t="s">
+        <v>185</v>
+      </c>
+      <c r="E61" t="s">
+        <v>186</v>
+      </c>
+      <c r="F61" t="s">
+        <v>269</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H61" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>272</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>273</v>
+      </c>
+      <c r="D62" t="s">
+        <v>185</v>
+      </c>
+      <c r="E62" t="s">
+        <v>186</v>
+      </c>
+      <c r="F62" t="s">
+        <v>187</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="H62" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>276</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>277</v>
+      </c>
+      <c r="D63" t="s">
+        <v>185</v>
+      </c>
+      <c r="E63" t="s">
+        <v>186</v>
+      </c>
+      <c r="F63" t="s">
+        <v>45</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="H63" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>280</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>281</v>
+      </c>
+      <c r="D64" t="s">
+        <v>185</v>
+      </c>
+      <c r="E64" t="s">
+        <v>186</v>
+      </c>
+      <c r="F64" t="s">
+        <v>33</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H64" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>284</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>285</v>
+      </c>
+      <c r="D65" t="s">
+        <v>185</v>
+      </c>
+      <c r="E65" t="s">
+        <v>186</v>
+      </c>
+      <c r="F65" t="s">
+        <v>118</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="H65" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>288</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>289</v>
+      </c>
+      <c r="D66" t="s">
+        <v>185</v>
+      </c>
+      <c r="E66" t="s">
+        <v>186</v>
+      </c>
+      <c r="F66" t="s">
+        <v>38</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H66" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>292</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>293</v>
+      </c>
+      <c r="D67" t="s">
+        <v>185</v>
+      </c>
+      <c r="E67" t="s">
+        <v>186</v>
+      </c>
+      <c r="F67" t="s">
+        <v>38</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H67" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>296</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>297</v>
+      </c>
+      <c r="D68" t="s">
+        <v>185</v>
+      </c>
+      <c r="E68" t="s">
+        <v>186</v>
+      </c>
+      <c r="F68" t="s">
+        <v>123</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="H68" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>300</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>301</v>
+      </c>
+      <c r="D69" t="s">
+        <v>185</v>
+      </c>
+      <c r="E69" t="s">
+        <v>186</v>
+      </c>
+      <c r="F69" t="s">
+        <v>123</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H69" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>304</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>305</v>
+      </c>
+      <c r="D70" t="s">
+        <v>185</v>
+      </c>
+      <c r="E70" t="s">
+        <v>186</v>
+      </c>
+      <c r="F70" t="s">
+        <v>33</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H70" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>308</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>309</v>
+      </c>
+      <c r="D71" t="s">
+        <v>185</v>
+      </c>
+      <c r="E71" t="s">
+        <v>186</v>
+      </c>
+      <c r="F71" t="s">
+        <v>38</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="H71" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>312</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>313</v>
+      </c>
+      <c r="D72" t="s">
+        <v>185</v>
+      </c>
+      <c r="E72" t="s">
+        <v>186</v>
+      </c>
+      <c r="F72" t="s">
+        <v>38</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="H72" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>316</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>317</v>
+      </c>
+      <c r="D73" t="s">
+        <v>185</v>
+      </c>
+      <c r="E73" t="s">
+        <v>186</v>
+      </c>
+      <c r="F73" t="s">
+        <v>123</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H73" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>320</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>321</v>
+      </c>
+      <c r="D74" t="s">
+        <v>185</v>
+      </c>
+      <c r="E74" t="s">
+        <v>186</v>
+      </c>
+      <c r="F74" t="s">
+        <v>123</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="H74" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>324</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>325</v>
+      </c>
+      <c r="D75" t="s">
+        <v>185</v>
+      </c>
+      <c r="E75" t="s">
+        <v>186</v>
+      </c>
+      <c r="F75" t="s">
+        <v>33</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H75" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>328</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>184</v>
+      </c>
+      <c r="D76" t="s">
+        <v>329</v>
+      </c>
+      <c r="E76" t="s">
+        <v>330</v>
+      </c>
+      <c r="F76" t="s">
+        <v>123</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="H76" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>333</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>191</v>
+      </c>
+      <c r="D77" t="s">
+        <v>329</v>
+      </c>
+      <c r="E77" t="s">
+        <v>330</v>
+      </c>
+      <c r="F77" t="s">
+        <v>123</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="H77" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>336</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>195</v>
+      </c>
+      <c r="D78" t="s">
+        <v>329</v>
+      </c>
+      <c r="E78" t="s">
+        <v>330</v>
+      </c>
+      <c r="F78" t="s">
+        <v>187</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="H78" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>339</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>199</v>
+      </c>
+      <c r="D79" t="s">
+        <v>329</v>
+      </c>
+      <c r="E79" t="s">
+        <v>330</v>
+      </c>
+      <c r="F79" t="s">
+        <v>187</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H79" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>342</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>203</v>
+      </c>
+      <c r="D80" t="s">
+        <v>329</v>
+      </c>
+      <c r="E80" t="s">
+        <v>330</v>
+      </c>
+      <c r="F80" t="s">
+        <v>187</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="H80" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>345</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>207</v>
+      </c>
+      <c r="D81" t="s">
+        <v>329</v>
+      </c>
+      <c r="E81" t="s">
+        <v>330</v>
+      </c>
+      <c r="F81" t="s">
+        <v>33</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H81" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>348</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>211</v>
+      </c>
+      <c r="D82" t="s">
+        <v>329</v>
+      </c>
+      <c r="E82" t="s">
+        <v>330</v>
+      </c>
+      <c r="F82" t="s">
+        <v>33</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H82" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>351</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>10</v>
+      </c>
+      <c r="D83" t="s">
+        <v>329</v>
+      </c>
+      <c r="E83" t="s">
+        <v>330</v>
+      </c>
+      <c r="F83" t="s">
+        <v>33</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H83" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>354</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>218</v>
+      </c>
+      <c r="D84" t="s">
+        <v>329</v>
+      </c>
+      <c r="E84" t="s">
+        <v>330</v>
+      </c>
+      <c r="F84" t="s">
+        <v>355</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="H84" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>358</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>222</v>
+      </c>
+      <c r="D85" t="s">
+        <v>329</v>
+      </c>
+      <c r="E85" t="s">
+        <v>330</v>
+      </c>
+      <c r="F85" t="s">
+        <v>91</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H85" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>361</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>226</v>
+      </c>
+      <c r="D86" t="s">
+        <v>329</v>
+      </c>
+      <c r="E86" t="s">
+        <v>330</v>
+      </c>
+      <c r="F86" t="s">
+        <v>91</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="H86" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>364</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>230</v>
+      </c>
+      <c r="D87" t="s">
+        <v>329</v>
+      </c>
+      <c r="E87" t="s">
+        <v>330</v>
+      </c>
+      <c r="F87" t="s">
+        <v>91</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H87" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>367</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>234</v>
+      </c>
+      <c r="D88" t="s">
+        <v>329</v>
+      </c>
+      <c r="E88" t="s">
+        <v>330</v>
+      </c>
+      <c r="F88" t="s">
+        <v>67</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="H88" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>370</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>239</v>
+      </c>
+      <c r="D89" t="s">
+        <v>329</v>
+      </c>
+      <c r="E89" t="s">
+        <v>330</v>
+      </c>
+      <c r="F89" t="s">
+        <v>67</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H89" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>373</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>244</v>
+      </c>
+      <c r="D90" t="s">
+        <v>329</v>
+      </c>
+      <c r="E90" t="s">
+        <v>330</v>
+      </c>
+      <c r="F90" t="s">
+        <v>67</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H90" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>376</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>248</v>
+      </c>
+      <c r="D91" t="s">
+        <v>329</v>
+      </c>
+      <c r="E91" t="s">
+        <v>330</v>
+      </c>
+      <c r="F91" t="s">
+        <v>45</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H91" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>379</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>252</v>
+      </c>
+      <c r="D92" t="s">
+        <v>329</v>
+      </c>
+      <c r="E92" t="s">
+        <v>330</v>
+      </c>
+      <c r="F92" t="s">
+        <v>45</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="H92" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>382</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>256</v>
+      </c>
+      <c r="D93" t="s">
+        <v>329</v>
+      </c>
+      <c r="E93" t="s">
+        <v>330</v>
+      </c>
+      <c r="F93" t="s">
+        <v>45</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="H93" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>385</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>260</v>
+      </c>
+      <c r="D94" t="s">
+        <v>329</v>
+      </c>
+      <c r="E94" t="s">
+        <v>330</v>
+      </c>
+      <c r="F94" t="s">
+        <v>118</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="H94" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>388</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>264</v>
+      </c>
+      <c r="D95" t="s">
+        <v>329</v>
+      </c>
+      <c r="E95" t="s">
+        <v>330</v>
+      </c>
+      <c r="F95" t="s">
+        <v>118</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="H95" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>391</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>268</v>
+      </c>
+      <c r="D96" t="s">
+        <v>329</v>
+      </c>
+      <c r="E96" t="s">
+        <v>330</v>
+      </c>
+      <c r="F96" t="s">
+        <v>118</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="H96" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>394</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>273</v>
+      </c>
+      <c r="D97" t="s">
+        <v>329</v>
+      </c>
+      <c r="E97" t="s">
+        <v>330</v>
+      </c>
+      <c r="F97" t="s">
+        <v>395</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="H97" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>398</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>277</v>
+      </c>
+      <c r="D98" t="s">
+        <v>329</v>
+      </c>
+      <c r="E98" t="s">
+        <v>330</v>
+      </c>
+      <c r="F98" t="s">
+        <v>395</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="H98" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>401</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>281</v>
+      </c>
+      <c r="D99" t="s">
+        <v>329</v>
+      </c>
+      <c r="E99" t="s">
+        <v>330</v>
+      </c>
+      <c r="F99" t="s">
+        <v>123</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H99" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>404</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>285</v>
+      </c>
+      <c r="D100" t="s">
+        <v>329</v>
+      </c>
+      <c r="E100" t="s">
+        <v>330</v>
+      </c>
+      <c r="F100" t="s">
+        <v>405</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="H100" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>408</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>289</v>
+      </c>
+      <c r="D101" t="s">
+        <v>329</v>
+      </c>
+      <c r="E101" t="s">
+        <v>330</v>
+      </c>
+      <c r="F101" t="s">
+        <v>355</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="H101" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>411</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>293</v>
+      </c>
+      <c r="D102" t="s">
+        <v>329</v>
+      </c>
+      <c r="E102" t="s">
+        <v>330</v>
+      </c>
+      <c r="F102" t="s">
+        <v>355</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="H102" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>414</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>297</v>
+      </c>
+      <c r="D103" t="s">
+        <v>329</v>
+      </c>
+      <c r="E103" t="s">
+        <v>330</v>
+      </c>
+      <c r="F103" t="s">
+        <v>38</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="H103" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>417</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>301</v>
+      </c>
+      <c r="D104" t="s">
+        <v>329</v>
+      </c>
+      <c r="E104" t="s">
+        <v>330</v>
+      </c>
+      <c r="F104" t="s">
+        <v>38</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="H104" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>420</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>305</v>
+      </c>
+      <c r="D105" t="s">
+        <v>329</v>
+      </c>
+      <c r="E105" t="s">
+        <v>330</v>
+      </c>
+      <c r="F105" t="s">
+        <v>118</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="H105" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>423</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>309</v>
+      </c>
+      <c r="D106" t="s">
+        <v>329</v>
+      </c>
+      <c r="E106" t="s">
+        <v>330</v>
+      </c>
+      <c r="F106" t="s">
+        <v>118</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="H106" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>426</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>313</v>
+      </c>
+      <c r="D107" t="s">
+        <v>329</v>
+      </c>
+      <c r="E107" t="s">
+        <v>330</v>
+      </c>
+      <c r="F107" t="s">
+        <v>118</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="H107" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>429</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>317</v>
+      </c>
+      <c r="D108" t="s">
+        <v>329</v>
+      </c>
+      <c r="E108" t="s">
+        <v>330</v>
+      </c>
+      <c r="F108" t="s">
+        <v>355</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H108" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>432</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>321</v>
+      </c>
+      <c r="D109" t="s">
+        <v>329</v>
+      </c>
+      <c r="E109" t="s">
+        <v>330</v>
+      </c>
+      <c r="F109" t="s">
+        <v>187</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="H109" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>435</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>325</v>
+      </c>
+      <c r="D110" t="s">
+        <v>329</v>
+      </c>
+      <c r="E110" t="s">
+        <v>330</v>
+      </c>
+      <c r="F110" t="s">
+        <v>187</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="H110" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>438</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>439</v>
+      </c>
+      <c r="D111" t="s">
+        <v>329</v>
+      </c>
+      <c r="E111" t="s">
+        <v>330</v>
+      </c>
+      <c r="F111" t="s">
+        <v>187</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="H111" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>442</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>443</v>
+      </c>
+      <c r="D112" t="s">
+        <v>329</v>
+      </c>
+      <c r="E112" t="s">
+        <v>330</v>
+      </c>
+      <c r="F112" t="s">
+        <v>355</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="H112" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>446</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>447</v>
+      </c>
+      <c r="D113" t="s">
+        <v>329</v>
+      </c>
+      <c r="E113" t="s">
+        <v>330</v>
+      </c>
+      <c r="F113" t="s">
+        <v>45</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="H113" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>450</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>451</v>
+      </c>
+      <c r="D114" t="s">
+        <v>329</v>
+      </c>
+      <c r="E114" t="s">
+        <v>330</v>
+      </c>
+      <c r="F114" t="s">
+        <v>45</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="H114" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>454</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>455</v>
+      </c>
+      <c r="D115" t="s">
+        <v>329</v>
+      </c>
+      <c r="E115" t="s">
+        <v>330</v>
+      </c>
+      <c r="F115" t="s">
+        <v>45</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="H115" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>458</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>459</v>
+      </c>
+      <c r="D116" t="s">
+        <v>329</v>
+      </c>
+      <c r="E116" t="s">
+        <v>330</v>
+      </c>
+      <c r="F116" t="s">
+        <v>33</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H116" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>462</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>463</v>
+      </c>
+      <c r="D117" t="s">
+        <v>329</v>
+      </c>
+      <c r="E117" t="s">
+        <v>330</v>
+      </c>
+      <c r="F117" t="s">
+        <v>33</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="H117" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>466</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>467</v>
+      </c>
+      <c r="D118" t="s">
+        <v>329</v>
+      </c>
+      <c r="E118" t="s">
+        <v>330</v>
+      </c>
+      <c r="F118" t="s">
+        <v>33</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="H118" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>470</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>471</v>
+      </c>
+      <c r="D119" t="s">
+        <v>329</v>
+      </c>
+      <c r="E119" t="s">
+        <v>330</v>
+      </c>
+      <c r="F119" t="s">
+        <v>67</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H119" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>474</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>475</v>
+      </c>
+      <c r="D120" t="s">
+        <v>329</v>
+      </c>
+      <c r="E120" t="s">
+        <v>330</v>
+      </c>
+      <c r="F120" t="s">
+        <v>67</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H120" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>478</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>479</v>
+      </c>
+      <c r="D121" t="s">
+        <v>329</v>
+      </c>
+      <c r="E121" t="s">
+        <v>330</v>
+      </c>
+      <c r="F121" t="s">
+        <v>395</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="H121" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>482</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>483</v>
+      </c>
+      <c r="D122" t="s">
+        <v>329</v>
+      </c>
+      <c r="E122" t="s">
+        <v>330</v>
+      </c>
+      <c r="F122" t="s">
+        <v>395</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="H122" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>486</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>487</v>
+      </c>
+      <c r="D123" t="s">
+        <v>329</v>
+      </c>
+      <c r="E123" t="s">
+        <v>330</v>
+      </c>
+      <c r="F123" t="s">
+        <v>91</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="H123" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>490</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>491</v>
+      </c>
+      <c r="D124" t="s">
+        <v>329</v>
+      </c>
+      <c r="E124" t="s">
+        <v>330</v>
+      </c>
+      <c r="F124" t="s">
+        <v>91</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="H124" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>494</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>495</v>
+      </c>
+      <c r="D125" t="s">
+        <v>329</v>
+      </c>
+      <c r="E125" t="s">
+        <v>330</v>
+      </c>
+      <c r="F125" t="s">
+        <v>38</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="H125" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>498</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>499</v>
+      </c>
+      <c r="D126" t="s">
+        <v>329</v>
+      </c>
+      <c r="E126" t="s">
+        <v>330</v>
+      </c>
+      <c r="F126" t="s">
+        <v>38</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="H126" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>502</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>503</v>
+      </c>
+      <c r="D127" t="s">
+        <v>329</v>
+      </c>
+      <c r="E127" t="s">
+        <v>330</v>
+      </c>
+      <c r="F127" t="s">
+        <v>395</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="H127" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>506</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>507</v>
+      </c>
+      <c r="D128" t="s">
+        <v>329</v>
+      </c>
+      <c r="E128" t="s">
+        <v>330</v>
+      </c>
+      <c r="F128" t="s">
+        <v>355</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="H128" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>510</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>511</v>
+      </c>
+      <c r="D129" t="s">
+        <v>329</v>
+      </c>
+      <c r="E129" t="s">
+        <v>330</v>
+      </c>
+      <c r="F129" t="s">
+        <v>123</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="H129" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>514</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>515</v>
+      </c>
+      <c r="D130" t="s">
+        <v>329</v>
+      </c>
+      <c r="E130" t="s">
+        <v>330</v>
+      </c>
+      <c r="F130" t="s">
+        <v>123</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="H130" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>518</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>519</v>
+      </c>
+      <c r="D131" t="s">
+        <v>329</v>
+      </c>
+      <c r="E131" t="s">
+        <v>330</v>
+      </c>
+      <c r="F131" t="s">
+        <v>123</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="H131" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>522</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>523</v>
+      </c>
+      <c r="D132" t="s">
+        <v>329</v>
+      </c>
+      <c r="E132" t="s">
+        <v>330</v>
+      </c>
+      <c r="F132" t="s">
+        <v>33</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="H132" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>526</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>527</v>
+      </c>
+      <c r="D133" t="s">
+        <v>329</v>
+      </c>
+      <c r="E133" t="s">
+        <v>330</v>
+      </c>
+      <c r="F133" t="s">
+        <v>118</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="H133" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>530</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>531</v>
+      </c>
+      <c r="D134" t="s">
+        <v>329</v>
+      </c>
+      <c r="E134" t="s">
+        <v>330</v>
+      </c>
+      <c r="F134" t="s">
+        <v>91</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="H134" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>534</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>535</v>
+      </c>
+      <c r="D135" t="s">
+        <v>329</v>
+      </c>
+      <c r="E135" t="s">
+        <v>330</v>
+      </c>
+      <c r="F135" t="s">
+        <v>91</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="H135" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>538</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>539</v>
+      </c>
+      <c r="D136" t="s">
+        <v>329</v>
+      </c>
+      <c r="E136" t="s">
+        <v>330</v>
+      </c>
+      <c r="F136" t="s">
+        <v>33</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="H136" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>542</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>543</v>
+      </c>
+      <c r="D137" t="s">
+        <v>329</v>
+      </c>
+      <c r="E137" t="s">
+        <v>330</v>
+      </c>
+      <c r="F137" t="s">
+        <v>33</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="H137" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>546</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>547</v>
+      </c>
+      <c r="D138" t="s">
+        <v>329</v>
+      </c>
+      <c r="E138" t="s">
+        <v>330</v>
+      </c>
+      <c r="F138" t="s">
+        <v>395</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="H138" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>550</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>551</v>
+      </c>
+      <c r="D139" t="s">
+        <v>329</v>
+      </c>
+      <c r="E139" t="s">
+        <v>330</v>
+      </c>
+      <c r="F139" t="s">
+        <v>67</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="H139" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>554</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>555</v>
+      </c>
+      <c r="D140" t="s">
+        <v>329</v>
+      </c>
+      <c r="E140" t="s">
+        <v>330</v>
+      </c>
+      <c r="F140" t="s">
+        <v>118</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="H140" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>558</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>559</v>
+      </c>
+      <c r="D141" t="s">
+        <v>329</v>
+      </c>
+      <c r="E141" t="s">
+        <v>330</v>
+      </c>
+      <c r="F141" t="s">
+        <v>355</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="H141" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>562</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>563</v>
+      </c>
+      <c r="D142" t="s">
+        <v>329</v>
+      </c>
+      <c r="E142" t="s">
+        <v>330</v>
+      </c>
+      <c r="F142" t="s">
+        <v>395</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="H142" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>566</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>567</v>
+      </c>
+      <c r="D143" t="s">
+        <v>329</v>
+      </c>
+      <c r="E143" t="s">
+        <v>330</v>
+      </c>
+      <c r="F143" t="s">
+        <v>118</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="H143" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>570</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>571</v>
+      </c>
+      <c r="D144" t="s">
+        <v>329</v>
+      </c>
+      <c r="E144" t="s">
+        <v>330</v>
+      </c>
+      <c r="F144" t="s">
+        <v>33</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="H144" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>574</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>575</v>
+      </c>
+      <c r="D145" t="s">
+        <v>329</v>
+      </c>
+      <c r="E145" t="s">
+        <v>330</v>
+      </c>
+      <c r="F145" t="s">
+        <v>45</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="H145" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>578</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>579</v>
+      </c>
+      <c r="D146" t="s">
+        <v>329</v>
+      </c>
+      <c r="E146" t="s">
+        <v>330</v>
+      </c>
+      <c r="F146" t="s">
+        <v>38</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H146" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>582</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>583</v>
+      </c>
+      <c r="D147" t="s">
+        <v>329</v>
+      </c>
+      <c r="E147" t="s">
+        <v>330</v>
+      </c>
+      <c r="F147" t="s">
+        <v>45</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H147" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>586</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>587</v>
+      </c>
+      <c r="D148" t="s">
+        <v>329</v>
+      </c>
+      <c r="E148" t="s">
+        <v>330</v>
+      </c>
+      <c r="F148" t="s">
+        <v>45</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="H148" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>590</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>591</v>
+      </c>
+      <c r="D149" t="s">
+        <v>329</v>
+      </c>
+      <c r="E149" t="s">
+        <v>330</v>
+      </c>
+      <c r="F149" t="s">
+        <v>38</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="H149" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>594</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>595</v>
+      </c>
+      <c r="D150" t="s">
+        <v>329</v>
+      </c>
+      <c r="E150" t="s">
+        <v>330</v>
+      </c>
+      <c r="F150" t="s">
+        <v>91</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="H150" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>598</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>599</v>
+      </c>
+      <c r="D151" t="s">
+        <v>329</v>
+      </c>
+      <c r="E151" t="s">
+        <v>330</v>
+      </c>
+      <c r="F151" t="s">
+        <v>38</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="H151" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>602</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>603</v>
+      </c>
+      <c r="D152" t="s">
+        <v>329</v>
+      </c>
+      <c r="E152" t="s">
+        <v>330</v>
+      </c>
+      <c r="F152" t="s">
+        <v>187</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="H152" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>606</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>607</v>
+      </c>
+      <c r="D153" t="s">
+        <v>329</v>
+      </c>
+      <c r="E153" t="s">
+        <v>330</v>
+      </c>
+      <c r="F153" t="s">
+        <v>187</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="H153" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>610</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>611</v>
+      </c>
+      <c r="D154" t="s">
+        <v>329</v>
+      </c>
+      <c r="E154" t="s">
+        <v>330</v>
+      </c>
+      <c r="F154" t="s">
+        <v>123</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="H154" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>614</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>615</v>
+      </c>
+      <c r="D155" t="s">
+        <v>329</v>
+      </c>
+      <c r="E155" t="s">
+        <v>330</v>
+      </c>
+      <c r="F155" t="s">
+        <v>123</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="H155" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>618</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>619</v>
+      </c>
+      <c r="D156" t="s">
+        <v>329</v>
+      </c>
+      <c r="E156" t="s">
+        <v>330</v>
+      </c>
+      <c r="F156" t="s">
+        <v>123</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="H156" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>622</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>623</v>
+      </c>
+      <c r="D157" t="s">
+        <v>329</v>
+      </c>
+      <c r="E157" t="s">
+        <v>330</v>
+      </c>
+      <c r="F157" t="s">
+        <v>187</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="H157" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>626</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>627</v>
+      </c>
+      <c r="D158" t="s">
+        <v>329</v>
+      </c>
+      <c r="E158" t="s">
+        <v>330</v>
+      </c>
+      <c r="F158" t="s">
+        <v>355</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="H158" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>630</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>631</v>
+      </c>
+      <c r="D159" t="s">
+        <v>329</v>
+      </c>
+      <c r="E159" t="s">
+        <v>330</v>
+      </c>
+      <c r="F159" t="s">
+        <v>395</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="H159" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>634</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>635</v>
+      </c>
+      <c r="D160" t="s">
+        <v>329</v>
+      </c>
+      <c r="E160" t="s">
+        <v>330</v>
+      </c>
+      <c r="F160" t="s">
+        <v>395</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="H160" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>638</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>639</v>
+      </c>
+      <c r="D161" t="s">
+        <v>329</v>
+      </c>
+      <c r="E161" t="s">
+        <v>330</v>
+      </c>
+      <c r="F161" t="s">
+        <v>187</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="H161" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>642</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>643</v>
+      </c>
+      <c r="D162" t="s">
+        <v>329</v>
+      </c>
+      <c r="E162" t="s">
+        <v>330</v>
+      </c>
+      <c r="F162" t="s">
+        <v>187</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="H162" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>646</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>647</v>
+      </c>
+      <c r="D163" t="s">
+        <v>329</v>
+      </c>
+      <c r="E163" t="s">
+        <v>330</v>
+      </c>
+      <c r="F163" t="s">
+        <v>187</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="H163" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>650</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>651</v>
+      </c>
+      <c r="D164" t="s">
+        <v>329</v>
+      </c>
+      <c r="E164" t="s">
+        <v>330</v>
+      </c>
+      <c r="F164" t="s">
+        <v>45</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="H164" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>654</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>655</v>
+      </c>
+      <c r="D165" t="s">
+        <v>329</v>
+      </c>
+      <c r="E165" t="s">
+        <v>330</v>
+      </c>
+      <c r="F165" t="s">
+        <v>45</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H165" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>658</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>659</v>
+      </c>
+      <c r="D166" t="s">
+        <v>329</v>
+      </c>
+      <c r="E166" t="s">
+        <v>330</v>
+      </c>
+      <c r="F166" t="s">
+        <v>45</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="H166" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>662</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>663</v>
+      </c>
+      <c r="D167" t="s">
+        <v>329</v>
+      </c>
+      <c r="E167" t="s">
+        <v>330</v>
+      </c>
+      <c r="F167" t="s">
+        <v>67</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="H167" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>666</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>667</v>
+      </c>
+      <c r="D168" t="s">
+        <v>329</v>
+      </c>
+      <c r="E168" t="s">
+        <v>330</v>
+      </c>
+      <c r="F168" t="s">
+        <v>33</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="H168" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>670</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>671</v>
+      </c>
+      <c r="D169" t="s">
+        <v>329</v>
+      </c>
+      <c r="E169" t="s">
+        <v>330</v>
+      </c>
+      <c r="F169" t="s">
+        <v>67</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H169" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>674</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>675</v>
+      </c>
+      <c r="D170" t="s">
+        <v>329</v>
+      </c>
+      <c r="E170" t="s">
+        <v>330</v>
+      </c>
+      <c r="F170" t="s">
+        <v>67</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="H170" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>678</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>679</v>
+      </c>
+      <c r="D171" t="s">
+        <v>329</v>
+      </c>
+      <c r="E171" t="s">
+        <v>330</v>
+      </c>
+      <c r="F171" t="s">
+        <v>67</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="H171" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>681</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>682</v>
+      </c>
+      <c r="D172" t="s">
+        <v>329</v>
+      </c>
+      <c r="E172" t="s">
+        <v>330</v>
+      </c>
+      <c r="F172" t="s">
+        <v>91</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="H172" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>685</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>686</v>
+      </c>
+      <c r="D173" t="s">
+        <v>329</v>
+      </c>
+      <c r="E173" t="s">
+        <v>330</v>
+      </c>
+      <c r="F173" t="s">
+        <v>91</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="H173" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>689</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>690</v>
+      </c>
+      <c r="D174" t="s">
+        <v>329</v>
+      </c>
+      <c r="E174" t="s">
+        <v>330</v>
+      </c>
+      <c r="F174" t="s">
+        <v>33</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="H174" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>693</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>694</v>
+      </c>
+      <c r="D175" t="s">
+        <v>329</v>
+      </c>
+      <c r="E175" t="s">
+        <v>330</v>
+      </c>
+      <c r="F175" t="s">
+        <v>355</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="H175" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>697</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>698</v>
+      </c>
+      <c r="D176" t="s">
+        <v>329</v>
+      </c>
+      <c r="E176" t="s">
+        <v>330</v>
+      </c>
+      <c r="F176" t="s">
+        <v>118</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="H176" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>701</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>702</v>
+      </c>
+      <c r="D177" t="s">
+        <v>329</v>
+      </c>
+      <c r="E177" t="s">
+        <v>330</v>
+      </c>
+      <c r="F177" t="s">
+        <v>118</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="H177" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>705</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>706</v>
+      </c>
+      <c r="D178" t="s">
+        <v>329</v>
+      </c>
+      <c r="E178" t="s">
+        <v>330</v>
+      </c>
+      <c r="F178" t="s">
+        <v>118</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="H178" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>709</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>710</v>
+      </c>
+      <c r="D179" t="s">
+        <v>329</v>
+      </c>
+      <c r="E179" t="s">
+        <v>330</v>
+      </c>
+      <c r="F179" t="s">
+        <v>711</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H179" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>714</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>715</v>
+      </c>
+      <c r="D180" t="s">
+        <v>329</v>
+      </c>
+      <c r="E180" t="s">
+        <v>330</v>
+      </c>
+      <c r="F180" t="s">
+        <v>123</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="H180" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>718</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>719</v>
+      </c>
+      <c r="D181" t="s">
+        <v>329</v>
+      </c>
+      <c r="E181" t="s">
+        <v>330</v>
+      </c>
+      <c r="F181" t="s">
+        <v>123</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="H181" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>722</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>723</v>
+      </c>
+      <c r="D182" t="s">
+        <v>329</v>
+      </c>
+      <c r="E182" t="s">
+        <v>330</v>
+      </c>
+      <c r="F182" t="s">
+        <v>38</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="H182" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>726</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>727</v>
+      </c>
+      <c r="D183" t="s">
+        <v>329</v>
+      </c>
+      <c r="E183" t="s">
+        <v>330</v>
+      </c>
+      <c r="F183" t="s">
+        <v>38</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="H183" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>730</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>731</v>
+      </c>
+      <c r="D184" t="s">
+        <v>329</v>
+      </c>
+      <c r="E184" t="s">
+        <v>330</v>
+      </c>
+      <c r="F184" t="s">
+        <v>395</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="H184" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>734</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>735</v>
+      </c>
+      <c r="D185" t="s">
+        <v>329</v>
+      </c>
+      <c r="E185" t="s">
+        <v>330</v>
+      </c>
+      <c r="F185" t="s">
+        <v>395</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="H185" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>738</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>739</v>
+      </c>
+      <c r="D186" t="s">
+        <v>329</v>
+      </c>
+      <c r="E186" t="s">
+        <v>330</v>
+      </c>
+      <c r="F186" t="s">
+        <v>395</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="H186" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>742</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>743</v>
+      </c>
+      <c r="D187" t="s">
+        <v>329</v>
+      </c>
+      <c r="E187" t="s">
+        <v>330</v>
+      </c>
+      <c r="F187" t="s">
+        <v>38</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="H187" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>746</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>747</v>
+      </c>
+      <c r="D188" t="s">
+        <v>329</v>
+      </c>
+      <c r="E188" t="s">
+        <v>330</v>
+      </c>
+      <c r="F188" t="s">
+        <v>118</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="H188" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>750</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>751</v>
+      </c>
+      <c r="D189" t="s">
+        <v>329</v>
+      </c>
+      <c r="E189" t="s">
+        <v>330</v>
+      </c>
+      <c r="F189" t="s">
+        <v>118</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="H189" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>754</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>755</v>
+      </c>
+      <c r="D190" t="s">
+        <v>329</v>
+      </c>
+      <c r="E190" t="s">
+        <v>330</v>
+      </c>
+      <c r="F190" t="s">
+        <v>118</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="H190" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>758</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>759</v>
+      </c>
+      <c r="D191" t="s">
+        <v>329</v>
+      </c>
+      <c r="E191" t="s">
+        <v>330</v>
+      </c>
+      <c r="F191" t="s">
+        <v>123</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="H191" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>762</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>763</v>
+      </c>
+      <c r="D192" t="s">
+        <v>329</v>
+      </c>
+      <c r="E192" t="s">
+        <v>330</v>
+      </c>
+      <c r="F192" t="s">
+        <v>123</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="H192" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>766</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>767</v>
+      </c>
+      <c r="D193" t="s">
+        <v>329</v>
+      </c>
+      <c r="E193" t="s">
+        <v>330</v>
+      </c>
+      <c r="F193" t="s">
+        <v>123</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="H193" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>770</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>771</v>
+      </c>
+      <c r="D194" t="s">
+        <v>329</v>
+      </c>
+      <c r="E194" t="s">
+        <v>330</v>
+      </c>
+      <c r="F194" t="s">
+        <v>187</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="H194" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>774</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>775</v>
+      </c>
+      <c r="D195" t="s">
+        <v>329</v>
+      </c>
+      <c r="E195" t="s">
+        <v>330</v>
+      </c>
+      <c r="F195" t="s">
+        <v>355</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="H195" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>778</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>779</v>
+      </c>
+      <c r="D196" t="s">
+        <v>329</v>
+      </c>
+      <c r="E196" t="s">
+        <v>330</v>
+      </c>
+      <c r="F196" t="s">
+        <v>45</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="H196" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>782</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>783</v>
+      </c>
+      <c r="D197" t="s">
+        <v>329</v>
+      </c>
+      <c r="E197" t="s">
+        <v>330</v>
+      </c>
+      <c r="F197" t="s">
+        <v>45</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="H197" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>786</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>787</v>
+      </c>
+      <c r="D198" t="s">
+        <v>329</v>
+      </c>
+      <c r="E198" t="s">
+        <v>330</v>
+      </c>
+      <c r="F198" t="s">
+        <v>45</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="H198" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>790</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>791</v>
+      </c>
+      <c r="D199" t="s">
+        <v>329</v>
+      </c>
+      <c r="E199" t="s">
+        <v>330</v>
+      </c>
+      <c r="F199" t="s">
+        <v>91</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="H199" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>794</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>795</v>
+      </c>
+      <c r="D200" t="s">
+        <v>329</v>
+      </c>
+      <c r="E200" t="s">
+        <v>330</v>
+      </c>
+      <c r="F200" t="s">
+        <v>91</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="H200" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>798</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>799</v>
+      </c>
+      <c r="D201" t="s">
+        <v>329</v>
+      </c>
+      <c r="E201" t="s">
+        <v>330</v>
+      </c>
+      <c r="F201" t="s">
+        <v>91</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H201" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>802</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>803</v>
+      </c>
+      <c r="D202" t="s">
+        <v>329</v>
+      </c>
+      <c r="E202" t="s">
+        <v>330</v>
+      </c>
+      <c r="F202" t="s">
+        <v>67</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="H202" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>806</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>807</v>
+      </c>
+      <c r="D203" t="s">
+        <v>329</v>
+      </c>
+      <c r="E203" t="s">
+        <v>330</v>
+      </c>
+      <c r="F203" t="s">
+        <v>355</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="H203" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>810</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>811</v>
+      </c>
+      <c r="D204" t="s">
+        <v>329</v>
+      </c>
+      <c r="E204" t="s">
+        <v>330</v>
+      </c>
+      <c r="F204" t="s">
+        <v>33</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="H204" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>814</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>815</v>
+      </c>
+      <c r="D205" t="s">
+        <v>329</v>
+      </c>
+      <c r="E205" t="s">
+        <v>330</v>
+      </c>
+      <c r="F205" t="s">
+        <v>187</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="H205" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>818</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>819</v>
+      </c>
+      <c r="D206" t="s">
+        <v>329</v>
+      </c>
+      <c r="E206" t="s">
+        <v>330</v>
+      </c>
+      <c r="F206" t="s">
+        <v>187</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="H206" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>822</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>823</v>
+      </c>
+      <c r="D207" t="s">
+        <v>329</v>
+      </c>
+      <c r="E207" t="s">
+        <v>330</v>
+      </c>
+      <c r="F207" t="s">
+        <v>33</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="H207" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>826</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>827</v>
+      </c>
+      <c r="D208" t="s">
+        <v>329</v>
+      </c>
+      <c r="E208" t="s">
+        <v>330</v>
+      </c>
+      <c r="F208" t="s">
+        <v>33</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="H208" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>830</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>831</v>
+      </c>
+      <c r="D209" t="s">
+        <v>329</v>
+      </c>
+      <c r="E209" t="s">
+        <v>330</v>
+      </c>
+      <c r="F209" t="s">
+        <v>67</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="H209" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>834</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>835</v>
+      </c>
+      <c r="D210" t="s">
+        <v>329</v>
+      </c>
+      <c r="E210" t="s">
+        <v>330</v>
+      </c>
+      <c r="F210" t="s">
+        <v>67</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="H210" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>838</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>839</v>
+      </c>
+      <c r="D211" t="s">
+        <v>329</v>
+      </c>
+      <c r="E211" t="s">
+        <v>330</v>
+      </c>
+      <c r="F211" t="s">
+        <v>67</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="H211" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>842</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>843</v>
+      </c>
+      <c r="D212" t="s">
+        <v>329</v>
+      </c>
+      <c r="E212" t="s">
+        <v>330</v>
+      </c>
+      <c r="F212" t="s">
+        <v>355</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="H212" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>846</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>847</v>
+      </c>
+      <c r="D213" t="s">
+        <v>329</v>
+      </c>
+      <c r="E213" t="s">
+        <v>330</v>
+      </c>
+      <c r="F213" t="s">
+        <v>355</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="H213" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>850</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>851</v>
+      </c>
+      <c r="D214" t="s">
+        <v>329</v>
+      </c>
+      <c r="E214" t="s">
+        <v>330</v>
+      </c>
+      <c r="F214" t="s">
+        <v>187</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="H214" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>854</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>855</v>
+      </c>
+      <c r="D215" t="s">
+        <v>329</v>
+      </c>
+      <c r="E215" t="s">
+        <v>330</v>
+      </c>
+      <c r="F215" t="s">
+        <v>187</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="H215" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>858</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>859</v>
+      </c>
+      <c r="D216" t="s">
+        <v>329</v>
+      </c>
+      <c r="E216" t="s">
+        <v>330</v>
+      </c>
+      <c r="F216" t="s">
+        <v>187</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="H216" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>862</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>863</v>
+      </c>
+      <c r="D217" t="s">
+        <v>329</v>
+      </c>
+      <c r="E217" t="s">
+        <v>330</v>
+      </c>
+      <c r="F217" t="s">
+        <v>118</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="H217" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>866</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>867</v>
+      </c>
+      <c r="D218" t="s">
+        <v>329</v>
+      </c>
+      <c r="E218" t="s">
+        <v>330</v>
+      </c>
+      <c r="F218" t="s">
+        <v>118</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="H218" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>870</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>871</v>
+      </c>
+      <c r="D219" t="s">
+        <v>329</v>
+      </c>
+      <c r="E219" t="s">
+        <v>330</v>
+      </c>
+      <c r="F219" t="s">
+        <v>118</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="H219" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>874</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>875</v>
+      </c>
+      <c r="D220" t="s">
+        <v>329</v>
+      </c>
+      <c r="E220" t="s">
+        <v>330</v>
+      </c>
+      <c r="F220" t="s">
+        <v>45</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="H220" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>878</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>879</v>
+      </c>
+      <c r="D221" t="s">
+        <v>329</v>
+      </c>
+      <c r="E221" t="s">
+        <v>330</v>
+      </c>
+      <c r="F221" t="s">
+        <v>45</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="H221" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>882</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>883</v>
+      </c>
+      <c r="D222" t="s">
+        <v>329</v>
+      </c>
+      <c r="E222" t="s">
+        <v>330</v>
+      </c>
+      <c r="F222" t="s">
+        <v>45</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="H222" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>886</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>887</v>
+      </c>
+      <c r="D223" t="s">
+        <v>329</v>
+      </c>
+      <c r="E223" t="s">
+        <v>330</v>
+      </c>
+      <c r="F223" t="s">
+        <v>38</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="H223" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>890</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>891</v>
+      </c>
+      <c r="D224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E224" t="s">
+        <v>330</v>
+      </c>
+      <c r="F224" t="s">
+        <v>38</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="H224" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>894</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>895</v>
+      </c>
+      <c r="D225" t="s">
+        <v>329</v>
+      </c>
+      <c r="E225" t="s">
+        <v>330</v>
+      </c>
+      <c r="F225" t="s">
+        <v>38</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="H225" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>898</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>17</v>
+      </c>
+      <c r="D226" t="s">
+        <v>329</v>
+      </c>
+      <c r="E226" t="s">
+        <v>330</v>
+      </c>
+      <c r="F226" t="s">
+        <v>395</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="H226" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>901</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>24</v>
+      </c>
+      <c r="D227" t="s">
+        <v>329</v>
+      </c>
+      <c r="E227" t="s">
+        <v>330</v>
+      </c>
+      <c r="F227" t="s">
+        <v>355</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="H227" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>904</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>28</v>
+      </c>
+      <c r="D228" t="s">
+        <v>329</v>
+      </c>
+      <c r="E228" t="s">
+        <v>330</v>
+      </c>
+      <c r="F228" t="s">
+        <v>123</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="H228" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>907</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>32</v>
+      </c>
+      <c r="D229" t="s">
+        <v>329</v>
+      </c>
+      <c r="E229" t="s">
+        <v>330</v>
+      </c>
+      <c r="F229" t="s">
+        <v>123</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="H229" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>910</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>37</v>
+      </c>
+      <c r="D230" t="s">
+        <v>329</v>
+      </c>
+      <c r="E230" t="s">
+        <v>330</v>
+      </c>
+      <c r="F230" t="s">
+        <v>395</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="H230" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>913</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>914</v>
+      </c>
+      <c r="D231" t="s">
+        <v>329</v>
+      </c>
+      <c r="E231" t="s">
+        <v>330</v>
+      </c>
+      <c r="F231" t="s">
+        <v>123</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="H231" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>917</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>918</v>
+      </c>
+      <c r="D232" t="s">
+        <v>329</v>
+      </c>
+      <c r="E232" t="s">
+        <v>330</v>
+      </c>
+      <c r="F232" t="s">
+        <v>33</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="H232" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>921</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>922</v>
+      </c>
+      <c r="D233" t="s">
+        <v>329</v>
+      </c>
+      <c r="E233" t="s">
+        <v>330</v>
+      </c>
+      <c r="F233" t="s">
+        <v>33</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="H233" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>925</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>184</v>
+      </c>
+      <c r="D234" t="s">
+        <v>926</v>
+      </c>
+      <c r="E234" t="s">
+        <v>927</v>
+      </c>
+      <c r="F234" t="s">
+        <v>405</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="H234" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>930</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>191</v>
+      </c>
+      <c r="D235" t="s">
+        <v>926</v>
+      </c>
+      <c r="E235" t="s">
+        <v>927</v>
+      </c>
+      <c r="F235" t="s">
+        <v>123</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="H235" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>933</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>195</v>
+      </c>
+      <c r="D236" t="s">
+        <v>926</v>
+      </c>
+      <c r="E236" t="s">
+        <v>927</v>
+      </c>
+      <c r="F236" t="s">
+        <v>38</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="H236" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>936</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>199</v>
+      </c>
+      <c r="D237" t="s">
+        <v>926</v>
+      </c>
+      <c r="E237" t="s">
+        <v>927</v>
+      </c>
+      <c r="F237" t="s">
+        <v>123</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="H237" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>939</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>203</v>
+      </c>
+      <c r="D238" t="s">
+        <v>926</v>
+      </c>
+      <c r="E238" t="s">
+        <v>927</v>
+      </c>
+      <c r="F238" t="s">
+        <v>67</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="H238" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>942</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>184</v>
+      </c>
+      <c r="D239" t="s">
+        <v>943</v>
+      </c>
+      <c r="E239" t="s">
+        <v>944</v>
+      </c>
+      <c r="F239" t="s">
+        <v>187</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="H239" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>947</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>191</v>
+      </c>
+      <c r="D240" t="s">
+        <v>943</v>
+      </c>
+      <c r="E240" t="s">
+        <v>944</v>
+      </c>
+      <c r="F240" t="s">
+        <v>187</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="H240" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>950</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>195</v>
+      </c>
+      <c r="D241" t="s">
+        <v>943</v>
+      </c>
+      <c r="E241" t="s">
+        <v>944</v>
+      </c>
+      <c r="F241" t="s">
+        <v>187</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="H241" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>953</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>199</v>
+      </c>
+      <c r="D242" t="s">
+        <v>943</v>
+      </c>
+      <c r="E242" t="s">
+        <v>944</v>
+      </c>
+      <c r="F242" t="s">
+        <v>187</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="H242" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>956</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>203</v>
+      </c>
+      <c r="D243" t="s">
+        <v>943</v>
+      </c>
+      <c r="E243" t="s">
+        <v>944</v>
+      </c>
+      <c r="F243" t="s">
+        <v>91</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="H243" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>959</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>207</v>
+      </c>
+      <c r="D244" t="s">
+        <v>943</v>
+      </c>
+      <c r="E244" t="s">
+        <v>944</v>
+      </c>
+      <c r="F244" t="s">
+        <v>67</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="H244" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>962</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>211</v>
+      </c>
+      <c r="D245" t="s">
+        <v>943</v>
+      </c>
+      <c r="E245" t="s">
+        <v>944</v>
+      </c>
+      <c r="F245" t="s">
+        <v>187</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="H245" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>965</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>184</v>
+      </c>
+      <c r="D246" t="s">
+        <v>966</v>
+      </c>
+      <c r="E246" t="s">
+        <v>967</v>
+      </c>
+      <c r="F246" t="s">
+        <v>67</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="H246" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>970</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>191</v>
+      </c>
+      <c r="D247" t="s">
+        <v>966</v>
+      </c>
+      <c r="E247" t="s">
+        <v>967</v>
+      </c>
+      <c r="F247" t="s">
+        <v>123</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="H247" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>973</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>195</v>
+      </c>
+      <c r="D248" t="s">
+        <v>966</v>
+      </c>
+      <c r="E248" t="s">
+        <v>967</v>
+      </c>
+      <c r="F248" t="s">
+        <v>123</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="H248" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>976</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>199</v>
+      </c>
+      <c r="D249" t="s">
+        <v>966</v>
+      </c>
+      <c r="E249" t="s">
+        <v>967</v>
+      </c>
+      <c r="F249" t="s">
+        <v>123</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="H249" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>979</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>203</v>
+      </c>
+      <c r="D250" t="s">
+        <v>966</v>
+      </c>
+      <c r="E250" t="s">
+        <v>967</v>
+      </c>
+      <c r="F250" t="s">
+        <v>123</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="H250" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>982</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>207</v>
+      </c>
+      <c r="D251" t="s">
+        <v>966</v>
+      </c>
+      <c r="E251" t="s">
+        <v>967</v>
+      </c>
+      <c r="F251" t="s">
+        <v>123</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="H251" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>985</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>211</v>
+      </c>
+      <c r="D252" t="s">
+        <v>966</v>
+      </c>
+      <c r="E252" t="s">
+        <v>967</v>
+      </c>
+      <c r="F252" t="s">
+        <v>123</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="H252" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>988</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>10</v>
+      </c>
+      <c r="D253" t="s">
+        <v>966</v>
+      </c>
+      <c r="E253" t="s">
+        <v>967</v>
+      </c>
+      <c r="F253" t="s">
+        <v>123</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="H253" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>991</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>218</v>
+      </c>
+      <c r="D254" t="s">
+        <v>966</v>
+      </c>
+      <c r="E254" t="s">
+        <v>967</v>
+      </c>
+      <c r="F254" t="s">
+        <v>38</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="H254" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>994</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>184</v>
+      </c>
+      <c r="D255" t="s">
+        <v>995</v>
+      </c>
+      <c r="E255" t="s">
+        <v>996</v>
+      </c>
+      <c r="F255" t="s">
+        <v>123</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="H255" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>999</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>184</v>
+      </c>
+      <c r="D256" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E256" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F256" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H256" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>191</v>
+      </c>
+      <c r="D257" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E257" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F257" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H257" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>195</v>
+      </c>
+      <c r="D258" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E258" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F258" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H258" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>199</v>
+      </c>
+      <c r="D259" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E259" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F259" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H259" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>203</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E260" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F260" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H260" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>207</v>
+      </c>
+      <c r="D261" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E261" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F261" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H261" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>211</v>
+      </c>
+      <c r="D262" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E262" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F262" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H262" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>10</v>
+      </c>
+      <c r="D263" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E263" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F263" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H263" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>218</v>
+      </c>
+      <c r="D264" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E264" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F264" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H264" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>222</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E265" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F265" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H265" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>226</v>
+      </c>
+      <c r="D266" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E266" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F266" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H266" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>230</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E267" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F267" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H267" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>234</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E268" t="s">
+        <v>1001</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H268" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>239</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E269" t="s">
+        <v>1001</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H269" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>244</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E270" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F270" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H270" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>248</v>
+      </c>
+      <c r="D271" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E271" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F271" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H271" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>252</v>
+      </c>
+      <c r="D272" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E272" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F272" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H272" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>256</v>
+      </c>
+      <c r="D273" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E273" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F273" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H273" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>260</v>
+      </c>
+      <c r="D274" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E274" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F274" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="H274" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>264</v>
+      </c>
+      <c r="D275" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E275" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F275" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H275" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>268</v>
+      </c>
+      <c r="D276" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E276" t="s">
+        <v>1001</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H276" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>273</v>
+      </c>
+      <c r="D277" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E277" t="s">
+        <v>1001</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H277" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>184</v>
+      </c>
+      <c r="D278" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E278" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F278" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H278" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>191</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E279" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F279" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H279" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>195</v>
+      </c>
+      <c r="D280" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E280" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F280" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H280" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>199</v>
+      </c>
+      <c r="D281" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E281" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F281" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>203</v>
+      </c>
+      <c r="D282" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E282" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F282" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>207</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E283" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F283" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>211</v>
+      </c>
+      <c r="D284" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E284" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F284" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>10</v>
+      </c>
+      <c r="D285" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F285" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H285" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>218</v>
+      </c>
+      <c r="D286" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E286" t="s">
+        <v>1064</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H286" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>222</v>
+      </c>
+      <c r="D287" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E287" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F287" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>226</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1064</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>230</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F289" t="s">
+        <v>1089</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>184</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E290" t="s">
+        <v>1094</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H290" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>191</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E291" t="s">
+        <v>1094</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H291" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>195</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E292" t="s">
+        <v>1094</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H292" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>199</v>
+      </c>
+      <c r="D293" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1094</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>203</v>
+      </c>
+      <c r="D294" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F294" t="s">
+        <v>1107</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H294" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>184</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E295" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F295" t="s">
+        <v>38</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>184</v>
+      </c>
+      <c r="D296" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1117</v>
+      </c>
+      <c r="F296" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>184</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F297" t="s">
+        <v>1124</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>184</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F298" t="s">
         <v>20</v>
       </c>
-      <c r="G46" s="1" t="s">
-[...3 lines deleted...]
-        <v>194</v>
+      <c r="G298" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H298" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>191</v>
+      </c>
+      <c r="D299" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E299" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F299" t="s">
+        <v>33</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H299" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>195</v>
+      </c>
+      <c r="D300" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F300" t="s">
+        <v>20</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>199</v>
+      </c>
+      <c r="D301" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E301" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F301" t="s">
+        <v>123</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H301" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>203</v>
+      </c>
+      <c r="D302" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E302" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F302" t="s">
+        <v>33</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
+        <v>207</v>
+      </c>
+      <c r="D303" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E303" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F303" t="s">
+        <v>20</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H303" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
+        <v>211</v>
+      </c>
+      <c r="D304" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E304" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F304" t="s">
+        <v>33</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>10</v>
+      </c>
+      <c r="D305" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E305" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F305" t="s">
+        <v>67</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>218</v>
+      </c>
+      <c r="D306" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E306" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F306" t="s">
+        <v>355</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H306" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>184</v>
+      </c>
+      <c r="D307" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E307" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F307" t="s">
+        <v>20</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>191</v>
+      </c>
+      <c r="D308" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E308" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F308" t="s">
+        <v>33</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>195</v>
+      </c>
+      <c r="D309" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E309" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F309" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
+        <v>199</v>
+      </c>
+      <c r="D310" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E310" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F310" t="s">
+        <v>20</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>203</v>
+      </c>
+      <c r="D311" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E311" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F311" t="s">
+        <v>45</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>184</v>
+      </c>
+      <c r="D312" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E312" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F312" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>191</v>
+      </c>
+      <c r="D313" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E313" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F313" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>195</v>
+      </c>
+      <c r="D314" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E314" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F314" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>199</v>
+      </c>
+      <c r="D315" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E315" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F315" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
+        <v>203</v>
+      </c>
+      <c r="D316" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E316" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F316" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="H316" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
+        <v>184</v>
+      </c>
+      <c r="D317" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E317" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F317" t="s">
+        <v>405</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H317" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>191</v>
+      </c>
+      <c r="D318" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E318" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F318" t="s">
+        <v>33</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
+        <v>195</v>
+      </c>
+      <c r="D319" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E319" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F319" t="s">
+        <v>33</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H319" t="s">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
+    <hyperlink ref="G265" r:id="rId264"/>
+    <hyperlink ref="G266" r:id="rId265"/>
+    <hyperlink ref="G267" r:id="rId266"/>
+    <hyperlink ref="G268" r:id="rId267"/>
+    <hyperlink ref="G269" r:id="rId268"/>
+    <hyperlink ref="G270" r:id="rId269"/>
+    <hyperlink ref="G271" r:id="rId270"/>
+    <hyperlink ref="G272" r:id="rId271"/>
+    <hyperlink ref="G273" r:id="rId272"/>
+    <hyperlink ref="G274" r:id="rId273"/>
+    <hyperlink ref="G275" r:id="rId274"/>
+    <hyperlink ref="G276" r:id="rId275"/>
+    <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
+    <hyperlink ref="G279" r:id="rId278"/>
+    <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
+    <hyperlink ref="G290" r:id="rId289"/>
+    <hyperlink ref="G291" r:id="rId290"/>
+    <hyperlink ref="G292" r:id="rId291"/>
+    <hyperlink ref="G293" r:id="rId292"/>
+    <hyperlink ref="G294" r:id="rId293"/>
+    <hyperlink ref="G295" r:id="rId294"/>
+    <hyperlink ref="G296" r:id="rId295"/>
+    <hyperlink ref="G297" r:id="rId296"/>
+    <hyperlink ref="G298" r:id="rId297"/>
+    <hyperlink ref="G299" r:id="rId298"/>
+    <hyperlink ref="G300" r:id="rId299"/>
+    <hyperlink ref="G301" r:id="rId300"/>
+    <hyperlink ref="G302" r:id="rId301"/>
+    <hyperlink ref="G303" r:id="rId302"/>
+    <hyperlink ref="G304" r:id="rId303"/>
+    <hyperlink ref="G305" r:id="rId304"/>
+    <hyperlink ref="G306" r:id="rId305"/>
+    <hyperlink ref="G307" r:id="rId306"/>
+    <hyperlink ref="G308" r:id="rId307"/>
+    <hyperlink ref="G309" r:id="rId308"/>
+    <hyperlink ref="G310" r:id="rId309"/>
+    <hyperlink ref="G311" r:id="rId310"/>
+    <hyperlink ref="G312" r:id="rId311"/>
+    <hyperlink ref="G313" r:id="rId312"/>
+    <hyperlink ref="G314" r:id="rId313"/>
+    <hyperlink ref="G315" r:id="rId314"/>
+    <hyperlink ref="G316" r:id="rId315"/>
+    <hyperlink ref="G317" r:id="rId316"/>
+    <hyperlink ref="G318" r:id="rId317"/>
+    <hyperlink ref="G319" r:id="rId318"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>