--- v0 (2025-10-13)
+++ v1 (2026-03-28)
@@ -54,9642 +54,9642 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4252</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PEMEN</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>COMISSÃO DE VEREADORES, Carlos Antônio da Cruz - Asa Branca, José S. Reis de Bittencourt - Zezinho do SuperMais, Pedro Júlio Sobrinho</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4252/proposta_de_emenda_a_lei_organica_municipal_no_01-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4252/proposta_de_emenda_a_lei_organica_municipal_no_01-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO PARÁGRAFO ÚNICO DO ART. 17 DA LEI ORGÂNICA DO MUNICÍPIO DE VISCONDE DO RIO BRANCO MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4315</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>COMISSÃO DE VEREADORES, Alex Vinicius Coelho - Alex da Autoescola, Gerson Gomes de Freitas - Amigo Xereba, Guilherme Guimarães de Azevedo</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4315/proposta_de_emenda_a_lei_organica_municipal_no_02-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4315/proposta_de_emenda_a_lei_organica_municipal_no_02-2023.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O PARÁGRAFO ÚNICO AO ART. 8º DA LEI ORGÂNICA E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>4316</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>COMISSÃO DE VEREADORES, Alex Vinicius Coelho - Alex da Autoescola, Carlos Antônio da Cruz - Asa Branca, Guilherme Guimarães de Azevedo, João B. de Freitas do Nascimento-Joãozinho Bigode</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4316/proposta_de_emenda_a_lei_organica_municipal_no_03-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4316/proposta_de_emenda_a_lei_organica_municipal_no_03-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 115 E INCLUI O ARTIGO 115-A NA LEI ORGÂNICA DO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5833</t>
   </si>
   <si>
     <t>PTRIB</t>
   </si>
   <si>
     <t>Parecer do Tribunal de Contas</t>
   </si>
   <si>
     <t>Tribunal de Contas</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/</t>
   </si>
   <si>
     <t>PARECER DO TCE/MG DAS CONTAS DE 2020</t>
   </si>
   <si>
     <t>5832</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/5832/oficio_contas_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/5832/oficio_contas_executivo.pdf</t>
   </si>
   <si>
     <t>PARECER DO TCE/MG DO ANO 2021</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Carlos Antônio da Cruz - Asa Branca</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3903/projeto_de_lei_complementar__no_128-2023_-_carlos-progressao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3903/projeto_de_lei_complementar__no_128-2023_-_carlos-progressao.pdf</t>
   </si>
   <si>
     <t>ALTERA ART 27 DA LEI COMPLEMENTAR Nº 067/2017, ALTERA O ART 2 E SUPRIME O ART 4 DA LEI COMPLEMENTAR Nº 073/2017.</t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3994/projeto_de_lei_complementar__no_129-2023_-_executivo_refis.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3994/projeto_de_lei_complementar__no_129-2023_-_executivo_refis.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL DO MUNICÍPIO DE VISCONDE DO RIO BRANCO- REFIS 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4009</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4009/projeto_de_lei_complementar__no_130-2023_-_executivo_extincao_d.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4009/projeto_de_lei_complementar__no_130-2023_-_executivo_extincao_d.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI COMPLEMENTAR Nº. 087/2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4137</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4137/projeto_de_lei_complementar__no_131-2023_-_anexo_i_e_ii_lc_no_4.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4137/projeto_de_lei_complementar__no_131-2023_-_anexo_i_e_ii_lc_no_4.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS I E II DA LEI COMPLEMENTAR Nº 044/2015 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4138</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4138/projeto_de_lei_complementar__no_132-2023_-_anexo_i_lc_no_087-20.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4138/projeto_de_lei_complementar__no_132-2023_-_anexo_i_lc_no_087-20.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI COMPLEMENTAR Nº 087/2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4360</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4360/projeto_de_lei_complementar__no_133-2023_-_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4360/projeto_de_lei_complementar__no_133-2023_-_executivo.pdf</t>
   </si>
   <si>
     <t>" ALTERA OS ANEXOS I DA LEI COMPLEMENTAR Nº087/2020  E DA LEI COMPLEMENTAR 099/2023 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4635/projeto_de_lei_complementar__no_134-2023_-_carlos_antonio_e_ant.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4635/projeto_de_lei_complementar__no_134-2023_-_carlos_antonio_e_ant.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART.27;II DO ART.34; E O ANEXO I DA LEI COMPLEMENTAR Nº 067/2017;ALTERA O ART.2º E SUPRIME O ART.4º DA LEI COMPLEMENTAR Nº073/2017.</t>
   </si>
   <si>
     <t>3901</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3901/projeto_de_lei_2003-2023_-_executivo_vale_transporte.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3901/projeto_de_lei_2003-2023_-_executivo_vale_transporte.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 2º DA LEI MUNICIPAL Nº 926, DE 29 DE NOVEMBRO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3902</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3902/projeto_de_lei_no_2004-2023_-_mesa_reajuste.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3902/projeto_de_lei_no_2004-2023_-_mesa_reajuste.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE VENCIMENTOS PARA RECOMPOR A PERDA SALARIAL DO SERVIDORES PÚBLICOS DO PODER LEGISLATIVO</t>
   </si>
   <si>
     <t>3947</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>Guilherme Guimarães de Azevedo</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3947/projeto_de_lei_no_2005-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3947/projeto_de_lei_no_2005-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>CRIA A RESERVA DE VAGAS DO PRIMEIRO EMPREGO AOS CONTRATADOS DE PRESTADORES DE SERVIÇOS DA PREFEITURA MUNICIPAL DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3948</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3948/projeto_de_lei_no_2006-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3948/projeto_de_lei_no_2006-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL REPASSAR INCENTIVO FINANCEIRO ADICIONAL AOS AGENTES COMUNITÁRIOS DE SAÚDE E AOS AGENTES DE COMBATE ÀS ENDEMIAS E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>Alex Vinicius Coelho - Alex da Autoescola</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3962/projeto_de_lei_no_2007-2023_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3962/projeto_de_lei_no_2007-2023_-_alex.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIA A APRESENTAÇÃO DE CARTEIRA DE SAÚDE DA CRIANÇA, NO ATO DA MATRÍCULA, JUNTO ÀS ESCOLAS DE EDUCAÇÃO INFANTIL E DE ENSINO FUNDAMENTAL NO MUNICÍPIO VISCONDE DO RIO BRANCO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3963/projeto_de_lei_no_2008-2023_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3963/projeto_de_lei_no_2008-2023_-_alex.pdf</t>
   </si>
   <si>
     <t>PROÍBE A INAUGURAÇÃO CERIMONIAL DE OBRAS PÚBLICAS MUNICIPAIS, PELO PODER EXECUTIVO, QUE ESTEJAM INCOMPLETAS OU QUE NÃO POSSAM SER UTILIZADAS DE IMEDIATO PELA POPULAÇÃO.</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3969/projeto_de_lei_no_2009-2023_-_mesa_reajuste.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3969/projeto_de_lei_no_2009-2023_-_mesa_reajuste.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE VENCIMENTO PARA RECOMPOR A PERDA SALARIAL AOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3982</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>Gerson Gomes de Freitas - Amigo Xereba</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3982/projeto_de_lei_no_2010-2023_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3982/projeto_de_lei_no_2010-2023_-_gerson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA NOVA QUADRA POLIESPORTIVA QUE FOI CONSTRUÍDA PELA GESTÃO PÚBLICA MUNICIPAL NO ANO DE 2000, E QUE A ATUAL GESTÃO (2021-2024) REFORMOU E CONSTRUIU UMA PRAÇA DE LAZER EM TORNO NA QUADRA, NO BAIRRO NOSSA SENHORA APARECIDA, VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>3993</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3993/projeto_de_lei_no_2011-2023_-_executivo_reajuste.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3993/projeto_de_lei_no_2011-2023_-_executivo_reajuste.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E IMPLANTAÇÃO DO SALÁRIO MÍNIMO MUNICIPAL, CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4016/projeto_de_lei_no_2012-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4016/projeto_de_lei_no_2012-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O DIREITO DAS MÃES AMAMENTAREM OS SEUS FILHOS DURANTE A REALIZAÇÃO DE CONCURSO PÚBLICOS NA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>4018</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4018/projeto_de_lei_no_2013-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4018/projeto_de_lei_no_2013-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE VAGA EM CRECHE PARA CRIANÇA FILHA OU FILHO DE MULHER VÍTIMA DE VIOLÊNCIA DOMÉSTICA, DE NATUREZA FÍSICA, SEXUAL, MORAL, PSICOLÓGICA OU PATRIMONIAL, NO MUNICÍPIO DE VISCONDE DO RIO BRANCO, ESTABELECE NORMAS PARA SEU ATENDIMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4019</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4019/projeto_de_lei_no_2014-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4019/projeto_de_lei_no_2014-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA SEMANA MUNICIPAL DE ENFRENTAMENTO ÀS VIOLÊNCIAS CONTRA AS MULHERES NO CALENDÁRIO MUNICIPAL DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4043/projeto_de_lei_no_2015-2023_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4043/projeto_de_lei_no_2015-2023_-_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OBRIGATORIEDADE DE IDENTIFICAÇÃO DO CABEAMENTO, ALINHAMENTO COM PRENDEDORES E REMOÇÃO DE CABOS DE INTERNET, TELEFONIA,TELEVISÃO E SIMILARES EM DESUSO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO, E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4044</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4044/projeto_de_lei_no_2016-2023_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4044/projeto_de_lei_no_2016-2023_-_alex.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA " EDUCAÇÃO PARA O TRÂNSITO" NA REDE PÚBLICA DE ENSINO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>4113</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>José S. Reis de Bittencourt - Zezinho do SuperMais</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4113/projeto_de_lei_no_2017-2023_-_jose_silvino.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4113/projeto_de_lei_no_2017-2023_-_jose_silvino.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SELO PET FRIENDLY NA CIDADE DE VISCONDE DO RIO BRANCO/MG, COMO FORMA DE CERTIFICAÇÃO OFICIAL.</t>
   </si>
   <si>
     <t>4127</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>João B. de Freitas do Nascimento-Joãozinho Bigode</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4127/projeto_de_lei_no_2018-2023_-_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4127/projeto_de_lei_no_2018-2023_-_joao_batista.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA "ADOTE UM BICICLETÁRIO" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4140</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4140/projeto_de_lei_no_2019-2023_-_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4140/projeto_de_lei_no_2019-2023_-_joao_batista.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PUBLICIDADE DE INFORMAÇÕES RELACIONADAS ÀS EMENDAS PARLAMENTARES, QUE DESTINAM RECURSOS AO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>4161</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4161/projeto_de_lei_no_2020-2023_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4161/projeto_de_lei_no_2020-2023_-_gerson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE DETECTOR DE METAIS NAS ESCOLAS PÚBLICAS E PRIVADAS DO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>4238</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4238/projeto_de_lei_no_2021-2023_-_executivo-emprestimo_lampada.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4238/projeto_de_lei_no_2021-2023_-_executivo-emprestimo_lampada.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERIAS S/A- BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4240</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4240/projeto_de_lei_no_2022-2023_-_ldo-executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4240/projeto_de_lei_no_2022-2023_-_ldo-executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2024-LDO.</t>
   </si>
   <si>
     <t>4284</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4284/projeto_de_lei_no_2023-2023_-_jose_silvino.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4284/projeto_de_lei_no_2023-2023_-_jose_silvino.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE O ACRÉSCIMO DO INCISO XVII AO ART. 1º DA LEI Nº 818/2005</t>
   </si>
   <si>
     <t>4306</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4306/projeto_de_lei_no_2024-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4306/projeto_de_lei_no_2024-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROCEDIMENTO PARA INSTALAÇÃO DE INFRAESTRUTURA DE SUPORTE PARA ESTAÇÃO TRANSMISSORA DE RADIOCOMUNICAÇÃO-ETR AUTORIZADA PELA AGÊNCIA NACIONAL DE TELECOMUNICAÇÕES- ANATEL, NOS TERMOS DA LEGISLAÇÃO FEDERAL VIGENTE E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4330</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4330/projeto_de_lei_no_2025-2023_-_executivo-municipalizacao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4330/projeto_de_lei_no_2025-2023_-_executivo-municipalizacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO COM O ESTADO DE MG, POR INTERMÉDIO DA SECRETARIA DE EDUCAÇÃO DO ESTADO, VISANDO A TRANSFERÊNCIA TOTAL DA GESTÃO ADMINISTRATIVA, FINANCEIRA E OPERACIONAL NO ATENDIMENTO DOS ANOS INICIAIS DO ENSINO FUNDAMENTAL (1º AO 5º ANO) DA REDE ESTADUAL PARA A REDE MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4352</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4352/projeto_de_lei_no_2026-2023_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4352/projeto_de_lei_no_2026-2023_-_alex.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A "ASSOCIAÇÃO DA ZONA DA MATA MINEIRA DE ESPORTES SOBRE RODAS - CROSS CLUBE VISCONDE DO RIO BRANCO- MG</t>
   </si>
   <si>
     <t>4363</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4363/projeto_de_lei_no_2027-2023_-_ldo-executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4363/projeto_de_lei_no_2027-2023_-_ldo-executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>4400</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4400/projeto_de_lei_no_2028-2023_-_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4400/projeto_de_lei_no_2028-2023_-_joao_batista.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO QUADRA POLIESPORTIVA LOCALIZADA AO LADO DA ESCOLA MUNICIPAL PORFÍRIO SARAIVA, NO BAIRRO COLÔNIA, NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4430</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>Marinho Jose de Almeida Neto - Marinho do Hospital</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4430/projeto_de_lei_no_2029-2023_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4430/projeto_de_lei_no_2029-2023_-_marinho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO PSF NO BAIRRO COLÔNIA DO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4437</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4437/projeto_de_lei_no_2030-2023_-_executivo-credito_especial.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4437/projeto_de_lei_no_2030-2023_-_executivo-credito_especial.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO PARA 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4504</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>4515</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4515/projeto_de_lei_no_2032-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4515/projeto_de_lei_no_2032-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>RECONHECE COMO DE RELEVANTE INTERESSE SOCIAL E ECONÔMICO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG A CRIAÇÃO DA RAÇA PORCO PIAU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4571</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4571/projeto_de_lei_no_2033-2023_-_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4571/projeto_de_lei_no_2033-2023_-_joao_batista.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A "ASSOCIAÇÃO DOS CORREDORES AMADORES REGIONAL-ACAR"</t>
   </si>
   <si>
     <t>4575</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4575/projeto_de_lei_no_2034-2023_-_executivo-loa.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4575/projeto_de_lei_no_2034-2023_-_executivo-loa.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE VISCONDE DO RIO BRANCO PARA O EXERCÍCIO DE 2024- LOA-2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4576</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4576/projeto_de_lei_no_2035-2023_-_executivo-jovem_aprendiz.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4576/projeto_de_lei_no_2035-2023_-_executivo-jovem_aprendiz.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA JOVEM APRENDIZ MUNICIPAL NO ÂMBITO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>4578</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4578/projeto_de_lei_no_2036-2023_-_executivo_repasse_enfermagem.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4578/projeto_de_lei_no_2036-2023_-_executivo_repasse_enfermagem.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS PROCEDIMENTOS PARA O REPASSE DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR DA UNIÃO DESTINADA AO CUMPRIMENTO DO PISO SALARIAL NACIONAL DE ENFERMEIROS, TÉCNICOS E AUXILIARES DE ENFERMAGEM E PARTEIRAS, NO ÂMBITO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG.</t>
   </si>
   <si>
     <t>4590</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4590/projeto_de_lei_no_2037-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4590/projeto_de_lei_no_2037-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO USO E DA COMERCIALIZAÇÃO DE AGROTÓXICOS QUE CONTENHAM CLOTIANIDINA, TIAMETOXAM, IMIDACLOPRIDE E FIPRONIL EM SUA COMPOSIÇÃO PARA A PRESERVAÇÃO DAS ABELHAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4591/projeto_de_lei_no_2038-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4591/projeto_de_lei_no_2038-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS NORMAS GERAIS DE SEGURANÇA EM INSTITUIÇÕES FINANCEIRAS E AFINS SEDIADAS NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4595</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4595/projeto_de_lei_no_2039-2023_-_executivo-alienacao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4595/projeto_de_lei_no_2039-2023_-_executivo-alienacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO DE IMÓVEIS DO PATRIMÔNIO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG QUE MENCIONA, E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4604</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4604/projeto_de_lei_no_2040-2023_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4604/projeto_de_lei_no_2040-2023_-_marinho.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR NO MUNICÍPIO O PROGRAMA DE PREVENÇÃO A DIABETES NAS CRECHES E PRÉ-ESCOLAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4605/projeto_de_lei_no_2041-2023_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4605/projeto_de_lei_no_2041-2023_-_marinho.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE FESTAS E COMEMORAÇÕES DO MUNICÍPIO A SEMANA DE CONSCIENTIZAÇÃO SOBRE DEPRESSÃO INFANTIL E NA ADOLESCÊNCIA A SER COMEMORADA NA SEGUNDA SEMANA DO MÊS DE MAIO.</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4624/projeto_de_lei_no_2042-2023_-_executivo_coordenadoria_civil.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4624/projeto_de_lei_no_2042-2023_-_executivo_coordenadoria_civil.pdf</t>
   </si>
   <si>
     <t>CRIA A COORDENADORIA MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (COMPDEC) DO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4639/projeto_de_lei_no_2043-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4639/projeto_de_lei_no_2043-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GARANTIA DO BEM ESTAR SENSORIAL DOS ALUNOS COM TRANSTORNO ESPECTRO AUTISTA (TEA) NOS ESTABELECIMENTOS DE ENSINO PÚBLICOS E PRIVADOS NO ÂMBITO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4640/projeto_de_lei_no_2044-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4640/projeto_de_lei_no_2044-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA 20 DE NOVEMBRO - DIA NACIONAL DA CONSCIÊNCIA NEGRA - COMO DIA MUNICIPAL DA CONSCIÊNCIA NEGRA, BEM COMO FERIADO MUNICIPAL E INSTITUI A SEMANA MUNICIPAL DA CONSCIÊNCIA NEGRA NO MUNICÍPIO DE VISCONDE DO RIO BRANCO."</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4667/projeto_de_lei_no_2045-2023_-_executivo_alienacao_imoveis.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4667/projeto_de_lei_no_2045-2023_-_executivo_alienacao_imoveis.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO DE IMÓVEIS DO PATRIMÔNIO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4678/projeto_de_lei_no_2046-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4678/projeto_de_lei_no_2046-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISTRIBUIÇÃO DE ABSORVENTES NAS UNIDADES BÁSICAS DE SAÚDE E POSTOS DE SAÚDE SITUADOS NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4688/projeto_de_lei_no_2047-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4688/projeto_de_lei_no_2047-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE NOME DE LOGRADOURO PÚBLICO, RUA GENERAL OSÓRIO PASSA A SER RUA PREFEITO DOUTOR JOÃO ANTÔNIO DE SOUZA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4699</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4699/projeto_de_lei_no_2048-2023_-_executivo_abertura_de_credito.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4699/projeto_de_lei_no_2048-2023_-_executivo_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>ALTERA LIMITE DE ABERTURA DE CRÉDITOS SUPLEMENTARES DE 20% PARA 30%.</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4700/projeto_de_lei_no_2049-2023_-_executivo_abertura_de_credito_sau.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4700/projeto_de_lei_no_2049-2023_-_executivo_abertura_de_credito_sau.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4709/projeto_de_lei_no_2050-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4709/projeto_de_lei_no_2050-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE FORNECER GRATUITAMENTE ÁGUA POTÁVEL EM EVENTOS ARTÍSTICOS E/OU DE GRANDE PORTE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>COMISSÃO DE VEREADORES, Gerson Gomes de Freitas - Amigo Xereba, José S. Reis de Bittencourt - Zezinho do SuperMais, Pedro Júlio Sobrinho</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4710/projeto_de_lei_no_2051-2023_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4710/projeto_de_lei_no_2051-2023_-_gerson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE PRÉDIO EM CONSTRUÇÃO PELA ASSOCIAÇÃO COMUNITÁRIA DE SANTA MARIA, NA PRAÇA DR. CELSO MACHADO, Nº 36, ZONA RURAL DE VISCONDE DO RIO BRANCO/MG.</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4728/projeto_de_lei_no_2052-2023_-_executivo_monumento.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4728/projeto_de_lei_no_2052-2023_-_executivo_monumento.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ERIGIR ESTÁTUA BUSTO EM HOMENAGEM PÓSTUMA A QUEM INDICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4729/projeto_de_lei_no_2053-2023_-_executivo_alienacao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4729/projeto_de_lei_no_2053-2023_-_executivo_alienacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ALIENAÇÃO DE IMÓVEIS DO PATRIMÔNIO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4747/projeto_de_lei_no_2054-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4747/projeto_de_lei_no_2054-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO DA PRESTAÇÃO DE CONTAS MENSAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO (FUNDEB) NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>4776</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4776/projeto_de_lei_no_2055-2023_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4776/projeto_de_lei_no_2055-2023_-_gerson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA PONTE MISTA QUE ESTA SENDO CONSTRUIDA EM SANTA MARIA,  MUNICÍPIO DE VISCONDE DO RIO BRANCO, MG.</t>
   </si>
   <si>
     <t>3917</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3917/projeto_de_resolucao_no_663-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3917/projeto_de_resolucao_no_663-2023_marinho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO SR. LUIS CARLOS DE ALMEIDA.</t>
   </si>
   <si>
     <t>3918</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3918/projeto_de_resolucao_no_664-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3918/projeto_de_resolucao_no_664-2023_marinho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO SR.ª CLEUZA GOMES FREITAS DA SILVA.</t>
   </si>
   <si>
     <t>3919</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3919/projeto_de_resolucao_no_665-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3919/projeto_de_resolucao_no_665-2023_marinho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIPLOMA DE MÉRITO LEGISLATIVO RIO-BRANQUENSE A SR.ª MARIA MADALENA DE ANDRADE.</t>
   </si>
   <si>
     <t>3960</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>COMISSÃO DE VEREADORES</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3960/projeto_de_resolucao_no_666-2023_prestacao_de_conta_2020.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3960/projeto_de_resolucao_no_666-2023_prestacao_de_conta_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DE PRESTAÇÃO DAS CONTAS DO EXECUTIVO MUNICIPAL REFERENTE AO EXERCÍCIO DE 2020 DO MUNICÍPIO DE VISCONDE DO RIO BRANCO -MG.</t>
   </si>
   <si>
     <t>4104</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4104/projeto_de_resolucao_no_667-2023_joaozinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4104/projeto_de_resolucao_no_667-2023_joaozinho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO DIPLOMA DE MÉRITO LEGISLATIVO AO SR JOSÉ ROGÉRIO DE SOUZA</t>
   </si>
   <si>
     <t>4105</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4105/projeto_de_resolucao_no_668-2023_joaozinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4105/projeto_de_resolucao_no_668-2023_joaozinho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO DIPLOMA DE MÉRITO LEGISLATIVO AO SR JOSÉ DUTRA DE SOUZA</t>
   </si>
   <si>
     <t>4121</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4121/projeto_de_resolucao_no_669-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4121/projeto_de_resolucao_no_669-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA A MAURA ASSUNÇÃO VIEGAS.</t>
   </si>
   <si>
     <t>4159</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4159/projeto_de_resolucao_no_670-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4159/projeto_de_resolucao_no_670-2023_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO SR. ALEXANDRE GIROTTO.</t>
   </si>
   <si>
     <t>4160</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4160/projeto_de_resolucao_no_671-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4160/projeto_de_resolucao_no_671-2023_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO SR. DAVID GIROTTO FILHO.</t>
   </si>
   <si>
     <t>4183</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4183/projeto_de_resolucao_no_672-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4183/projeto_de_resolucao_no_672-2023_gerson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO SEBASTIÃO ONIBENE.</t>
   </si>
   <si>
     <t>4185</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4185/projeto_de_resolucao_no_673-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4185/projeto_de_resolucao_no_673-2023_gerson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO SR. RENATO DRUMMOND COSTA.</t>
   </si>
   <si>
     <t>4186</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>Antônio de Souza Lima Neto - Nôka do Fizico</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4186/projeto_de_resolucao_no_674-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4186/projeto_de_resolucao_no_674-2023_antonio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULOS DE CIDADANIA HONORÁRIA AO SENHOR ANDERSON FRANKLIN DE PAULA.</t>
   </si>
   <si>
     <t>4187</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4187/projeto_de_resolucao_no_675-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4187/projeto_de_resolucao_no_675-2023_antonio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULOS DE CIDADANIA HONORÁRIA AO SENHOR ALLISON FRANKLIN DE PAULA.</t>
   </si>
   <si>
     <t>4188</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4188/projeto_de_resolucao_no_676-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4188/projeto_de_resolucao_no_676-2023_antonio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULOS DE CIDADANIA HONORÁRIA AO SENHOR ELY MOREIRA DIAS.</t>
   </si>
   <si>
     <t>4189</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4189/projeto_de_resolucao_no_677-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4189/projeto_de_resolucao_no_677-2023_marinho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULOS DE CIDADANIA HONORÁRIA AO SR. ALESSANDRO VILELA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>4202</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4202/projeto_de_resolucao_no_678-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4202/projeto_de_resolucao_no_678-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO SR. JOSÉ EUSTÁQUIO DE TOLEDO.</t>
   </si>
   <si>
     <t>4203</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4203/projeto_de_resolucao_no_679-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4203/projeto_de_resolucao_no_679-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA À SRA. WILMA APARECIDA SEGURO TOLEDO.</t>
   </si>
   <si>
     <t>4213</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4213/projeto_de_resolucao_no_680-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4213/projeto_de_resolucao_no_680-2023_antonio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO DIPLOMA DE MÉRITO LEGISLATIVO A SRA. ITACI IGNACCHITI.</t>
   </si>
   <si>
     <t>4223</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4223/projeto_de_resolucao_no_681-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4223/projeto_de_resolucao_no_681-2023_antonio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO BENEMÉRITO AO SENHOR ANDERSON FRANKLIN DE PAULA.</t>
   </si>
   <si>
     <t>4272</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>COMISSÃO DE VEREADORES, Alex Vinicius Coelho - Alex da Autoescola, Carlos Antônio da Cruz - Asa Branca, João B. de Freitas do Nascimento-Joãozinho Bigode</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4272/projeto_de_resolucao_no_682-2023_comissao_prestacao_de_contas-2.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4272/projeto_de_resolucao_no_682-2023_comissao_prestacao_de_contas-2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE PRESTAÇÃO DAS CONTAS DO EXECUTIVO MUNICIPAL REFERENTE AO EXERCÍCIO DE 2021 DO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>4303</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4303/projeto_de_resolucao_no_683-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4303/projeto_de_resolucao_no_683-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO DIPLOMA DO MÉRITO LEGISLATIVO À SENHORA IRMA CANDIDO BENATTI.</t>
   </si>
   <si>
     <t>4317</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4317/projeto_de_resolucao_no_684-2023_jose_silvino.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4317/projeto_de_resolucao_no_684-2023_jose_silvino.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA A JANICE DE MELO COELHO BENTO.</t>
   </si>
   <si>
     <t>4318</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4318/projeto_de_resolucao_no_685-2023_jose_silvino.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4318/projeto_de_resolucao_no_685-2023_jose_silvino.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO DR. LUIZ FERNANDO CÂMARA SIMÕES JUNIOR.</t>
   </si>
   <si>
     <t>4328</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4328/projeto_de_resolucao_no_686-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4328/projeto_de_resolucao_no_686-2023_antonio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO DIPLOMA DE MÉRITO LEGISLATIVO A SRA. YONE AMIN.</t>
   </si>
   <si>
     <t>4340</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4340/projeto_de_resolucao_no_687-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4340/projeto_de_resolucao_no_687-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO SENHOR WASHINGTON MOREIRA.</t>
   </si>
   <si>
     <t>4344</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4344/projeto_de_resolucao_no_688-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4344/projeto_de_resolucao_no_688-2023_antonio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO SENHOR JOSÉ CLAUDINEI TEIXEIRA</t>
   </si>
   <si>
     <t>4345</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4345/projeto_de_resolucao_no_689-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4345/projeto_de_resolucao_no_689-2023_antonio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO SENHOR JOÃO BATISTA CONDÉ</t>
   </si>
   <si>
     <t>4010</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4010/veto_01_parcial_emenda_supressiva_no_01_ao_pl_1996-2022.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4010/veto_01_parcial_emenda_supressiva_no_01_ao_pl_1996-2022.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL AO PROJETO DE LEI Nº 1996/2022- EMENDA SUPRESSIVA Nº 01.</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4011/veto_02_parcial_emenda_modif._no_05_ao_pl_1996-2022.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4011/veto_02_parcial_emenda_modif._no_05_ao_pl_1996-2022.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL AO PROJETO DE LEI Nº 1996/2022- EMENDA MODIFICATIVA Nº 05.</t>
   </si>
   <si>
     <t>4064</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4064/veto_01_parcial_a_emenda_aditiva_no_01_ao_pl_1.997.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4064/veto_01_parcial_a_emenda_aditiva_no_01_ao_pl_1.997.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL Nº 3 AO PROJETO DE LEI 1.997 EMENDA ADITIVA Nº 01</t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4066/veto_01_parcial_a_emenda_aditiva_no_01_ao_pl_2002.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4066/veto_01_parcial_a_emenda_aditiva_no_01_ao_pl_2002.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL 01 AO PROJETO DE LEI 2002/2022 À EMENDA ADITIVA 01</t>
   </si>
   <si>
     <t>4067</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4067/veto_05_parcial_a_emenda_modificativa_no_01_ao_pl_1995.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4067/veto_05_parcial_a_emenda_modificativa_no_01_ao_pl_1995.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL 01 AO PROJETO DE LEI 1995/2022 À EMENDA MODIFICATIVA 01</t>
   </si>
   <si>
     <t>4068</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4068/veto_06_parcial_a_emenda_modificativa_no_02_ao_pl_1995.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4068/veto_06_parcial_a_emenda_modificativa_no_02_ao_pl_1995.pdf</t>
   </si>
   <si>
     <t>VETO EMENDA MODIFICATIVA 02 PROJETO 1995/2022</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4074/veto_01_integral_ao_projeto_de_lei_2008.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4074/veto_01_integral_ao_projeto_de_lei_2008.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL AOL PROJETO DE LEI 2008/2023 DE AUTORIA DO VEREADOR ALEX VINICIUS COELHO</t>
   </si>
   <si>
     <t>4075</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4075/veto_integral_ao_projeto_de_lei_2005.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4075/veto_integral_ao_projeto_de_lei_2005.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL AO PROJETO DE LEI 2005 DE AUTORIA DO VEREADOR GUILHERME GUIMARÃES DE AZEVEDO</t>
   </si>
   <si>
     <t>4435</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4435/veto_integral_ao_projeto_de_lei_no_2024-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4435/veto_integral_ao_projeto_de_lei_no_2024-_guilherme.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº 2024/2023- DISPÕE SOBRE O PROCEDIMENTO PARA A INSTALAÇÃO DE SUPORTE PARA ESTAÇÃO TRANSMISSORA DE RADIOCOMUNICAÇÃO NOS TERMOS DA LEGISLAÇÃO FEDERAL E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3898</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3898/req._01-2023_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3898/req._01-2023_-_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE DA CÂMARA MUNICIPAL CRIAÇÃO DE UMA COMISSÃO ESPECIAL, CONFORME O ART. 28 DO REGIMENTO INTERNO E ART. 38 DA LEI ORGÂNICA MUNICIPAL PARA A REVISÃO, ADAPTAÇÃO E MODERNIZAÇÃO DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>3899</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3899/req._02-2023_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3899/req._02-2023_-_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE DA CÂMARA MUNICIPAL A CRIAÇÃO DE UMA COMISSÃO ESPECIAL MISTA, CONFORME O ART. 28 DO REGIMENTO INTERNO E ART. 37 DA LEI ORGÂNICA MUNICIPAL, PARA REFORMA GERAL NA LC 067/2017 E EFETUAR A COMPILAÇÃO DAS CINCO LEIS COMPLEMENTARES JÁ EXISTENTES, SENDO ELAS:  072/2017, 081/2017, 084/2017, 086/2019, 090/2021 QUE TRATAM SOBRE O PLANO DE CARGOS, CARREIRAS E VENCIMENTOS EFETIVOS  COMISSIONADOS DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>3904</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3904/req._03-2023_-_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3904/req._03-2023_-_carlos.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES AO SR. PREFEITO QUE ATRAVÉS DO SETOR DE TRANSPORTE, OBRAS E/OU SETOR RESPONSÁVEL, INFORMAÇÕES SOBRE OS VEÍCULOS, IMPLEMENTOS E EQUIPAMENTOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3905/req._04-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3905/req._04-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO: _x000D_
 1-CÓPIAS DE TODAS AS NOTAS FISCAIS DE TODOS OS MATERIAIS DESTINADOS À ZONA RURAL DO ANO DE 2022; _x000D_
 2-DESCRIÇÃO DE QUANTOS CAMINHÕES E MATERIAL FORAM PARA CADA COMUNIDADE, COM O LOCAL DE DESTINO, A FUNÇÃO DO MATERIAL E  A DATA.</t>
   </si>
   <si>
     <t>3910</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3910/req._05-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3910/req._05-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO E AO SECRETÁRIO MUNICIPAL DE OBRAS AS SEGUINTES INFORMAÇÕES:_x000D_
 1-CÓPIA DE TODO O "PROCESSO LICITATÓRIO Nº 248/2022-PREGÃO PRESENCIAL Nº 072/2022"_x000D_
 2- CÓPIA DA FICHA ORÇAMENTÁRIA E DOS EMPENHOS VINCULADOS AO CONTRATO 001/2023._x000D_
 3-AS SEGUINTES INFORMAÇÕES:_x000D_
 a-OS SERVIDORES DA LIMPEZA E COLETA COM VÍNCULO EFETIVO COM O MUNICÍPIO CONTINUARÃO A TRABALHAR NA FUNÇÃO QUE O CONCURSO PÚBLICO INDICA?_x000D_
 b- HAVERÁ PERDA DE DIREITOS DOS SERVIDORES DA LIMPEZA E COLETA COM VÍNCULO EFETIVO COM O MUNICÍPIO?_x000D_
 c-O QUE SERÁ FEITO COM A FROTA DE CARROS E CAMINHÕES DA LIMPEZA E COLETA ?_x000D_
 4-QUAIS SERVIDORES DO MUNICÍPIO SERÃO RESPONSÁVEIS POR FISCALIZAR O CONTRATO 001/2023, EMPENHAR E APROVAR O PAGAMENTO À EMPRESA "UNIÃO RECICLÁVEIS RIO NOVO LTDA"?</t>
   </si>
   <si>
     <t>3950</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3950/req._06-2023_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3950/req._06-2023_-_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE SEJA LIBERADO UM MICRO TRATOR  E OS EQUIPAMENTOS PARA OS TRABALHADORES DO ASSENTAMENTO OLGA BENÁRIO.</t>
   </si>
   <si>
     <t>3986</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3986/req._07-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3986/req._07-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO:_x000D_
 1- QUAL A PREVISÃO DE REALIZAÇÃO DE CONCURSO PÚBLICO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG?_x000D_
 2-POR QUAIS MOTIVOS NÃO HOUVE A REALIZAÇÃO DE CONCURSO PÚBLICO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG?_x000D_
 3- O MUNICÍPIO DE VISCONDE DO RIO BRANCO ASSINOU TERMO DE AJUSTAMENTO DE CONDUTA COM O MINISTÉRIO PÚBLICO DE MINAS GERAIS PARA REALIZAR O CONCURSO PÚBLICO? A ASSINATURA DO REFERIDO TAC É NO BOJO DO INQUÉRITO CIVIL DE Nº0720.22.000198-9?_x000D_
 4- REQUER A CÓPIA DO TERMO DE AJUSTAMENTO DE CONDUTA COM O MINISTÉRIO PÚBLICO DE MINAS GERAIS PARA REALIZAR O CONCURSO PÚBLICO.</t>
   </si>
   <si>
     <t>3987</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3987/req._08-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3987/req._08-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE:_x000D_
 1-POR QUE A LEI ORÇAMENTÁRIA ANUAL FOI PUBLICADA COM O Nº 97/2023, SEM DAR CONTINUIDADE AO NUMERÁRIO DE LEIS MUNICIPAIS?_x000D_
 2-REQUER A CÓPIA PARA TODOS OS VEREADORES DA DISCRIMINAÇÃO DOS "ADENDOS E OUTROS QUE INTEGRAM E ACOMPANHAM A LEI, TENDO EM VISTA COMPOSIÇÃO ESPECIFICADOS POR FUNÇÕES DE GOVERNO E POR ENTIDADES, ÓRGÃOS E UNIDADES ORÇAMENTÁRIAS RESPECTIVAMENTE", SANCIONADOS PELO PREFEITO MUNICIPAL._x000D_
 3-REQUER A CÓPIA DOS VALORES FINAIS EXECUTADOS DE FATO EM CADA PASTA ORÇAMENTÁRIA (SECRETARIAS, ÓRGÃOS, UNIDADES, ETC) NOS ANOS DE 2019, 2020, 2021 E 2022.</t>
   </si>
   <si>
     <t>3999</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3999/req._09-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3999/req._09-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE SEJA FORNECIDA TODA A DOCUMENTAÇÃO E INFORMAÇÕES REFERENTE AO ATERRO SANITÁRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4000/req._10-2023_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4000/req._10-2023_-_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE DA CÂMARA MUNICIPAL QUE SOLICITE À COMISSÃO AGRICULTURA, MEIO AMBIENTE, INFRAESTRUTURA E TRANSPORTE ; QUE SE REÚNAM JUNTAMENTE COM UM REPRESENTANTE DA SECRETARIA DE AGRICULTURA E MEIO AMBIENTE DO MUNICÍPIO PARA AVALIARMOS EM CARÁTER DE URGÊNCIA O LOCAL CUJO MONTANTE DE TERRA ENORME QUE ESTÁ SENDO COLOCADO E FAZENDO UM ATERRO PARA AUMENTAR O LOTEAMENTO NOVA CIDADE, QUE ESTÁ MUITO PRÓXIMO A CONFLUÊNCIA DO RIO SANTA MARIA COM O RIO PIEDADE, DENOMINADO RIBEIRÃO GUIDO, NO BAIRRO PIEDADE EM FRENTE À ANTIGA TORRE DA USINA.</t>
   </si>
   <si>
     <t>4001</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4001/req._11-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4001/req._11-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO COPIAS  DOS PROCESSOS DE INEXIGIBILIDADE DE LICITAÇÃO PRC Nº 48/2023, PRC Nº 44/2023, PRC Nº 122/2021, PRC Nº 38/2021 E QUAL O VALOR FOI PAGO PELO MUNICÍPIO PELO ESPECIAL PUBLICITÁRIO JUNTO AO SITE G1-ZONA DA MATA.</t>
   </si>
   <si>
     <t>4029</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4029/req._12-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4029/req._12-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO OS SEGUINTES DOCUMENTOS:_x000D_
 1-SALDO BANCÁRIO DE TODAS AS CONTAS DA PREFEITURA MUNICIPAL DE VISCONDE DO RIO BRANCO NO DIA 31 DE DEZEMBRO DE 2021._x000D_
 2- SALDO BANCÁRIO DE TODAS AS CONTAS DA PREFEITURA MUNICIPAL DE VISCONDE DO RIO BRANCO NO DIA 31 DE DEZEMBRO DE 2022._x000D_
 3- TODO O RELATÓRIO DE RESTOS A PAGAR O PROCESSADO, E O NÃO PROCESSADO, EM 31 DE DEZEMBRO DE 2021._x000D_
 4- TODO O RELATÓRIO DE RESTOS A PAGAR O PROCESSADO, E O NÃO PROCESSADO, EM 31 DE DEZEMBRO DE 2022._x000D_
 5-TODOS OS VALORES DE APORTES DO FUMPREV NÃO REPASSADOS NOS ANOS DE 2021, 2022 E 2023.</t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4040/req._13-2023_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4040/req._13-2023_-_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE, REITERANDO O OFÍCIO 08/2023, EM VISTA DO DESCUMPRIMENTO DA PORTARIA 07/2023 DE SUA GESTÃO 2023/2024. ALÉM DISSO, SOLICITO AO SENHOR PRESIDENTE QUE OFICIALIZE A MESA DIRETORA SOBRE OS ASSUNTOS SOLICITADOS NESTE REQUERIMENTO E QUE FAÇAM CUMPRIR OS DIREITOS CONSTITUCIONAIS E REGIMENTAIS DESTE VEREADOR SOLICITANTE.</t>
   </si>
   <si>
     <t>4056</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4056/req._14-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4056/req._14-2023_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO DE QUANDO SERÁ FEITA A CONSTRUÇÃO DE UM MURO NA RUA DELORME TAVEIRA 366 AO LADO DA CASA DA SRA LUZIA ONOFRE TEODORO NO BAIRRO FILIPINHO</t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4073/req.15-2023_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4073/req.15-2023_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER QUE AO SR PREFEITO QUE CONVIDE O ORGÃO RESPONSÁVEL DA COPASA CAIO CÉSAR MORETTO DE VISCONDE DO RIO BRANCO PARA UMA REUNIÃO</t>
   </si>
   <si>
     <t>4077</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4077/req.16-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4077/req.16-2023_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONVOCADO RESPONSÁVEL PELA EMPRESA BRASILEIRA DE CORREIOS E TELEGRAFOS PARA TRATAR DE ASSUNTOS DE INTERESSE DA POPULAÇÃO</t>
   </si>
   <si>
     <t>4080</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4080/req.17-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4080/req.17-2023_marinho.pdf</t>
   </si>
   <si>
     <t>QUANDO SERÁ FEITO O PROJETO DE LEI PARA TRANSFORMAÇÃO DE CARGOS DE AUXILIAR DE ENFERMAGEM PARA TECNICO DE ENFERMAGEM CONFORME INDICAÇÃO 20/2023</t>
   </si>
   <si>
     <t>4095</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4095/req18-2023_-_jose_silvino_e_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4095/req18-2023_-_jose_silvino_e_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA AUDIÊNCIA PÚBLICA NO DIA 13 DE ABRIL DE 2023 QUINTA FEIRA PARA TRATAR SOBRE A CRIAÇÃO DA GUARDA CIVIL MUNICIPAL</t>
   </si>
   <si>
     <t>4107</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4107/req.19-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4107/req.19-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER CONVOCAÇÃO DE SERVIDORES MUNICIPAIS JOSIANE APARECIDA GOMES PIRES, EX CONTROLADORA INTERNA, FLAVIANA LIMA TEIXEIRA ATUAL CONTROLADORA INTERNA, WHASINGTON LUIZ DA COSTA ASSESSOR DE CONTROLE E LOGÍSTICA DA FROTA MUNICIPAL, JACKSON LEANDRO MOREIRA GONÇALVES EX SECRETÁRIO DE ADMINISTRAÇÃO E RAQUEL IRENE DA SILVA, ATUAL  SECRETÁRIA DE ADMINISTRAÇÃO DO EXECUTIVO PARA PRESTAÇÃO DE INFORMAÇÕES.</t>
   </si>
   <si>
     <t>4108</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4108/req.20-2023_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4108/req.20-2023_-_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O SR PREFEITO  QUE REALIZE ESTUDO SOBRE A POSSIBILIDADE DE FAZER A MUNICIPALIZAÇÃO DO TRÂNSITO NA CIDADE.</t>
   </si>
   <si>
     <t>4110</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4110/req.21-2023_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4110/req.21-2023_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES DE QUAIS MEDIDAS DE SEGURANÇA SÃO TOMADAS NAS CRECHES E ESCOLAS DO MUNICÍPIO: 1- É REALIZADO ALGUM MONITORAMENTO DO COMPORTAMENTO DOS ALUNOS? 2-É FEITA A REVISTA NAS MOCHILAS DE CADA ALUNO? 3-QUAIS AÇÕES SÃO PRATICADAS NO QUESITO SEGURANÇA NO DIA DAS ESCOLAS E CRECHES DO MUNICÍPIO? 4-QUAL PROCEDIMENTO REALIZADO QUANDO É CONSTATADO O MAL COMPORTADO DO ALUNO, OU QUANDO SE É ENCONTRADO ALGO ILEGAL NA MOCHILA DO MESMO? 5- HÁ ALGUM PORTEIRO, INSPETOR OU OUTRO FUNCIONÁRIO PARA FAZER A RONDA ESCOLAR PERIMETRAL E INSPECIONAR AS DEPENDÊNCIAS DO LOCAL?</t>
   </si>
   <si>
     <t>4120</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4120/req._22-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4120/req._22-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES PORQUE O MUNICÍPIO NÃO ENTREGOU AS 318 CESTAS BÁSICAS RECOLHIDAS À COMUNIDADE DO BOM JARDIM? QUAL A PREVISÃO DE ENTREGA DAS OUTRAS 200 CESTAS BÁSICAS A MESMA COMUNIDADE?</t>
   </si>
   <si>
     <t>4126</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4126/req._23-2023_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4126/req._23-2023_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE SEJA INFORMADO PARA QUAL LOCAL ESTA SENDO ARMAZENADO AS PEDRAS RETIRADAS DA AVENIDA SANTO ANTÔNIO E SE A PREFEITURA JÁ TEM DESTINAÇÃO PARA AS MESMAS.</t>
   </si>
   <si>
     <t>4136</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4136/req._24-2023_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4136/req._24-2023_-_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE DA CÂMARA MUNICIPAL QUE CONVOQUE EM CARÁTER DE URGÊNCIA PARA COMPARECER À REUNIÃO DE COMISSÕES DA AGRICULTURA , MEIO AMBIENTE, INFRAESTRUTURA E TRANSPORTE, O SECRETÁRIO MUNICIPAL DE OBRAS E MOBILIDADE URBANA E O PROPRIETÁRIO DA EMPRESA COLETIVO RIO BRANCO QUE REALIZA O TRANSPORTE PÚBLICO DE PASSAGEIROS E ALUNOS DESTA CIDADE.</t>
   </si>
   <si>
     <t>4139</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4139/req._25-2023_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4139/req._25-2023_-_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE DA CÂMARA QUE CONVOQUE PARA COMPARECER EM AUDIÊNCIA PÚBLICA NO PLENÁRIO DA CÂMARA MUNICIPAL A SER AGENDADA EM CARÁTER DE URGÊNCIA: O SECRETÁRIO MUNICIPAL DE OBRAS E MOBILIDADE URBANA E O PROPRIETÁRIO DA EMPRESA COLETIVO RIO BRANCO QUE REALIZA O TRANSPORTE PÚBLICO DE PASSAGEIROS E ALUNOS DESTA CIDADE.</t>
   </si>
   <si>
     <t>4144</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4144/req._26-2023_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4144/req._26-2023_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE DA CÂMARA QUE CONVIDE BRUNO DE CASTRO JANNOTTI SANTANA RESPONSÁVEL DA EMPRESA COLETIVOS DE VISCONDE DO RIO BRANCO PARA UMA REUNIÃO.</t>
   </si>
   <si>
     <t>4153</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4153/req._27-2023_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4153/req._27-2023_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO O VALOR ARRECADADO MENSALMENTE ATRAVÉS DA ILUMINAÇÃO PÚBLICA PAGA PELO CONTRIBUINTE DA CONTA DE LUZ E O VALOR ANUAL PAGO NO IPTU DOS LOTES E QUAL A DESPESA ANUAL COM A MANUTENÇÃO DA ILUMINAÇÃO, CONSIDERANDO DESPESA COM O PESSOAL E EQUIPAMENTOS? SENDO TODOS OS VALORES REFERENTES A CONTA COSIP.</t>
   </si>
   <si>
     <t>4171</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4171/req._28-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4171/req._28-2023_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA QUE CONVIDE O RESPONSÁVEL PELA EMPRESA BRASILEIRA DE CORREIOS E TELÉGRAFOS (CORREIOS) DE VISCONDE DO RIO BRANCO PARA TRATAR DE ASSUNTOS DE INTERESSE DE TODA A POPULAÇÃO.</t>
   </si>
   <si>
     <t>4198</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4198/req._29-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4198/req._29-2023_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÃO DE QUANDO SERÁ FEITO O PAGAMENTO DAS FÉRIAS-PRÊMIO DOS FUNCIONÁRIOS PÚBLICOS? QUAL DATA PREVISTA?</t>
   </si>
   <si>
     <t>4218</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4218/req._30-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4218/req._30-2023_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÃO DE QUAL O PRAZO PARA QUE PROJETO DE LEI PARA DOAÇÃO DA VAN ADQUIRIDA ATRAVÉS DE EMENDA PARLAMENTAR POR MIM, JUNTAMENTE COM O EX- DEPUTADO BRÁULIO BRAZ, DESTINADA À APAE, SEJA ENVIADO A ESTA CASA LEGISLATIVA.</t>
   </si>
   <si>
     <t>4244</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4244/req._31-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4244/req._31-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE DA CÂMARA QUE SEJA REALIZADA AUDIÊNCIA PÚBLICA SOBRE A LEI PAULO GUSTAVO EM CONJUNTO COM A SECRETARIA DE CULTURA, ESPORTE E LAZER, NO DIA 21 DE JUNHO DE 2023.</t>
   </si>
   <si>
     <t>4246</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4246/req._32-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4246/req._32-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE REALIZAÇÃO DO PAGAMENTO RETROATIVO AOS SERVIDORES REFERENTE AO REAJUSTE E INFORMAÇÃO SOBRE REGULARIZAÇÃO DO PAGAMENTO DO AUXÍLIO-ALIMENTAÇÃO DE 20%.</t>
   </si>
   <si>
     <t>4260</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4260/req._33-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4260/req._33-2023_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER AO INFORMAÇÕES SOBRE O RAIS E CNES DAS INSTITUIÇÕES DO MUNICÍPIO DE VISCONDE DO RIO BRANCO ESTÃO ATUALIZADOS? SE NÃO, QUANDO SERÃO?</t>
   </si>
   <si>
     <t>4261</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4261/req._34-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4261/req._34-2023_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO O POSICIONAMENTO IMEDIATO E CONCRETO DA DEFESA CIVIL E SECRETARIA DE OBRAS SOBRE A OBRA DE CAPTAÇÃO PLUVIAL NA RUA DELORME TAVEIRA NO BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>4262</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4262/req._35-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4262/req._35-2023_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO POR QUE OS MORADORES DOS BAIRROS SERRA VERDE E NOVA AMÉRICA AINDA NÃO ESTÃO SENDO ATENDIDOS PELO PSF JOSÉ DE ALMEIDA FILHO (CHÁCARA)?</t>
   </si>
   <si>
     <t>4308</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4308/req._36-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4308/req._36-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE A RETIRADA DOS QUIOSQUES INSTALADOS NA PRAÇA 28 DE SETEMBRO.</t>
   </si>
   <si>
     <t>4314</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4314/req._37-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4314/req._37-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE AUTORIZAÇÃO DE AUDIÊNCIA PÚBLICA NO DIA 05 DE JULHO DE 2023 COM A PAUTA DE INSTALAÇÃO DO INSTITUTO FEDERAL DE EDUCAÇÃO, CIÊNCIA E TECNOLOGIA (IFET) EM VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>4367</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4367/req._38-2023_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4367/req._38-2023_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE QUAIS AS AÇÕES OU MEDIDAS SERÃO TOMADAS MEDIANTE AO MÊS DE AGOSTO REFERENTE AS LINHAS CORTANTES E CEROL USADAS EM PIPAS, EM ESPECIAL LINHAS CHILENAS.</t>
   </si>
   <si>
     <t>4382</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4382/req._39-2023_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4382/req._39-2023_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE A CONSTRUÇÃO DE MUROS DE CONTENÇÃO NO BAIRRO OPERÁRIO.</t>
   </si>
   <si>
     <t>4390</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4390/req._40-2023_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4390/req._40-2023_-_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO ANALISE A POSSIBILIDADE DA CONTRATAÇÃO EM CARÁTER DE URGÊNCIA DE UM ENGENHEIRO DE AGRIMENSURA E CARTOGRAFIA PARA LEVANTAMENTO PLANIALTIMÉTRICO DE DOIS TERRENOS PÚBLICOS ADQUIRIDOS PELA PREFEITURA EM LOCALIZAÇÃO NA COMUNIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>4397</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4397/req._41-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4397/req._41-2023_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÃO DE QUANDO SERÁ FEITO O PROJETO DE LEI PARA TRANSFORMAÇÃO DE CARGOS DE AUXILIAR DE ENFERMAGEM PARA TÉCNICO DE ENFERMAGEM.</t>
   </si>
   <si>
     <t>4411</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4411/req._42-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4411/req._42-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE O CAPS II.</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4447/req._43-2023_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4447/req._43-2023_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO OS VALORES RECEBIDOS REFERENTES AO FPM E DO FUNBEP NOS ANOS DE 2020, 2021, 2022 E 2023.</t>
   </si>
   <si>
     <t>4456</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4456/req._44-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4456/req._44-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER A  MESA DIRETORA SOLICITE ÀS DIRETORIAS DO FUMPREV E ASSERV INFORMAÇÕES FINANCEIRAS E CONTÁBEIS.</t>
   </si>
   <si>
     <t>4457</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4457/req._45-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4457/req._45-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO E AO SR. SECRETÁRIO MUNICIPAL DE SAÚDE AS SEGUINTES INFORMAÇÕES SOBRE PROGRAMAS INCENTIVO FINANCEIROS REFERENTE A SAÚDE.</t>
   </si>
   <si>
     <t>4502</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4502/req._46-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4502/req._46-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE DA CÂMARA QUE FORNEÇA INFORMAÇÕES DESDE 2021 SOBRE REQUERIMENTO DE TODOS OS VEREADORES.</t>
   </si>
   <si>
     <t>4503</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4503/req._47-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4503/req._47-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO  INFORMAÇÕES SOBRE A DEMISSÃO DE DEZENAS DE SERVIDORES.</t>
   </si>
   <si>
     <t>4547</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4547/req._48-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4547/req._48-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES FINANCEIRAS SOBRE CONVÊNIOS FIRMANDO PELA PREFEITURA DESDE O ANO 2021.</t>
   </si>
   <si>
     <t>4548</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4548/req._49-2023_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4548/req._49-2023_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSULTORA FINANCEIRA VIVIANE SILVA E A DIREÇÃO DO HOSPITAL SÃO JOÃO BATISTA, PARA PRESTAR ESCLARECIMENTOS FINANCEIROS DO HOSPITAL.</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4603/req._50-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4603/req._50-2023_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE DA CÂMARA MUNICIPAL SOLICITE AO SR. PREFEITO, QUANDO SERÁ FEITO O QUEBRA-MOLAS EM FRENTE A UPA?</t>
   </si>
   <si>
     <t>4612</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4612/req._51-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4612/req._51-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO PRESIDENTE DA CÂMARA MUNICIPAL E O DIRETOR DA RÁDIO CULTURA AM 920KHZ E FM 101MHZ, CONCEDA O DIREITO DE RESPOSTA À CÂMARA MUNICIPAL E/OU AOS VEREADORES QUANDO ESTES FOREM CITADOS PELO PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4646/req._52-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4646/req._52-2023_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER A MESA DIRETORA DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO-MG DE ACORDO COM ART. Nº66, DO REGIMENTO INTERNO. SEJA FEITO A LIMPEZA E DESOBSTRUÇÃO DOS BUEIROS  EM TODA A EXTENSÃO DA RUA JOSÉ SARAIVA NO BAIRRO COLÔNIA CONFORME INDICAÇÃO 77/2023, VOTADA E APROVADA DIA 22/03/2023.</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4647/req._53-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4647/req._53-2023_carlos.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR PRESIDENTE DA CÂMARA SOLICITAR INFORMAÇÕES AO SR PREFEITO  AS SEGUINTES INFORMAÇÕES:_x000D_
 1)QUANTOS LOTES  RESIDENCIAIS E COMERCIAIS FORAM DOADOS ?_x000D_
 2) QUANTOS JÁ FORAM CONCLUÍDOS COM TODA DOCUMENTAÇÃO ENTREGUE?_x000D_
 3)QUANTOS ESTÃO EM PROCESSO DE TRAMITAÇÃO COM NOMES?_x000D_
 4) NOMES DOS CONTEMPLADOS._x000D_
 5)QUAIS ENDEREÇOS COMPLETOS DE CADA LOTE?_x000D_
 6) QUAL O TAMANHOS DOS MESMOS INDIVIDUALMENTE?_x000D_
 7)QUAIS OS CRITÉRIOS PARA AS PESSOAS CONTEMPLADAS?_x000D_
 8) NO CASO DE LOTES COMERCIAIS, QUAIS AS ATIVIDADES DAS EMPRESAS E DOS CONTEMPLADOS?_x000D_
 9) QUAL A ESTIMATIVA DE VAGAS DE EMPREGOS?</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4677/req._54-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4677/req._54-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES AO SR. PREFEITO SOBRE A DISPONIBILIDADE DE APOSTILA NO COLÉGIO RIO BRANCO NOS ANOS DE 2023 E 2024.</t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4718/req._55-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4718/req._55-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE A DISTRIBUIÇÃO DO SUPERÁVIT DO FUNDEB DO ANO DE 2023 E PREVISÃO/CRONOGRAMA PARA A EFETIVAÇÃO DO RATEIO AOS PROFISSIONAIS DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4730/req._56-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4730/req._56-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE QUAIS MEDIDAS QUE ESTÃO SENDO TOMADAS PARA O PATRIMÔNIO HISTÓRICO-CULTURAL DOS IMÓVEIS.</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4746/req._57-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4746/req._57-2023_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO ESCLARECIMENTO SOBRE O REPASSE DO PISO DE ENFERMAGEM DO HOSPITAL SÃO JOÃO BATISTA E A DATA PREVISTA PARA PAGAMENTO DO MESMO.</t>
   </si>
   <si>
     <t>3897</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3897/ind._01-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3897/ind._01-2023_gerson.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PRESIDENTE DA CÂMARA MUNICIPAL QUE ELABORE UM PROJETO DE LEI DE REAJUSTE DOS VENCIMENTOS DOS SERVIDORES DO LEGISLATIVO MUNICIPAL QUE SERÃO CONCEDIDOS DE ACORDO COM A DISPONIBILIDADE FINANCEIRA DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>3900</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3900/ind._02-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3900/ind._02-2023_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A CONSTRUÇÃO DE UMA PONTE DE CONCRETO ARMADO NO CÓRREGO DOS BARBOSAS E ELIAS, EM SANTA MARIA (PONTE GUMERCINO GOMES DE FREITAS)</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3906/ind._03-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3906/ind._03-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A MANUTENÇÃO E RECUPERAÇÃO DAS ESTRADAS RURAIS DAS COMUNIDADES DE PIEDADE DE CIMA, CAMELINHA, CLEMENTE (TODOS), SEMENTEIRA E MEMÓRIA.</t>
   </si>
   <si>
     <t>3907</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3907/ind._04-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3907/ind._04-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE DISPONIBILIZE 02 PROFISSIONAIS DE VARRIÇÃO PARA O BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>3908</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3908/ind._05-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3908/ind._05-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE DISPONIBILIZE AGENTE DE SAÚDE PARA O BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>3909</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3909/ind._06-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3909/ind._06-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O FORNECIMENTO DE CAFÉ E LANCHES AOS FUNCIONÁRIOS DA POLICLÍNICA MUNICIPAL (UPA).</t>
   </si>
   <si>
     <t>3913</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3913/ind._07-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3913/ind._07-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA RECONSTRUÇÃO E MANUTENÇÃO DA PONTE DO PANAMÁ, (CACHOEIRINHA) NO BAIRRO COLÔNIA, BEM COMO REPARO NA ESTRADA NO MESMO LOCAL.</t>
   </si>
   <si>
     <t>3914</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3914/ind._08-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3914/ind._08-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO SERVIÇO DE CAPTAÇÃO DE ÁGUA PLUVIAL NO BAIRRO SEBASTIÃO CORREIA.</t>
   </si>
   <si>
     <t>3915</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3915/ind._09-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3915/ind._09-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA LIMPEZA NO RIO DA FAZENDA SANTA HELENA, ZONA RURAL.</t>
   </si>
   <si>
     <t>3916</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3916/ind._10-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3916/ind._10-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA MELHORIAS NA MINA DO SANTA HELENA, ZONA RURAL.</t>
   </si>
   <si>
     <t>3920</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3920/ind._11-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3920/ind._11-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO A LIMPEZA E MANUTENÇÃO DOS BUEIROS DO ESCADÃO DA TRAVESSA GERALDO AMIM, SENDO QUE O MESMO DA ACESSO AO ALTO DA BOA VISTA.</t>
   </si>
   <si>
     <t>3921</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3921/ind._12-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3921/ind._12-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE COMPRE PARA TODOS FUNCIONÁRIOS EPI DE SEGURANÇA DE ACORDO COM CADA SETOR DE TRABALHO.</t>
   </si>
   <si>
     <t>3922</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3922/ind._13-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3922/ind._13-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O ASFALTAMENTO DA ESTRADA RURAL MARIO TEIXEIRA.</t>
   </si>
   <si>
     <t>3923</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3923/ind._14-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3923/ind._14-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO INTERVENÇÃO DO PODER PÚBLICO NO IMÓVEL CONHECIDO COMO "LACTÁRIO", LOCALIZADO À RUA HENRIQUE DE ALMEIDA FILHO, BAIRRO JARDIM ALICE, EM QUE FUNCIONAVA ANTIGAMENTE A "ASSOCIAÇÂO ASSISTENCIAL DE SAÙDE E LACTARIO NOSSA SENHORA APARECIDA", E O SEU ENTORNO.</t>
   </si>
   <si>
     <t>3924</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3924/ind._15-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3924/ind._15-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA UMA ACADEMIA AO AR LIVRE NO BAIRRO ALTO DA BOA VISTA, CONFORME PEDIDO ANTIGO DOS MORADORES.</t>
   </si>
   <si>
     <t>3925</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3925/ind._16-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3925/ind._16-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A CONSTRUÇÃO DE UMA PRAÇA, ACADEMIA AO AR LIVRE E ÁREA DE LAZER NOS BAIRROS PLANALTO E NOVO PLANALTO.</t>
   </si>
   <si>
     <t>3926</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3926/ind._17-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3926/ind._17-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA UMA PRAÇA E UMA ÁREA DE LAZER NO BAIRRO NOVO HORIZONTE NO LOCAL JÁ EXISTE O ESPAÇO DO MUNICÍPIO E CERTAMENTE BENEFICIARÁ O BAIRRO NOVO CIDADE.</t>
   </si>
   <si>
     <t>3927</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3927/ind._18-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3927/ind._18-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE DISPONIBILIZE TRANSPORTE GRATUITO PARA TODOS OS ESTUDANTES DO ENSINO TÉCNICO E UNIVERSITÁRIO QUE SÃO DOMICILIADOS EM VISCONDE DO RIO BRANCO E ESTUDAM EM JUIZ DE FORA-MG, CONFORME ABAIXO-ASSINADO EM ANEXO.</t>
   </si>
   <si>
     <t>3928</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3928/ind._19-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3928/ind._19-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJAM INSTALADAS LUZ DE LED NA PRAÇA DE SANTA MARIA.</t>
   </si>
   <si>
     <t>3949</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3949/ind._20-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3949/ind._20-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O PROJETO DE LEI DO ANTEPROJETO Nº 01/2023, QUE SEGUE EM ANEXO (AUTORIZA O PODER EXECUTIVO MUNICIPAL A TRANSFORMAR O CARGO DE AUXILIAR DE ENFERMAGEM E DÁ OUTRAS PROVIDÊNCIAS).</t>
   </si>
   <si>
     <t>3951</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3951/ind._21-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3951/ind._21-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A INSTALAÇÃO DE UM CORRIMÃO CONFORME AS NECESSIDADES DO LOCAL, EM CARÁTER DE URGÊNCIA NA ESCADA DO BALAÚSTRE EM FRENTE A IGREJA MATRIZ DE SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>3952</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3952/ind._22-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3952/ind._22-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A INSTALAÇÃO DE CÂMERAS DE OLHO VIVO PRÓXIMO Á TODAS AS ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3953</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3953/ind._23-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3953/ind._23-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UM ESCADÃO LIGANDO A RUA JOSÉ PASSOS E A RUA RUBÉNS TEIXEIRA LOPES, LOCALIZADAS NO BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>3954</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3954/ind._24-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3954/ind._24-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O PATROLAMENTO E COLOQUE CASCALHO, NA COMUNIDADE DE SANTA JULIANA.</t>
   </si>
   <si>
     <t>3955</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3955/ind._25-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3955/ind._25-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INTERVENÇÃO JUNTO A UMA EMPRESA DE TELEFONIA, PARA INSTALAÇÃO DE TORRE COM ANTENA DE SINAL MÓVEL, NO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>3956</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3956/ind._26-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3956/ind._26-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A PODA DAS ÁRVORES, PRÓXIMO AO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>3957</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3957/ind._27-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3957/ind._27-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA EM CARÁTER DE URGÊNCIA, A LIMPEZA, O ENTUPIMENTO DE CRATERAS, COLOCAÇÃO DE TAMPAS NAS CAIXAS DE ESGOTO E A REALIZAÇÃO DE REPAROS NA REDE DE ESGOTO, DE UMA VIA SITUADA NO BAIRRO COLÔNIAS, CONHECIDA COMO BEIRA LINHA.</t>
   </si>
   <si>
     <t>3958</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3958/ind._28-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3958/ind._28-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A MELHORIA DA ESTRADA QUE DÁ ACESSO A ESTAÇÃO DE TRATAMENTO DE ÁGUA DA COPASA, SAINDO DA COHAB I, NO SENTIDO DE SANTA ROSA E QUEBRA CABO.</t>
   </si>
   <si>
     <t>3959</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3959/ind._29-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3959/ind._29-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O COMPLEMENTO DO ASFALTO, SAINDO DA COLÔNIA, PASSANDO NOS FUNDOS DA FÁBRICA DE RAÇÃO, ATÉ A COMUNIDADE DE SANTA ROSA.</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3961/ind._30-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3961/ind._30-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJAM FEITAS MELHORIAS NO BAIRRO RANCHO VERDE III (TORRE DE TELEFONE, FORNECIMENTO DE ÁGUA, HORÁRIOS DE ÔNIBUS).</t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3964/ind._31-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3964/ind._31-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A RECUPERAÇÃO DA ESTRADA DO PÃO DE LÓ COM LIMPEZA E COLOCAÇÃO DE CASCALHO.</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3967/ind._32-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3967/ind._32-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A COBERTURA DA QUADRA POLIESPORTIVA, NO DISTRITO INDUSTRIAL DA COLÔNIA, PRÓXIMO A COOPERATIVA COOPERTRAL.</t>
   </si>
   <si>
     <t>3968</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3968/ind._33-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3968/ind._33-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA INTERVENÇÃO JUNTO A CAIXA ECONÔMICA FEDERAL, PARA QUE SEJA FEITA UMA FISCALIZAÇÃO REFERENTE ÀS CASAS DO PROGRAMA MINHA CASA MINHA VIDA, NO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3970/ind._34-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3970/ind._34-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA MELHORIAS NA ILUMINAÇÃO, TROCANDO AS LÂMPADAS DE VAPOR DE SÓDIO POR LÂMPADAS DE LED, NA RUA DA IGREJINHA E DA ESCOLA MUNICIPAL PORFÍRIO SARAIVA, NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3971/ind._35-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3971/ind._35-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE QUE FAÇA MANUTENÇÃO E LIMPEZA DAS VALAS QUE SE ENCONTRA NOS FUNDOS DAS CASAS DA RUA JOÃO VIEIRA NO BAIRRO ALTO DA BOA VISTA.</t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3972/ind._36-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3972/ind._36-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A LIMPEZA DO CÓRREGO QUE PASSA NOS FUNDOS DAS CASAS E LOJAS DA AVENIDA DR. CARLOS SOARES.</t>
   </si>
   <si>
     <t>3973</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3973/ind._37-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3973/ind._37-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE 03 TOLDOS NAS VAGAS DE TÁXI DA RODOVIÁRIA.</t>
   </si>
   <si>
     <t>3974</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3974/ind._38-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3974/ind._38-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE CÂMERAS DE "OLHO VIVO" EM FRENTE À RODOVIÁRIA.</t>
   </si>
   <si>
     <t>3975</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3975/ind._39-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3975/ind._39-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A LIMPEZA, REFORMA GERAL, INSTALAÇÃO DE TOLDOS E RENOVAÇÃO DA MOBÍLIA, NO POSTO BEIRA RIO.</t>
   </si>
   <si>
     <t>3976</t>
   </si>
   <si>
     <t>Pedro Júlio Sobrinho</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3976/ind._40-2023_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3976/ind._40-2023_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A REFORMA COMPLETA DA PRAÇA NO BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>3977</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3977/ind._41-2023_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3977/ind._41-2023_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO NA COMUNIDADE DA FAZENDINHA, NA RODOVIA MG-447 VRB X UBÁ, PRÓXIMO AO ENGENHO DE AÇÚCAR MASCAVO.</t>
   </si>
   <si>
     <t>3978</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3978/ind._42-2023_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3978/ind._42-2023_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O PATROLAMENTO E CASCALHAMENTO NA COMUNIDADE BONFIM, PRÓXIMO AO MORRO SANTANA.</t>
   </si>
   <si>
     <t>3979</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3979/ind._43-2023_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3979/ind._43-2023_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR.PREFEITO QUE SEJA FEITO UMA MANUTENÇÃO NA PRACINHA E NO PARQUINHO DO CEMITÉRIO.</t>
   </si>
   <si>
     <t>3980</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3980/ind._44-2023_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3980/ind._44-2023_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR.PREFEITO QUE O PODER EXECUTIVO APRESENTE A ESTA CASA O PROJETO DE LEI PARA O AUMENTO DO PISO SALARIAL DA CATEGORIA DE AUXILIAR EM SAÚDE BUCAL (ASB), NO SETOR DE ODONTOLOGIA.</t>
   </si>
   <si>
     <t>3981</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3981/ind._45-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3981/ind._45-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO O IMEDIATO INÍCIO DO CURSO TÉCNICO DE ENFERMAGEM OFERTADO PELO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>3983</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3983/ind._46-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3983/ind._46-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO LIMPEZA, PAVIMENTAÇÃO ASFÁLTICA E ILUMINAÇÃO PÚBLICA NA RUA JOAQUIM RODRIGUES DA SILVA (RUA SEM SAÍDA ) BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>3984</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3984/ind._47-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3984/ind._47-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR.PREFEITO QUE SEJA REALIZADO O RATEIO DOS VALORES DO PREVINE BRASIL E PMAQ-CEO AOS SERVIDORES PÚBLICOS A ÁREA DA SAÚDE BEM COMO SEJA PUBLICIZADO OS VALORES EM CAIXA DOS PROGRAMAS NO FIM DO EXERCÍCIO DE 2022 E NESTE MÊS DE FEVEREIRO DE 2023.</t>
   </si>
   <si>
     <t>3985</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3985/ind._48-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3985/ind._48-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA CONCEDIDA A REVISÃO GERAL ANUAL AOS SERVIDORES PÚBLICOS DO QUADRO DE PESSOAL DO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG EM 5,79% (IPCA), NOS TERMOS DA LEI Nº 1.604/2021.</t>
   </si>
   <si>
     <t>3988</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3988/ind._49-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3988/ind._49-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A COLOCAÇÃO CASO NÃO HOUVER E MELHORIAS NAS PLACAS DE IDENTIFICAÇÃO DE NOMES DE RUAS, PRAÇAS, AVENIDAS E LOGRADOUROS PÚBLICOS.</t>
   </si>
   <si>
     <t>3989</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3989/ind._50-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3989/ind._50-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA UMA LIMPEZA DAS MARGENS E TAPA BURACOS NA ESTRADA PRINCIPAL RUADO DAS PEDRAS ATE A COMUNIDADE DE SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>3990</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3990/ind._51-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3990/ind._51-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A LIMPEZA DAS RUAS LOCALIZADAS NO BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>3991</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3991/ind._52-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3991/ind._52-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO REPARAÇÃO DE BURACO NA RUA JUDITH TEREZINHA DA SILVA BRAZ BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>3992</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3992/ind._53-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3992/ind._53-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA IMPLANTADO NA PREFEITURA O CONTROLE DIÁRIO DOS MOTORISTA QUE ESTÃO EM POSSES DOS VEÍCULOS, BEM COMO A IDENTIDADE PESSOAL DE CADA MOTORISTA POR CRACHÁ, E TAMBÉM, A IDENTIFICAÇÃO NUMÉRICA DE TODOS OS VEÍCULOS DOS EXECUTIVO, INDEPENDENTE DO SETOR.</t>
   </si>
   <si>
     <t>3995</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3995/ind._54-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3995/ind._54-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA CRIADO UM CENTRO ORTOPÉDICO NA POLICLÍNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>3996</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3996/ind._55-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3996/ind._55-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A MELHORIA NA ESTRADA DA FAZENDINHA E AMPLIAÇÃO DA REDE ELÉTRICA INICIANDO PRÓXIMO AO BITELÃO.</t>
   </si>
   <si>
     <t>3997</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3997/ind._56-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3997/ind._56-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE CONTINUE O ASFALTAMENTO DA RIO BAHIA INICIANDO NO CLEMENTE DO MEIO ATÉ A SEMENTEIRA E O 2º TRECHO DA SEMENTEIRA ATE O ITINGA.</t>
   </si>
   <si>
     <t>3998</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3998/ind._57-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3998/ind._57-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA COM URGÊNCIA O TAPA BURACO E CONTINUAÇÃO DO ASFALTO NA COMUNIDADE DO BELA VISTA DE SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>4002</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4002/ind._58-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4002/ind._58-2023_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO A CONSTRUÇÃO DE REDE DE CAPTAÇÃO DE ÁGUA PLUVIAL, CANALETAS PARA ESCOAMENTO, BUEIROS E A PAVIMENTAÇÃO POR TODA EXTENSÃO DA RUA DAS FLORES, NO BAIRRO PIEDADE.</t>
   </si>
   <si>
     <t>4003</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4003/ind._59-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4003/ind._59-2023_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO A CONSTRUÇÃO DE DOIS BUEIROS NA RUA AVELINO CARDOSO, SAÍDA PARA O BAIRRO RANCHO VERDE ENTRE OS NÚMEROS 1287 E1273 - RESIDÊNCIAS DOS FAMILIARES DO SAUDOSO JOSÉ MAURÍCIO DE SOUZA E O OUTRO ACIMA DO PORTÃO DO CLUBE TOKA DO TOKO. TAMBÉM É NECESSÁRIA A CONSTRUÇÃO DE 160M DE REDE DE CAPTAÇÃO PLUVIAL, LIGANDO-A NA RUA GERALDO PIRES MILAGRES ATÉ O RIO PIEDADE.</t>
   </si>
   <si>
     <t>4004</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4004/ind._60-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4004/ind._60-2023_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO A INSTALAÇÃO DE QUATRO REDUTORES DE VELOCIDADE, UMA LOMBADA ELEVADA PARA TRAVESSIA DE ALUNOS E COMUNIDADE, E SINALIZAÇÃO DE TRÂNSITO NA RUA AVELINO CARDOSO.</t>
   </si>
   <si>
     <t>4005</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4005/ind._61-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4005/ind._61-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO A LIMPEZA DO LOCAL ONDE FICA A CAÇAMBA DE LIXO NO TREVO DA SEMENTEIRA.</t>
   </si>
   <si>
     <t>4006</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4006/ind._62-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4006/ind._62-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE INCLUA EM CARÁTER DE URGÊNCIA, O HORÁRIO DE ÔNIBUS CIRCULAR ÀS 8:00H DA MANHÃ SAINDO DO BAIRRO COHAB III E RETORNANDO (SAINDO DA PRAÇA 28 DE SETEMBRO) ÀS 15:00H.</t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4007/ind._63-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4007/ind._63-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE CONSTRUA UMA SALA DE COMPUTADORES NA ESCOLA MUNICIPAL PORFÍRIO SARAIVA, NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>4008</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4008/ind._64-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4008/ind._64-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO REPARO NOS BRINQUEDOS DO PARQUINHO DA PRAÇA DA COMUNIDADE DA PIEDADE DE CIMA, ZONA RURAL.</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4012/ind._65-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4012/ind._65-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA UM CICLOVIA NA AVENIDA DR. LELÉ.</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4013/ind._66-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4013/ind._66-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA DUPLICADA A PONTE (CHAMADA PONTE DA RAÇÃO) AO LADO DA COOPERATIVA MONTENEGRO E ANTIGA FÁBRICA DE RAÇÃO.</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4014/ind._67-2023_comissao_de_vereadores.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4014/ind._67-2023_comissao_de_vereadores.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE REALIZE A DOAÇÃO DOS BENS: 2 MICRO TRATOR 15CV A DIESEL, 2 MOTOCULTIVADOR, 2 ENCANTEIRADOR PARA MOTOCULTIVADOR, 2 SULCADOR PARA MCRO TRATOR, 2 CARRETA TRASNPORTE AGRÍCOLA TRACIONADA E 2 ROÇADEIRA FRONTAL PARA MICRO TRATORES, PARA À ARCA-ZM - ASSOCIAÇÃO REGIONAL DE COOPERAÇÃO AGRÍCOLA DA ZONA DA MATA DE MINAS, NOS TERMO DO PROJETO DE LEI EM ANEXO, DE COMPETÊNCIA DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4015/ind._68-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4015/ind._68-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO DISPONIBILIZE TRANSPORTE GRATUITO E LANCHE PARA OS ESTUDANTES DA ESCOLA TENENTE ROBERTO SOARES DE SOUZA LIMA MATRICULADOS NO CONSERVATÓRIO ESTADUAL DE MÚSICA PROFESSOR THEODOLINO JOSÉ SOARES.</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4017/ind._69-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4017/ind._69-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM MURO NA RUA DELORME TAVEIRA 366, AO LADO DA CASA DA SRA. LUZIA ONOFRE TEODORO, BAIRRO FILIPINHO</t>
   </si>
   <si>
     <t>4020</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4020/ind._70-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4020/ind._70-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REPARAÇÃO DA RUA ALTINO PELUSO, NO CENTRO.</t>
   </si>
   <si>
     <t>4021</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4021/ind._71-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4021/ind._71-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A REPARAÇÃO DA RUA LILA DREY RODRIGUES, NO BAIRRO NOVA CHÁCARA.</t>
   </si>
   <si>
     <t>4022</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4022/ind._72-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4022/ind._72-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE BICICLETÁRIO DE 10 VAGAS EM FRENTE AO BANCO DO BRASIL.</t>
   </si>
   <si>
     <t>4023</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4023/ind._73-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4023/ind._73-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE MURO DE CONTENÇÃO, NA RUA JUDITH TEREZINHA SILVA BRÁS, PRÓXIMO A CASA DE Nº 397, NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>4024</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4024/ind._74-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4024/ind._74-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE ENVIE COM URGÊNCIA UMA PESSOA PARA AVALIAR A PONTE DO CLEMENTE DO MEIO, PRÓXIMO AO CAMPO DO RENOVAÇÃO.</t>
   </si>
   <si>
     <t>4025</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4025/ind._75-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4025/ind._75-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE COLOQUE UM VARREDOR, FAÇA LIMPEZA EM UMA ÁREA DE LAZER PARA AS CRIANÇAS DO BAIRRO SANTA CLARA E SANTO CRISTO.</t>
   </si>
   <si>
     <t>4026</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4026/ind._76-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4026/ind._76-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA CANALIZAÇÃO PARA DRENAR AS ÁGUAS PLUVIAIS QUE ESCOAM ATRÁS DAS CASAS DOS MORADORES RUAN JOSÉ, SENHORAS ROSÂNGELA E CRISTINA COUTO, NA RUA ALAÍDE MARQUES, BAIRRO SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>4027</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4027/ind._77-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4027/ind._77-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO SEJA FEITO LIMPEZA E DESOBSTRUÇÃO DOS BUEIRO EM TODA A EXTENSÃO DA RUA JOSÉ SARAIVA, BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>4028</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4028/ind._78-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4028/ind._78-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE RETOME OS EXAMES PREVENTIVOS E PRÉ-NATAL NA SAÚDE PÚBLICA MUNICIPAL COM GINECOLOGISTAS, EM ESPECIAL NA ZONA RURAL.</t>
   </si>
   <si>
     <t>4030</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4030/ind._79-2023_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4030/ind._79-2023_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA UMA CANALETA NA RODOVIA MG-120, EM FRENTE A FABRICA DE RAÇÃO.</t>
   </si>
   <si>
     <t>4031</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4031/ind._80-2023_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4031/ind._80-2023_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO NA ESTRADA EM FRENTE O BITELÃO, NA FAZENDINHA, SENTIDO A SERRALHERIA DOS TORMEN.</t>
   </si>
   <si>
     <t>4032</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4032/ind._81-2023_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4032/ind._81-2023_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE INTERCEDA JUNTO À COPASA PARA QUE SEJA FEITO EM CARÁTER DE URGÊNCIA A INSTALAÇÃO DE UM RESERVATÓRIO DE ÁGUA NOS BAIRROS SOLAR I E II.</t>
   </si>
   <si>
     <t>4033</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4033/ind._82-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4033/ind._82-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA MELHORIAS COMO TAPA BURACOS E A LIMPEZA DE UMA VALA EXISTENTE PARALELA AS RUAS DELORME TAVEIRA E FRANCISCO DA COSTA BARROS, FILIPINHO.</t>
   </si>
   <si>
     <t>4034</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4034/ind._83-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4034/ind._83-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A COMPRA DE UNIFORME COMO: CAMISAS, SHORTS E MEIAS PARA OS TIMES MAIS TRADICIONAIS DA CIDADE.</t>
   </si>
   <si>
     <t>4035</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4035/ind._84-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4035/ind._84-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O TAPA BURACOS, CAPTAÇÃO DE ÁGUAS PLUVIAIS, LIMPEZA E RECOLHIMENTO DE ENTULHOS, E TAMBÉM MELHORIAS NO PONTO DE ÔNIBUS, NAS ESTRADA DO CATETE E RUA RAUL OLEGÁRIO.</t>
   </si>
   <si>
     <t>4036</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4036/ind._85-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4036/ind._85-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA MELHORIAS NA CAPTAÇÃO DE ÁGUAS PLUVIAIS E LIMPEZA DE TODOS OS BUEIROS DA RUA DJALMA FURTADO DE CAMPOS, BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4037/ind._86-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4037/ind._86-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM MURO DE CONTENÇÃO (GABIÃO) NA RUA RAIMUNDO FRANCISCO COELHO, RUA QUE LIGA A RUA JOÃO A RUA JOÃO FERREIRA DOS SANTOS NO BAIRRO GUSTAVO SABIONI.</t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4038/ind._87-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4038/ind._87-2023_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A INSTALAÇÃO DE TRÊS BICICLETÁRIOS NAS PRAÇAS, 28 DE SETEMBRO, PRAÇA SANTO ANTÔNIO E PRAÇA SÃO SEBASTIÃO (BARREIRO). NÃO HAVENDO POSSIBILIDADE DA INSTALAÇÃO NA PRAÇA, PODERÁ SER EM TORNO DA ÁREA DE ABRANGÊNCIA.</t>
   </si>
   <si>
     <t>4039</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4039/ind._88-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4039/ind._88-2023_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO CONSTRUÇÃO DE UMA CICLOVIA BIDIRECIONAL, COM 2,50M DE LARGURA.</t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4041/ind._89-2023_jose_silvino.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4041/ind._89-2023_jose_silvino.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A IMPLEMENTAÇÃO DE MAIS BUEIRIOS E A DESOBSTRUÇÃO DOS JÁ EXISTENTE NAS RUAS QUE FAZEM O ACESSO DOS BAIRROS NOVA RIO BRANCO, NOVA CHÁCARA E NOVA AMÉRICA AO BAIRRO CHÁCARA, PRINCIPALMENTE À RUA CESÁRIO ALVIM, NA ALTURA DO NÚMERO 519.</t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4042/ind._90-2023_jose_silvino.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4042/ind._90-2023_jose_silvino.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A TROCA IMEDIATA DAS LÂMPADAS DOS POSTES LOCALIZADOS NA ENTRADA DO BAIRRO SOLAR 1, EM FRENTE AO CAMPO, QUE SE ENCONTRAM QUEIMADAS, BEM COMO PROCEDA À MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA EM TODAS AS RUAS DOS BAIRROS SOLAR 1 E 2, REALIZANDO AS TROCAS NECESSÁRIAS DE LÂMPADAS, FIAÇÕES E POSTES.</t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJAM FEITOS O MANILHAMENTO E O CASCALHAMENTO NA ENTRADA QUE VAI DA RODOVIA 447 ATÉ A PONTE, NA COMUNIDADE RURAL DA FAZENDINHA.</t>
   </si>
   <si>
     <t>4046</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4046/ind._92-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4046/ind._92-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA A CONSTRUÇÃO DE UMA PRAÇA, ÁREA DE LAZER E UMA ACADEMIA DE GINÁSTICA AO AR LIVRE NO BAIRRO COHAB II</t>
   </si>
   <si>
     <t>4047</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4047/ind._93-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4047/ind._93-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO O RECAPEAMENTO ASFÁLTICO,TAPA BURACOS E MELHORIAS NO CALÇAMENTO NO INÍCIO DA RUA SÃO JOSÉ, BAIRRO PITO ACESO.</t>
   </si>
   <si>
     <t>4048</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4048/ind._94-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4048/ind._94-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA UMA LIMPEZA E TAPA BURACOS QUE LIGA A ESTRADA FLORESTA À PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>4049</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4049/ind._95-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4049/ind._95-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE O SR PREFEITO QUE SEJA FEITO EM CARÁTER DE URGÊNCIA, PAVIMENTAÇÃO ASFÁLTICA EM TODA EXTENSÃO DO BAIRRO GILENO SIQUEIRA.</t>
   </si>
   <si>
     <t>4050</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4050/ind._96-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4050/ind._96-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE FAÇA INSTALAÇÃO UM RESERVATÓRIO DE ÁGUA E DE UMA VENTOSA NOS BAIRROS SOLAR I E SOLAR II E RANCHO VERDE III</t>
   </si>
   <si>
     <t>4051</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4051/ind._97-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4051/ind._97-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA CONSTRUÇÃO DE UM BUEIRO EM MANILHADO DE 1M CORTANDO NO FINAL DA RUA MARIA EDWIRGES SARAIVA, A 50KM DA RODOVIA BAIRRO DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>4052</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA INSTALAÇÃO COM LÂMPADAS A VAPOR DE SÓDIO NOS TREVOS QUE DÃO ACESSO AO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>4053</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4053/ind._99-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4053/ind._99-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA CAPTAÇÃO DE AGUAS PLUVIAIS E PAVIMENTAÇÃO ASFÁLTICA NA MARIA EDWIRGES SARAIVA BAIRRO DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>4054</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4054/ind._100-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4054/ind._100-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE OPERAÇÃO TAPA BURACOS EM TODAS AS RUAS DA COLONIA, PLANALTO, GILENO SIQUEIRA, NOVO PLANALTO, SEBASTIÃO CORREIA, RECANTO VERDE E DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4055/ind._101-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4055/ind._101-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE INTERCEDA JUNTO À COPASA PARA QUE SEJA FEITA EXTENSÃO DE REDE DE ESGOTO NA RUA MARIA EDWIGES SARAIVA BAIRRO DISTRITO INDUSTRIAL</t>
   </si>
   <si>
     <t>4057</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4057/ind._102-2023_joazinnho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4057/ind._102-2023_joazinnho.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE FAÇA A REPARAÇÃO DA PONTE E O RECAPEAMENTO DO ASFALTO DA RUA GERALDO PIRES MILAGRES, RUA QUE LIGA A AV DR LELÉ AO FINAL DO BAIRRO PIEDADE</t>
   </si>
   <si>
     <t>4058</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4058/ind._103-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4058/ind._103-2023_alex.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE ENVIE COM URGÊNCIA UMA PESSOA PARA AVALIAR A PONTE DO RUADO DAS PEDRAS,PRÓXIMO AO VAGALUME</t>
   </si>
   <si>
     <t>4059</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4059/ind._104-2023_jose_silvino.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4059/ind._104-2023_jose_silvino.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA REALIZADA EM CARÁTER DE URGENCIA, LIMPEZA DE MATO E BARRO, TAMPAGEM DE BURACOS E ASFALTAMENTO NA RUA RICARDO MACHADO QUE LIGA O BAIRRO MULTIRÃO A SOLAR À RODOVIA</t>
   </si>
   <si>
     <t>4060</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4060/ind._105-2023_jose_silvino.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4060/ind._105-2023_jose_silvino.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA INSTALADA UMA LIXEIRA NA AV BEOQUINO DE ANDRADE, ESQUINA COM A RUA FRANCISCO MARIANO COELHO, NO BAIRRO ESPORTIVO</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4061/ind._106-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4061/ind._106-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA DISPONIBILIZADO PAPEL HIGIÊNICO E ABSORVENTES (LEI 1.559/2021) NO BANHEIRO DAS ESCOLAS MUNICIPAIS EM ESPECIAL DO COLÉGIO RIO BRANCO</t>
   </si>
   <si>
     <t>4062</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4062/ind._107-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4062/ind._107-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA REALIZADO DE NOSSO MUNICÍPIO NA PLATAFORMA "MÃOS A OBRA" DO GOVERNO FEDERAL, QUE RETOMARÁ OBRAS PARALISADAS EM PARCERIA COM MUNICÍPIOS</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4069/ind._108-2023_jose_silvino.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4069/ind._108-2023_jose_silvino.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE O SR PREFEITO QUE SEJAM FEITA CANALETAS/VALETAS DE CAPTAÇÃO DE ÁGUA NO BARRANCO ATRÁS DAS CASAS NA RUA CONSELHEIRO SANTANA,BAIRRO FORMIGA DE TRÁS, ENTRE OS NÚMEROS 2006 E A IGREJA,BEM COMO A LIMPEZA DA MESMA RUA,PRÓXIMO AO DEPÓSITO DE GÁS.</t>
   </si>
   <si>
     <t>4070</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4070/ind.109-2023_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4070/ind.109-2023_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA A REFORMA DA ANTIGA ESCOLA ALEXANDRE FERRAZ EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>4071</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4071/ind.110-2023_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4071/ind.110-2023_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE TAPA BURACO NAS RUAS DO BAIRRO NOVO HORIZONTE E NOVA CIDADE</t>
   </si>
   <si>
     <t>4072</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4072/ind.111-2023_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4072/ind.111-2023_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA REPARAÇÃO EM TODA GRADE DE CAPTAÇÃO DE AGUAS PLUVIAIS NA RUA GERVÁSIO MARTINS DE LIMA BAIRRO SANTO ANTONIO</t>
   </si>
   <si>
     <t>4076</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4076/ind.112-2023_jose_silvino.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4076/ind.112-2023_jose_silvino.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO QUE FAÇA CUMPRIR UM CÓDIGO DE POSTURA DO MUNICIPIO (LEI 7/1983) NO QUE TANGE À OBRIGATORIEDADE DE CONSTRUÇÃO DOS PASSEIOS NOS TERRENOS LOCALIZADOS AO LONGO DA AVENIDA DR LELÉ BEM COMO REGULAMENTE ATRAVÉS DE DECRETO, A PADRONIZAÇÃO DE TAIS CALÇADAS</t>
   </si>
   <si>
     <t>4079</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4079/ind.113-2023_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4079/ind.113-2023_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA A REFORMA NO ANTIGO POSTO DE SAUDE NO BAIRRO ESPORTIVO EM CARATER DE URGENCIA</t>
   </si>
   <si>
     <t>4081</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4081/ind.114-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4081/ind.114-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE MELHORIAS NA ILUMINAÇÃO PUBLICA E PODA DE ARVORES NA BAIRRO FILIPINHO</t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4082/ind.115-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4082/ind.115-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE A PREFEITURA SE INSCREVA NO PROGRAMA MAIS MÉDICOS DO GOVERNO FEDERAL</t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4083/ind.116-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4083/ind.116-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO O PATROLAMENTO RECAPEAMENTO, CASCALHAMENTO, CAPTAÇÃO DE ÁGUAS PLUVIAIS E AS MELHORIAS QUE SE FIZEREM NECESSÁRIAS EM CARÁTER DE URGÊNCIA NA COMUNIDADE RURAL E SANTA INÊS</t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4084/ind.117-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4084/ind.117-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA CONSTRUÍDO UM PARQUE ARBORIZADO COM UMA PRAÇA, CONTENDO PLAYGROUND, UMA QUADRA POLIESPORTIVA OU QUADRA DE AREIA, NO BAIRRO ALEXANDRE FERRAZ.</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4085/ind.118-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4085/ind.118-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO MELHORIAS NA ILUMINAÇÃO PÚBLICA E PODA DAS ÁRVORES DO BAIRRO COHAB I</t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4086/ind.119-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4086/ind.119-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE O PREFEITO INTERCEDA JUNTO AOS CORREIOS, NO INTUITO DE REGULARIZAR O SERVIÇO DE ENTREGA NOS BAIRROS SOLAR I E II</t>
   </si>
   <si>
     <t>4087</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4087/ind.120-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4087/ind.120-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE INTERCEDA JUNTO AOS CORREIOS, NO INTUITO DE REGULARIZAR O SERVIÇO DE ENTREGA NO BAIRRO NOVA CIDADE.</t>
   </si>
   <si>
     <t>4088</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4088/ind.121-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4088/ind.121-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE O SR PREFEITO INTERCEDA JUNTO AOS CORREIOS, NO INTUITO DE REGULARIZAR O SERVIÇO DE ENTREGA NO BAIRRO CAPITÃO GONÇALO II.</t>
   </si>
   <si>
     <t>4089</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4089/ind.122-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4089/ind.122-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA CONSTRUÍDO UM PARQUE ARBORIZADO COM UMA PRAÇA, CONTENDO PLAYGRAUND, NO BAIRRO RANCHO VERDE I</t>
   </si>
   <si>
     <t>4090</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4090/ind.123-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4090/ind.123-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO O ASFALTAMENTO A CAPTAÇÃO DE AGUAS PLUVIAIS NA RUA BENVINDA DOS SANTOS SABIONE NO BAIRRO CAPITÃO GONÇALO GOMES BARRETO</t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4091/ind.124-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4091/ind.124-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO UM CALÇADÃO DA AV DR LELÉ</t>
   </si>
   <si>
     <t>4092</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4092/ind.125-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4092/ind.125-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE COLOCAÇÃO DE DOIS POSTES DE ILUMINAÇÃO NO ESCADÃO DO NOVO HORIZONTE</t>
   </si>
   <si>
     <t>4093</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4093/ind.126-2023_jose_silvino.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4093/ind.126-2023_jose_silvino.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA INSTALADA UMA PLACA DE PROIBIDO PARAR/ESTACIONAR A MARGEM DA RODOVIA 447, PROXIMO AO PONTO DE ONIBUS DA COMUNIDADE RURAL DA FAZENDINHA</t>
   </si>
   <si>
     <t>4094</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4094/ind.127-2023_joaozinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4094/ind.127-2023_joaozinho.pdf</t>
   </si>
   <si>
     <t>SUGERE CONSTRUÇÃO DE UMA PRAÇA DE LAZER COMPLETA NO DISTRITO INDUSTRIAL DO BAIRRO COLÔNIA NOS FUNDOS DA FABRICA DE RAÇÃO, COM UM PARQUE INFANTIL COMPLETO, APARELHOS DE GINÁSTICA E ÁREA DE RECREAÇÃO</t>
   </si>
   <si>
     <t>4096</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4096/ind.128-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4096/ind.128-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE EM CARÁTER DE URGÊNCIA O CORTE DE UMA ARVORE NO BAIRRO RANCHO VERDE II</t>
   </si>
   <si>
     <t>4097</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4097/ind.129-2023_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4097/ind.129-2023_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE A RECOMPOSIÇÃO DE PERDAS SALARIAIS DE TODOS OS FUNCIONÁRIOS DO ADMINISTRATIVO DA PREFEITURA DE VISCONDE DO RIO BRANCO</t>
   </si>
   <si>
     <t>4098</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4098/ind.130-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4098/ind.130-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERINDO A IMPLANTAÇÃO DE UM CURSINHO PREPARATÓRIO PARA ENEM ( EXAME NACIONAL DO ENSINO MÉDIO) PARA TODOS OS ESTUDANTES,COM PRIORIDADE PARA OS DA REDE PÚBLICA ( MUNICIPAL E ESTADUAL), QUE REALIZARÃO O ENEM EM 2023,SEM DISTINÇÃO DO LOCAL DE ESTUDO.</t>
   </si>
   <si>
     <t>4099</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4099/ind.131-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4099/ind.131-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE  SEJA FEITA A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE NA AVENIDA DR. CARLOS SOARES, ESQUINA COM DR JOÃO BATISTA, CENTRO, EM FRENTE À CLINICA DENTISTA PARA TODOS.</t>
   </si>
   <si>
     <t>4100</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4100/ind.132-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4100/ind.132-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO A INSTALAÇÃO DE REDUTORES DE VELOCIDADE NO CRUZAMENTO DO RUADO DAS PEDRAS QUE LIGA BELA VISTA.</t>
   </si>
   <si>
     <t>4101</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4101/ind.133-2023_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4101/ind.133-2023_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO UM CALÇADÃO E ACADEMIA AO AR LIVRE NA RUA ALTINO PELUSO E DR CELSO MACHADO</t>
   </si>
   <si>
     <t>4102</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4102/ind._134-2023_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4102/ind._134-2023_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO UMA PRAÇA E UMA ACADEMIA AO AR LIVRE NO BAIRRO MULTIRÃO</t>
   </si>
   <si>
     <t>4103</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4103/ind.135-2023_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4103/ind.135-2023_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO ASFALTAMENTO DA ESTRADA QUE MARGEIA A RODOVIA VISCONDE DO RIO BRANCO X UBÁ NA FAZENDINHA</t>
   </si>
   <si>
     <t>4106</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4106/ind.136-2023_joaozinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4106/ind.136-2023_joaozinho.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO RECAPEAMENTO ASFÁLTICO EM TODA A EXTENSÃO DAS ESTRADAS RURAIS</t>
   </si>
   <si>
     <t>4109</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4109/ind._137-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4109/ind._137-2023_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE O SR PREFEITO QUE REALIZE 200M DE DRENAGEM DO CÓRREGO SANTA MARIA.</t>
   </si>
   <si>
     <t>4111</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4111/ind.138-2023_joaozinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4111/ind.138-2023_joaozinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE INSTALE PORTAL COM DETECTOR DE METAIS NA ENTRADA DE TODAS AS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>4112</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4112/ind.139-2023_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4112/ind.139-2023_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A LIMPEZA EM TODA MARGEM DA ESTRADA RURAL QUE LIGA O RUADO DAS PEDRAS/CÓRREGO DAS PEDRAS ATÉ A RODOVIA NA FAZENDINHA.</t>
   </si>
   <si>
     <t>4114</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4114/ind.140-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4114/ind.140-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM ESCADÃO, COM RAMPA, CORRIMÃO, ILUMINAÇÃO E TODA ESTRUTURA DE SEGURANÇA E ACESSIBILIDADE, NO TERRENO PERTENCENTE AO MUNICÍPIO, LIGANDO A RUA JOSÉ SARAIVA (RUA PRINCIPAL), NO BAIRRO COLÔNIA AO BAIRRO LOURDES SARAIVA.</t>
   </si>
   <si>
     <t>4115</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4115/ind.141-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4115/ind.141-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA PRAÇA DE LAZER COMPLETA, COM PARQUE INFANTIL COMPLETO, APARELHOS DE GINÁSTICA PARA A PRÁTICA DE EXERCÍCIOS FÍSICOS AO AR LIVRE E ÁREA DE RECREAÇÃO, NO TERRENO PERTENCENTE AO MUNICÍPIO,  TENDO COMO REFERÊNCIA , PRÓXIMO A ESCOLA MUNICIPAL PORFÍRIO SARAIVA NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>4116</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4116/ind.142-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4116/ind.142-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A MANUTENÇÃO DA REDE DE ESGOTO, REALIZE A TROCA DA TAMPA DO BUEIRO E A CORREÇÃO DO DESNÍVEL , NA RUA JOSÉ SARAIVA, PRÓXIMO A CASA DE Nº 713 E DA OFICINA DO SR. JORGE, NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>4117</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4117/ind.143-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4117/ind.143-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE DESLIGUE O TELÃO DE PROPAGANDA DA PREFEITURA LOCALIZADO NA PRAÇA TIRADENTES ENTRE 22HRS E 6HS DA MANHÃ.</t>
   </si>
   <si>
     <t>4118</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4118/ind.144-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4118/ind.144-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO REALIZE REFORMA NO CORETO DA PRAÇA 28 DE SETEMBRO E MANTENHA OS BANCOS DOS JARDINS DA PRAÇA 28 DE SETEMBRO SEMPRE LIMPOS.</t>
   </si>
   <si>
     <t>4119</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4119/ind.145-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4119/ind.145-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PRESIDENTE O RETORNO DO FUNCIONAMENTO DO CAC, EM ESPECIAL PARA OS/AS ESTUDANTES DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>4122</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4122/ind.146-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4122/ind.146-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE POSSA INCLUIR NA ROTA DO TRANSPORTE COLETIVO OS BAIRROS ANTÔNIO SOARES E JARDIM DA BARRA.</t>
   </si>
   <si>
     <t>4123</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4123/ind.147-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4123/ind.147-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA CONSTRUIDO UM PARQUINHO PARA AS CRIANÇAS NA PRACINHA DO BAIRRO COHAB III E QUE SEJA FEITO REPARO DAS MESAS QUEBRADAS DA PRAÇA.</t>
   </si>
   <si>
     <t>4124</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4124/ind.148-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4124/ind.148-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE MAIS UMA CAIXA D' ÁGUA NA MINA DO CENTENÁRIO SITUADA À RUA  QUE LIGA AO BAIRRO JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>4125</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4125/ind.149-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4125/ind.149-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A COLOCAÇÃO DE UM CAMINHÃO DE AREIA NA QUADRA DA PRAÇA DO CENTENÁRIO.</t>
   </si>
   <si>
     <t>4128</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4128/ind.150-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4128/ind.150-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE REGULARIZE O FORNECIMENTO DE LIVROS E MATERIAL DIDÁTICO PARA OS ESTUDANTES DO ENSINO MÉDIO DO COLÉGIO MUNICIPAL RIO BRANCO, BEM COMO REALIZE UMA MELHOR ADAPTAÇÃO DAS MATÉRIAS DO NOVO ENSINO MÉDIO.</t>
   </si>
   <si>
     <t>4129</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4129/ind.151-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4129/ind.151-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE INTERCEDA JUNTO A ENERGISA PARA QUE CONCLUA A ILUMINAÇÃO NO RUADO DAS PEDRAS ATÉ O CÓRREGO DAS PEDRAS.</t>
   </si>
   <si>
     <t>4130</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4130/ind.152-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4130/ind.152-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA COBERTURA PARA ÁREA EXTERNA DO POSTO DE SAÚDE DA COMUNIDADE DO GORDURA.</t>
   </si>
   <si>
     <t>4131</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4131/ind.153-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4131/ind.153-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO DA ESTRADA RURAL SÍTIO BOA VISTA, CONHECIDO TAMBÉM COMO CÓRREGO DO SOSSEGO.</t>
   </si>
   <si>
     <t>4132</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4132/ind._154-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4132/ind._154-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O CADASTRO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO NO PROGRAMA NACIONAL DE SEGURANÇA NAS ESCOLAS LAÇADO PELO GOVERNO FEDERAL.</t>
   </si>
   <si>
     <t>4133</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4133/ind.155-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4133/ind.155-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O ASFALTAMENTO DA ESTRADA RURAL DO FEITICEIRO SENTIDO A POLPA ROMA, QUE DÁ ACESSO AO POMBAL.</t>
   </si>
   <si>
     <t>4134</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4134/ind.156-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4134/ind.156-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A LIMPEZA E MELHORIAS NA MINA DO BARREIRO.</t>
   </si>
   <si>
     <t>4135</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4135/ind._157-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4135/ind._157-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE REALIZE ADESÃO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO AO CONSÓRCIO INTERMUNICIPAL MULTIFINALITÁRIO DO VALE DO PARAIBUNA (CIMPAR-ZONA DA MATA).</t>
   </si>
   <si>
     <t>4141</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4141/ind._158-2023_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4141/ind._158-2023_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO UM ESCADÃO COM ILUMINAÇÃO LIGANDO A RUA SÃO JOSÉ A RUA RONALDO DRUMOND DA COSTA  NO BAIRRO COHAB II</t>
   </si>
   <si>
     <t>4142</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4142/ind._159-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4142/ind._159-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE COLOQUE UMA CAÇAMBA DE LIXO COM TAMPA NA ESQUINA DAS RUAS JOSÉ BENTO DA CUNHA COM A RUA JOSÉ MAXIMINO DE ALMEIDA, EM FRENTE À LOJA "AGROOS RAÇÕES", NO BAIRRO CORONEL JOAQUIM LOPES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4143</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4143/ind._160-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4143/ind._160-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE REALIZE A LIMPEZA E MELHORIA DA MINA D'ÁGUA NA RUA ARNALDO PACHECO DE MEDEIROS, NO BAIRRO RANCHO VERDE NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4149</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4149/ind._161-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4149/ind._161-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO A MANUTENÇÃO NA REDE DE ÁGUAS PLUVIAIS NA RUA DELORME TAVEIRA DA SILVA, BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>4150</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4150/ind._162-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4150/ind._162-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJAM FEITA CANALETAS PARA ESCOAMENTO NAS ESTRADAS DE SANTA MARIA, PIEDADE DE CIMA E GORDURA.</t>
   </si>
   <si>
     <t>4151</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4151/ind._163-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4151/ind._163-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O RECAPEAMENTO ASFÁLTICO NAS ESTRADAS DE SANTA MARIA E GORDURA.</t>
   </si>
   <si>
     <t>4154</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4154/ind._164-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4154/ind._164-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM POSTO DE SAÚDE/UBS (UNIDADE BÁSICA), NO TERRENO PERTENCENTE AO MUNICÍPIO, TENDO COMO REFERÊNCIA, PRÓXIMO A ESCOLA MUNICIPAL PORFÍRIO SARAIVA, NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>4155</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4155/ind._165-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4155/ind._165-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CRIAÇÃO DO "AGENTE DE SAÚDE ANIMAL" NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>4156</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4156/ind._166-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4156/ind._166-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE DOIS REDUTORES DE VELOCIDADE COM SINALIZAÇÃO NA RUA DA POLICLÍNICA.</t>
   </si>
   <si>
     <t>4157</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4157/ind._167-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4157/ind._167-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A COLOCAÇÃO DE UM SEMÁFORO DE TRANSITO NA RUA DO POSTO BEIRA RIO, EM FRENTE A OFICINA DO BETO REIS.</t>
   </si>
   <si>
     <t>4158</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4158/ind._168-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4158/ind._168-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO NA RUA BENEDITO QUIRINO E RUA LOURIVAL G. SOARES NO BAIRRO BEIRA RIO, PRÓXIMO A PONTE DO BARREIRO.</t>
   </si>
   <si>
     <t>4162</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4162/ind._169-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4162/ind._169-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE REALIZE O CADASTRO, RETIRE E REPASSE AO NACIONAL ATLÉTICO CLUBE DO KIT DE MATERIAL ESPORTIVO NO VALOR DE R$ 50.000,00(CINQUENTA MIL REIAS) CONQUISTADOS ATRAVÉS DE INDICAÇÃO DE EMENDA PARLAMENTAR DO DEPUTADO ESTADUAL BETÃO (PT/MG).</t>
   </si>
   <si>
     <t>4163</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4163/ind._170-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4163/ind._170-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA UMA ÁREA DE LAZER ADAPTADA PARA PESSOAS COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>4164</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4164/ind._171-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4164/ind._171-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O RECAPEAMENTO ASFÁLTICO NA RUA JOSÉ ANCHIETA, BAIRRO BARRA.</t>
   </si>
   <si>
     <t>4165</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4165/ind._172-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4165/ind._172-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A INSTALAÇÃO DE DOIS PONTOS DE CAPTAÇÃO DE ÁGUA PLUVIAL (BUEIRO OU BOCA DE LOBO) NA AV. THEOPHILE DUBRELI, NA BARRA DOS COUTOS, EM FRENTE AO FORÚM.</t>
   </si>
   <si>
     <t>4170</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4170/ind._173-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4170/ind._173-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO PAISAGISMO NOS TREVOS NOVO HORIZONTE, BARRA E COLÔNIA , NOS CANTEIROS DA AVENIDA SÃO JOÃO BATISTA E CRUZEIRO, TAMBÉM NAS PRAÇAS 28 DE SETEMBRO, SANTO ANTÔNIO E BARREIRO.</t>
   </si>
   <si>
     <t>4172</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4172/ind._174-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4172/ind._174-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O PATROLAMENTO E COLOQUE CASCALHO, NA COMUNIDADE DE SANTA ROSA.</t>
   </si>
   <si>
     <t>4173</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4173/ind._175-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4173/ind._175-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO DE QUATRO VIAS, QUE LIGA A RUA JOSÉ SARAIVA (RUA PRINCIPAL) À RUA MELO BARRETO (BEIRA LINHA), NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>4174</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4174/ind._176-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4174/ind._176-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A IMPLANTAÇÃO DE PLACAS DE ORIENTAÇÃO DE DESTINO E PLACAS A INFORMAÇÕES DE SERVIÇOS COMO PRÉDIOS PÚBLICOS E DEMAIS SERVIÇOS ESSENCIAIS, NAS PRINCIPAIS VIAS MUNICIPAIS, TENDO COMO PONTOS PRINCIPAIS OS SEMÁFOROS E PONTOS DE DIVISÃO DE BAIRROS.</t>
   </si>
   <si>
     <t>4175</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4175/ind._177-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4175/ind._177-2023_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA CONSTRUÇÃO DE REDE DE CAPTAÇÃO DE ESGOTAMENTO SANITÁRIO E ALARGAMENTO DA ALGUNS PONTOS NA RUA SÃO JOSÉ, BAIRRO PITO ACESO, TRECHO DE INÍCIO: DO Nº 05 PASSANDO AO LADO DIREITO DO COMÉRCIO LECI E SUBINDO ATÉ A CURVA ESTREITA.</t>
   </si>
   <si>
     <t>4176</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4176/ind._178-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4176/ind._178-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM BUEIRO NA RUA PRINCIPAL DE SANTA MARIA PARA RECEBER ÁGUAS PLUVIAIS QUE VEM DA SERRA.</t>
   </si>
   <si>
     <t>4177</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4177/ind._179-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4177/ind._179-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA UM MURO DE GABIÃO AS MARGENS DO RIO XOPOTÓ EM FRENTE AO POSTO DE SAÚDE BEIRA RIO.</t>
   </si>
   <si>
     <t>4178</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4178/ind._180-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4178/ind._180-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O RECAPEAMENTO ASFÁLTICO NA ESTRADA RURAL DO MASSAMBARÁ.</t>
   </si>
   <si>
     <t>4179</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4179/ind._181-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4179/ind._181-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O PATROLAMENTO DA ESTRADA RURAL QUE FAZ A LIGAÇÃO DA ESTRADA CAMELINHA A ESTRADA BEIRA RIO (RIO DOS BAGRES) NAS PROXIMIDADES DA PROPRIEDADE DO ARI COELHO.</t>
   </si>
   <si>
     <t>4180</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4180/ind._182-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4180/ind._182-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A COBERTURA DA QUADRA E A CONSTRUÇÃO DE DOIS BANHEIROS NA QUADRA DO BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>4182</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4182/ind._183-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4182/ind._183-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PRESIDENTE DA CÂMARA MUNICIPAL REALIZE CONCURSO PÚBLICO PARA RECOMPOSIÇÃO DO QUADRO DE FUNCIONÁRIOS DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>4184</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4184/ind._184-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4184/ind._184-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A LIMPEZA DA AVENIDA ZUMBI DOS PALMARES, EM TODA A SUA EXTENSÃO BEM COMO A CONSTRUÇÃO DE CALÇADAS E PINTURA DE FAIXAS PARA TRAVESSIA DOS PEDESTRES NO LOCAL.</t>
   </si>
   <si>
     <t>4190</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4190/ind._185-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4190/ind._185-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA MANUTENÇÃO DO BUEIRO NA RUA JACQUES ROCHEBOIS, PRÓXIMOS AO Nº 128 NO BARREIRO.</t>
   </si>
   <si>
     <t>4191</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4191/ind._186-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4191/ind._186-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA CONSTRUÍDO UM PARQUE ARBORIZADO CONTENDO PLAYGRAUD, UMA QUADRA POLIESPORTIVA OU QUADRA DE AREIA, NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>4192</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4192/ind._187-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4192/ind._187-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O RESTABELECIMENTO DA POLÍTICA RURAL ESTABELECIDA NO ARTIGO 233 DA LEI ORGÂNICA MUNICIPAL PARA ATENDER OS PRODUTORES DE CANA DE AÇÚCAR E FRUTAS COM A LIMPEZA DAS ESTRADAS RURAIS QUE DÃO ACESSO AS SUAS PLANTAÇÕES.</t>
   </si>
   <si>
     <t>4193</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4193/ind._188-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4193/ind._188-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A PAVIMENTAÇÃO ASFÁLTICA APÓS O SALÃO DE FESTA DO CHICO ARNALDO SEGUINDO O ASFALTO ATÉ O FINAL  O SALÃO DE FESTA RECANTO JP.</t>
   </si>
   <si>
     <t>4194</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4194/ind._189-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4194/ind._189-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA PONTE DA RUA EUGENIO DE MELO (RUA DO FÓRUM) À RUA TEÓFILO DUBRÊ SAINDO PRÓXIMO AO CRUZAMENTO QUE DÁ ACESSO AO BARRALS.</t>
   </si>
   <si>
     <t>4195</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4195/ind._190-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4195/ind._190-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE REALIZE O CONSERTO DA ESTRADA QUE PASSA PELA COMUNIDADE MEMÓRIA SENTIDO À CAMELINHA, PASSANDO PELO SR. JOÃO LOPES, BEM COMO REALIZE A INSTALAÇÃO DE PELO MENOS 7 MANILHAS DE 60CM NA ALTURA DA CASA DO SENHOR ARI COELHO.</t>
   </si>
   <si>
     <t>4196</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4196/ind._191-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4196/ind._191-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM TANQUE (FOSSA) DE EVAPOTRANSPIRAÇÃO NAS ESCOLAS DA ZONA RURAL, EM ESPECIAL NA MEMÓRIA.</t>
   </si>
   <si>
     <t>4197</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4197/ind._192-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4197/ind._192-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE INSTALE PLACAS DE TRÂNSITO QUE INDIQUEM ESTACIONAMENTO PROIBIDO NA RUA GILMAR DA SILVA BRAGA, EM ESPECIAL NA CURVA PRÓXIMO À FABRICA DE MÓVEIS BOM PASTOR.</t>
   </si>
   <si>
     <t>4199</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4199/ind._193-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4199/ind._193-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO DE : " CUIDADO ANIMAIS NA PISTA, RISCO DE ACIDENTES" NAS RODOVIAS DE SÃO GERALDO X VRB E UBÁ X VRB NOS PONTOS ONDE HÁ MAIOR ÍNDICE DE ANIMAIS SOLTOS ENTRE AS PISTAS DAS RODOVIAS.</t>
   </si>
   <si>
     <t>4200</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4200/ind._194-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4200/ind._194-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A LIMPEZA DAS RUAS, PODA DE ÁRVORES E LIMPEZA DOS BUEIROS EM TODA EXTENSÃO DAS RUAS MARIA ANTONIETA CARNEIRO E VEREADOR ADÃO AMORIM, BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>4201</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4201/ind._195-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4201/ind._195-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A TROCA DE 3 (TRÊS) TAMPAS DE BUEIRO NA RUA DOUTOR ULISSES FERREIRA, BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>4204</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4204/ind._196-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4204/ind._196-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A MANUTENÇÃO DE PRAÇA (CALÇAMENTO, INSTALAÇÃO DE ILUMINAÇÃO E DE BANCO), PODA DE ÁRVORE, LIMPEZA DA VIA, CAPTAÇÃO DE ÁGUAS PLUVIAIS E INSTALAÇÃO DE UM QUEBRA-MOLA (COM SINALIZAÇÃO E PINTURA), NA RUA ZUMBI DOS PALMARES, NO BAIRRO CAMPO BELO.</t>
   </si>
   <si>
     <t>4205</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4205/ind._197-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4205/ind._197-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CRIAÇÃO DE UMA FARMACINHA POPULAR MUNICIPAL, PARA ATENDER AOS DONOS DE FELINOS E CANINOS DE BAIXA RENDA E AOS ANIMAIS DE RUA.</t>
   </si>
   <si>
     <t>4206</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4206/ind._198-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4206/ind._198-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O RECAPEAMENTO DO ASFALTO DA RUA RAPOSO TAVARES (RUA DOS BOIS), NO BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>4214</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4214/ind._199-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4214/ind._199-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA MANUTENÇÃO DO BUEIRO NA RUA SANTA LUZIA BAIRRO ANTÔNIO SOARES.</t>
   </si>
   <si>
     <t>4215</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4215/ind._200-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4215/ind._200-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA MANUTENÇÃO GERAL DA PRAÇA SÃO SEBASTIÃO, NO BARREIRO.</t>
   </si>
   <si>
     <t>4216</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4216/ind._201-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4216/ind._201-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO A ELABORAÇÃO DO PROJETO DE LEI QUE FIXA O PISO SALARIAL DOS PROFISSIONAIS DA SAÚDE DO MUNICÍPIO DE VISCONDE DO RIO BRANCO, CONFORME O ANEXO DO ANTEPROJETO Nº 02/2023.</t>
   </si>
   <si>
     <t>4217</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4217/ind._202-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4217/ind._202-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA DISPONIBILIZADO CARTÃO VALE GÁS NO VALOR DE R$ 60,00 PARA TODOS OS SERVIDORES PÚBLICOS.</t>
   </si>
   <si>
     <t>4219</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4219/ind._203-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4219/ind._203-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO EM CARÁTER DE URGÊNCIA A RETIRADA DE: CARROS, TRAILERS, EQUIPAMENTOS E OUTROS QUE ENCONTRAM-SE EM SITUAÇÃO DE ABANDONO NAS RUAS, PRAÇAS E AVENIDAS DE NOSSA CIDADE, CONFORME LEI MUNICIPAL JÁ EXISTENTE.</t>
   </si>
   <si>
     <t>4220</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4220/ind._204-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4220/ind._204-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA EXTENSÃO DE COBERTURA MÉDICA EM TODA ZONA RURAL.</t>
   </si>
   <si>
     <t>4221</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4221/ind._205-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4221/ind._205-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO EM FRENTE À PADARIA CENTRAL NA PRAÇA 28 DE SETEMBRO, CARGA E DESCARGA PARA CAMINHÕES 3/4.</t>
   </si>
   <si>
     <t>4224</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4224/ind._206-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4224/ind._206-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UM CENTRO COMUNITÁRIO NO BAIRRO MUTIRÃO.</t>
   </si>
   <si>
     <t>4225</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4225/ind._207-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4225/ind._207-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UM QUEBRA MOLAS (REDUTOR DE VELOCIDADE) NA RUA ZUMBI DOS PALMARES PRÓXIMO A PRACINHA.</t>
   </si>
   <si>
     <t>4231</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4231/ind._208-2023_alex-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4231/ind._208-2023_alex-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UM ESTUDO SOBRE A POSSIBILIDADE DE PAGAMENTO DE INSALUBRIDADE AOS FUNCIONÁRIOS AUXILIARES DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>4233</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4233/ind._209-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4233/ind._209-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A REDUÇÃO DA CARGA HORÁRIA DOS SERVIDORES AUXILIARES DE SERVIÇOS GERAIS PARA 40 HRS SEMANAIS.</t>
   </si>
   <si>
     <t>4234</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4234/ind._210-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4234/ind._210-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE PROVIDENCIE UM CONTAINER GRANDE PARA COLETA DE LIXO NA COMUNIDADE DO SANTA HELENA ZONA RURAL PRÓXIMO AO ASSENTAMENTO DO OLGA BENÁRIO.</t>
   </si>
   <si>
     <t>4235</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4235/ind._211-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4235/ind._211-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE POSTES DE ILUMINAÇÃO PÚBLICA, EM TODA EXTENSÃO DA COMUNIDADE DE SANTA JULIANA (INCLUINDO A ESTRADA QUE DÁ ACESSO AO LOCAL).</t>
   </si>
   <si>
     <t>4236</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4236/ind._212-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4236/ind._212-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA ARBORIZAÇÃO EM TODA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>4237</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4237/ind._213-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4237/ind._213-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA FAIXA DE PEDESTRE, IMPLANTAÇÃO DE PLACA DE SINALIZAÇÃO DE ÁREA ESCOLAR, NA RUA JOSÉ SARAIVA (PRÓXIMO A ENTRADA DA ESCOLA MUNICIPAL PORFÍRIO SARAIVA) E INSTALE PONTOS DE ÔNIBUS, EM TODAS AS PARADAS DOS BAIRROS COLÔNIA E DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>4239</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4239/ind._214-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4239/ind._214-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A ADEQUAÇÃO SALARIAL PARA OS MOTORISTAS, TRATORISTAS E OPERADORES DE MÁQUINA CONFORME A MÉDIA PARA CADA CATEGORIA (A, B, C, D, E).</t>
   </si>
   <si>
     <t>4241</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4241/ind._215-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4241/ind._215-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE VIABILIZE, COM URGÊNCIA , A CONSTRUÇÃO DE UMA SALA DE AULA NA ESCOLA ESTADUAL TENENTE ROBERTO SOARES DE SOUZA LIMA, NA COMUNIDADE DA SEMENTEIRA, PARA QUE A INSTITUIÇÃO CONTINUE OFERECENDO O PRÉ-ESCOLAR MUNICIPAL.</t>
   </si>
   <si>
     <t>4242</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4242/ind._216-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4242/ind._216-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REFORMA DA PONTE AUGUSTINHO AUGUSTO, NA COMUNIDADE DO CLEMENTE DE BAIXO, DEVIDO À SUA DETERIORAÇÃO E IMINENTE RISCO À SEGURANÇA DOS QUE ALI TRANSITAM, BEM COMO A MANUTENÇÃO DA ESTRADA ONDE A PONTE SE ENCONTRA.</t>
   </si>
   <si>
     <t>4243</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4243/ind._217-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4243/ind._217-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO NA ESCOLA MUNICIPAL CORONEL JOAQUIM LOPES E POSTO DE SAÚDE, LOCALIZADO NA COMUNIDADE DO MEMÓRIA, ZONA RURAL DE: PONTO DE TELEFONE FIXO, ATUALIZAÇÃO DA PLACA DA ESCOLA E REFORMA DO PISO DA ESCOLA.</t>
   </si>
   <si>
     <t>4249</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4249/ind._218-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4249/ind._218-2023_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA AQUISIÇÃO DE UM TERRENO PARA CONSTRUÇÃO DE UM MERCADO MUNICIPAL.</t>
   </si>
   <si>
     <t>4251</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4251/ind._219-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4251/ind._219-2023_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO A INSTALAÇÃO DE UM PONTO DE INTERNET, AQUISIÇÃO DE UMA IMPRESSORA E COPIADORA PARA O POSTO DE SAÚDE DA COMUNIDADE DA PIEDADE DE CIMA E AQUISIÇÃO DE UMA MOTO DE 125cc OU 150cc COM BAÚ PARA RECOLHER E REALIZAR ENTREGA DE RESULTADO DE EXAMES DA COMUNIDADE.</t>
   </si>
   <si>
     <t>4258</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4258/ind._220-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4258/ind._220-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA COLOCADO LÂMPADAS NA QUADRA DA COHAB 1.</t>
   </si>
   <si>
     <t>4259</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4259/ind._221-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4259/ind._221-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA CAPTAÇÃO DE ÁGUA PLUVIAL E ASFALTAMENTO NA RUA CEL. JOSÉ MESQUITA, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>4263</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4263/ind._222-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4263/ind._222-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REPARAÇÃO DE BUEIRO, NA RUA JOSÉ GERALDO NAMORATO, EM FRENTE À IGREJA EVANGÉLICA CONGRENACIONAL, NO BAIRRO NOVA CIDADE (NOVO HORIZONTE)</t>
   </si>
   <si>
     <t>4264</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4264/ind._223-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4264/ind._223-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA UMA FAIXA ELEVADA DE PEDESTRE NA RUA DO DIVINO, EM FRENTE À FISK.</t>
   </si>
   <si>
     <t>4269</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4269/ind._224-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4269/ind._224-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO EM CARÁTER DE URGÊNCIA A CONSTRUÇÃO DE UM ACESSO PARA AS CASAS DOS MORADORES PARALELO A RUA DELORME TAVEIRA, BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>4270</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4270/ind._225-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4270/ind._225-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA UMA FAIXA DE PEDESTRE ELEVADA EM FRENTE A IGREJA SANTO ANTÔNIO E OUTRA NA RUA SANTO ANTÔNIO PRÓXIMO A PADARIA NETO.</t>
   </si>
   <si>
     <t>4273</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4273/ind._226-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4273/ind._226-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE ACOLHA E MANIFESTE FORMALMENTE O INTERESSE DO NOSSO PLEITO DE INSTALAÇÃO DE UMA UNIDADE DO INSTITUTO FEDERAL DE EDUCAÇÃO, CIÊNCIA E TECNOLOGIA (IFET) EM VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>4274</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4274/ind._227-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4274/ind._227-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO CONVÊNIO COM UMA CASA DE APOIO EM BELO HORIZONTE PARA PACIENTES EM TRATAMENTO MÉDICO NA CAPITAL.</t>
   </si>
   <si>
     <t>4275</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4275/ind._228-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4275/ind._228-2023_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA CONSTRUÇÃO DE ABRIGOS COBERTOS COMO PARADA DE ÔNIBUS PARA EMBARQUE E DESEMBARQUE DE PASSAGEIROS NA RUA NENÉM ESTEVÃO AO LADO DA PRAÇA CELSO MACHADO, NO CÓRREGO DOS CARDOSO, À MARGEM DA ESTRADA MUNICIPAL PRINCIPAL ASFALTADA E NO CÓRREGO DOS ELIAS SETOR 1, À MARGEM DA ESTRADA MUNICIPAL PRINCIPAL, COMUNIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>4276</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4276/ind._229-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4276/ind._229-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A CONSTRUÇÃO DE UMA PRAÇA DE LAZER E UMA ACADEMIA AO AR LIVRE NO BAIRRO RANCHO VERDE 3.</t>
   </si>
   <si>
     <t>4277</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4277/ind._230-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4277/ind._230-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE VENHA INTERVIR JUNTO A COPASA PARA TROCA DA REDE DE ESGOTO DOS BAIRROS RANCHO VERDE I E RANCHO VERDE II.</t>
   </si>
   <si>
     <t>4278</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4278/ind._231-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4278/ind._231-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM NOVO ESCADÃO COM CORRIMÃO NA TRAVESSA MARIA JORGE,BAIRRO FELIPINHO.</t>
   </si>
   <si>
     <t>4279</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4279/ind._232-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4279/ind._232-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE VOLTE COM CAEF (CENTRO DE ATENDIMENTO AO ESTUDANTE FUNDAMENTAL)</t>
   </si>
   <si>
     <t>4280</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4280/ind._233-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4280/ind._233-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UM ESTUDO JUNTO AO DEPARTAMENTO DE TRÂNSITO SOBRE A POSSIBILIDADE DE COLOCAÇÃO DE QUEBRAS MOLAS NA RUA JOÃO VIEIRA NO BAIRRO ALTO DA BOA VISTA.</t>
   </si>
   <si>
     <t>4281</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4281/ind._234-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4281/ind._234-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A MANUTENÇÃO DAS VALETAS QUE FORAM DEIXADAS ABERTAS NA ESTRADA DO SANTA HELENA (PERTO DO ALAMBIQUE DO JURANDIR)</t>
   </si>
   <si>
     <t>4282</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>José S. Reis de Bittencourt - Zezinho do SuperMais, Gerson Gomes de Freitas - Amigo Xereba</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4282/ind._235-2023_gerson-jose_silvino.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4282/ind._235-2023_gerson-jose_silvino.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CRIAÇÃO DA GUARDA CIVIL MUNICIPAL DE VISCONDE DO RIO BRANCO ATRAVÉS DE UM PROJETO DE LEI COMPLEMENTAR ENVIADO À CÂMARA.</t>
   </si>
   <si>
     <t>4283</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4283/ind._236-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4283/ind._236-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O COMPLEMENTO DO ASFALTO EM TODA EXTENSÃO DA BEIRA LINHA.</t>
   </si>
   <si>
     <t>4285</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4285/ind._237-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4285/ind._237-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA PLACAS DE SINALIZAÇÃO NA AVENIDA DR. LELÉ CONFORME CADA LOCAL DA VIA.</t>
   </si>
   <si>
     <t>4296</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4296/ind._238-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4296/ind._238-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UMA CRECHE NO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>4297</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4297/ind._239-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4297/ind._239-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O RECAPEAMENTO ASFÁLTICO, MELHORIAS NA ILUMINAÇÃO E CONSTRUA UNS BANCOS NA PRAÇA DO LÍBANO, EM FRENTE O PARQUE DE EXPOSIÇÃO NA BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>4298</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4298/ind._240-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4298/ind._240-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE MUDE A ACADEMIA AO AR LIVRE DA BARRA DOS COUTOS DE LUGAR.</t>
   </si>
   <si>
     <t>4299</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4299/ind._241-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4299/ind._241-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O ALARGAMENTO DA PONTE DO BAIRRO PITO ACESO.</t>
   </si>
   <si>
     <t>4300</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4300/ind._242-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4300/ind._242-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O ALARGAMENTO DA PONTE DO BEIRA RIO.</t>
   </si>
   <si>
     <t>4301</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4301/ind._243-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4301/ind._243-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UM PONTO DE ÔNIBUS EM CARÁTER DE URGÊNCIA NA COMUNIDADE DA FAZENDINHA.</t>
   </si>
   <si>
     <t>4302</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4302/ind._244-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4302/ind._244-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UM CANTEIRO PARA A SEPARAÇÃO DE VIA AO LONGO DA RUA AVELINO CARDOSO  PIEDADE DO Nº 949 AO Nº 1.175, JUNTAMENTE COM REDUTORES DE VELOCIDADE E SINALIZAÇÃO ADEQUADA.</t>
   </si>
   <si>
     <t>4304</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4304/ind._245-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4304/ind._245-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA INSTALAÇÃO DE UMA CAÇAMBA DE LIXO GRANDE NA RUA AVELINO CARDOSO, BAIRRO PIEDADE, NA ALTURA NO NÚMERO 420, PRÓXIMO À ESTAÇÃO DE ÁGUA DA COPASA.</t>
   </si>
   <si>
     <t>4305</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4305/ind._246-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4305/ind._246-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A LIMPEZA DO CÓRREGO SITUADO NA RUA CORONEL GERALDO, BAIRRO CENTRO, EM TODA SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>4309</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4309/ind._247-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4309/ind._247-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CAPTAÇÃO DE ÁGUAS PLUVIAIS COM GRELHAS, BUEIROS E MANILHAS E ASFALTAMENTO, NA TRAVESSA HEITOR VILLA LOBOS (CONHECIDA COMO MORRO DO ZÉ BONÉ) , NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>4310</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4310/ind._248-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4310/ind._248-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA ACADEMIA AO AR LIVRE, NO TERRENO DO CENTRO COMUNITÁRIO DO BAIRRO RANCHO VERDE I.</t>
   </si>
   <si>
     <t>4311</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4311/ind._249-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4311/ind._249-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CRIAÇÃO DE UM CENTRO DE RECUPERAÇÃO E REABILITAÇÃO FEMININA DE DEPENDENTES QUÍMICAS.</t>
   </si>
   <si>
     <t>4312</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4312/ind._250-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4312/ind._250-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A PAVIMENTAÇÃO ASFÁLTICA NA TRAVESSA BARRETO NO BAIRRO ANTÔNIO SOARES.</t>
   </si>
   <si>
     <t>4313</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4313/ind._251-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4313/ind._251-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONTINUIDADE DAS OBRAS DO CAMPO DO CRUZEIRO DO BARREIRO, CONSTRUINDO VESTIÁRIOS, ARQUIBANCADAS E FAZENDO A ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>4320</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4320/ind._252-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4320/ind._252-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO REALIZE O CADASTRO NA AMPLIAÇÃO DO PROGRAMA MAIS MÉDICOS JUNTO AO MINISTÉRIO DA SAÚDE NA MODALIDADE DE COPARTICIPAÇÃO- UMA PARCERIA ENTRE O MINISTÉRIO DA SAÚDE E MUNICÍPIOS - ATÉ O DIA 27 DE JUNHO, VISTO QUE VISCONDE DO RIO BRANCO PODERIA REQUERER ATÉ 13 MÉDICOS/AS.</t>
   </si>
   <si>
     <t>4322</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4322/ind._253-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4322/ind._253-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UM CALÇADÃO E UMA ACADEMIA DE GINÁSTICA AO AR LIVRE NA RUA MARIA ANTONIETA CARNEIRO, BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>4323</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4323/ind._254-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4323/ind._254-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A INSTALAÇÃO DE UMA FAIXA ELEVADA DEVIDAMENTE SINALIZADA NA RUA MELO BARRETO, EM FRENTE A POLICLÍNICA MUNICIPAL NO CENTRO.</t>
   </si>
   <si>
     <t>4324</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4324/ind._255-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4324/ind._255-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO TRÊS QUEBRAS MOLAS NO INÍCIO DA RUA DELORME TAVEIRA, BAIRRO FILIPINHO NOS SEGUINTES PONTOS DE REFERÊNCIA; 1 PRÓXIMO A CASA DA SENHORA RENATA CARRIM, 1 PRÓXIMO A CASA DA SENHORA ELAINE ROSÁRIO E OUTRO PERTO DO BUSTER DA COPASA.</t>
   </si>
   <si>
     <t>4329</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4329/ind._256-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4329/ind._256-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA DISPONIBILIZADO PARA A ASSOCIAÇÃO FILARMÔNICA OSVALDO VICHI DE OLIVEIRA, UMA VAN PARA O TRANSPORTE DOS MÚSICOS, UM ESPAÇO PARA A BANDA PODER ENSAIAR, COMO TAMBÉM UMA VERBA DE 30 MIL PARA COMPRA DE INSTRUMENTOS.</t>
   </si>
   <si>
     <t>4331</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA TORRE COM VIABILIZAÇÃO DE SINAL DE INTERNET NA COMUNIDADE DO CAPITÃO MACHADO - ZONA RURAL.</t>
   </si>
   <si>
     <t>4338</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO AQUISIÇÃO DE UM TERRENO NA COLÔNIA PARA IMPLANTAÇÃO DO CORPO DE BOMBEIROS.</t>
   </si>
   <si>
     <t>4339</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O RECAPEAMENTO ASFÁLTICO EM TODA EXTENSÃO DA RUA JOÃO BRAZ DAMIÃO, BAIRRO COHAB I.</t>
   </si>
   <si>
     <t>4346</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4346/ind._260-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4346/ind._260-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO QUE SEJA CRIADA UMA INSTITUIÇÃO DE LONGA PERMANÊNCIA PARA IDOSOS ( CRECHE PARA IDOSOS).</t>
   </si>
   <si>
     <t>4347</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4347/ind._261-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4347/ind._261-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA REALIZADO O RECAPEAMENTO ASFÁLTICO NA ENTRADA E NO PÁTIO DO HOSPITAL SÃO JOÃO BATISTA</t>
   </si>
   <si>
     <t>4349</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4349/ind._262-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4349/ind._262-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO UM POÇO ARTESIANO NA ZONA RURAL DO CAPITÃO MACHADO.</t>
   </si>
   <si>
     <t>4350</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4350/ind._263-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4350/ind._263-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO UM POÇO ARTESIANO NA ZONA RURAL DE SANTA MARIA.</t>
   </si>
   <si>
     <t>4351</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4351/ind._264-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4351/ind._264-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA INSTALADO NA ZONA RURAL DO SEMENTEIRA UMA TORRE DE TELEFONE.</t>
   </si>
   <si>
     <t>4355</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4355/ind._265-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4355/ind._265-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA INSTALADA UMA CAIXA D 'AGUA DE 25 MIL LITROS NA ZONA RURAL DE SANTA MARIA COM URGÊNCIA.</t>
   </si>
   <si>
     <t>4358</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4358/ind._266-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4358/ind._266-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERINDO QUE FAÇA A CONSTRUÇÃO DE ÁREA COM COBERTURA, BANCOS E 02  BANHEIROS PÚBLICOS ( FEMININO E MASCULINO) AMBOS ADAPTADOS PARA PESSOAS COM DEFICIÊNCIA, NA PRAÇA 28 DE SETEMBRO , NO  ESPAÇO AO LADO  DA BANDA 13 DE MAIO.</t>
   </si>
   <si>
     <t>4359</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4359/ind._267-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4359/ind._267-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERINDO QUE FAÇA A INSTALAÇÃO DE NOVAS VAGAS DE ESTACIONAMENTO PRIORITÁRIO PARA OS IDOSOS ( COM MARCAÇÃO NO SOLO E PLACAS INFORMANDO USO OBRIGATÓRIO DE CARTÃO), NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>4361</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4361/ind._268-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4361/ind._268-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERINDO QUE FAÇA CAPTAÇÃO DE AGUAS PLUVIAIS COM GRELHAS, BUEIROS E MANILHAS, RUA SARAIVA( SUBIDA DO BAIRRO PLANALTO) EM FRENTE A OFICINA  DO EDINHO, NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>4365</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>COMISSÃO DE VEREADORES, João B. de Freitas do Nascimento-Joãozinho Bigode, Pedro Júlio Sobrinho</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4365/ind._269-2023_comissao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4365/ind._269-2023_comissao.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE ÁREA COM COBERTURA, BANCOS E 02 BANHEIROS PÚBLICOS (FEMININO E MASCULINO) AMBOS ADAPTADOS PARA PESSOAS COM DEFICIÊNCIA, NA PRAÇA 28 DE SETEMBRO, NO ESPAÇO AO LADO DA  BANDA 13 DE MAIO.</t>
   </si>
   <si>
     <t>4369</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4369/ind._270-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4369/ind._270-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA A COLOCAÇÃO DE DOIS REDUTORES DE VELOCIDADE NA RUA MARIA DO DODÔ, UM DELES PRÓXIMO A CASA DO SR. JAIRO DUTRA E OUTRO PRÓXIMO AO BUSTER DA COPASA.</t>
   </si>
   <si>
     <t>4370</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4370/ind._271-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4370/ind._271-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO MAIS UM PONTO DE SINAL EM FRENTE A LANCHONETE DO ABEL NA RUA DO DIVINO, CENTRO.</t>
   </si>
   <si>
     <t>4372</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4372/ind._272-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4372/ind._272-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UM REDUTOR DE VELOCIDADE (QUEBRA MOLAS) NA RUA DR. FUAD RACHILDE EM FRENTE A PRACINHA DO CENTENÁRIO.</t>
   </si>
   <si>
     <t>4379</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4379/ind._273-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4379/ind._273-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA UTILIZADO O TERRENO DA PREFEITURA QUE SE ENCONTRA SEM USO, PARA CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA COM COBERTURA NA RUA CAMPO BELO NO BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>4380</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4380/ind._274-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4380/ind._274-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO EXTENSÃO DE REDE ELÉTRICA NA ESTRADA D CAMPO DO CRUZEIRINHO NA PIEDADE DE CIMA</t>
   </si>
   <si>
     <t>4381</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4381/ind._275-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4381/ind._275-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO REPARO EM BUEIRO NA RUA ANTÔNIO BARRETO ALVEZ, BAIRRO PLANALTO (EM FRENTE A CASA DO BOY).</t>
   </si>
   <si>
     <t>4383</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4383/ind._276-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4383/ind._276-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA UMA FAIXA ELEVADA DE PEDESTRE NA COMUNIDADE RUADO DAS PEDRAS, EM FRENTE A IGREJA DO SR. SEBASTIÃO E DONA SOLENE</t>
   </si>
   <si>
     <t>4384</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4384/ind._277-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4384/ind._277-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE COLOQUE PLANILHAS DOS HORÁRIOS DOS ÔNIBUS MUNICIPAIS E INTERMUNICIPAIS NOS PAINÉIS ILUMINADOS JÁ INSTALADOS PELA PREFEITURA, NAS PROXIMIDADES DOS PONTOS DE ÔNIBUS E QUE SEJAM ATUALIZADAS, CASO HAJA ALTERAÇÕES NOS HORÁRIOS.</t>
   </si>
   <si>
     <t>4385</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4385/ind._278-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4385/ind._278-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O CONSERTO DA REDE DE ESGOTO NA RUA APARECIDA CARINA BENHAME DE ALMEIDA, ALTURA DO NÚMERO 140, AO LADO DA GARAGEM COLETIVO DE ÔNIBUS.</t>
   </si>
   <si>
     <t>4386</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4386/ind._279-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4386/ind._279-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REINSTALAÇÃO DO MÓVEL ANTIGO DO PLENÁRIO DA CÂMARA, BEM COMO A REFORMA DO MÓVEL E UM MEMORIAL DO REFERIDO PATRIMÔNIO.</t>
   </si>
   <si>
     <t>4387</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4387/ind._280-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4387/ind._280-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE REALIZE A CONSTRUÇÃO DE UMA CRECHE INFANTIL NO BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>4389</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4389/ind._281-2023_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4389/ind._281-2023_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA CALÇADA NA RUA VEREADOR JOSÉ SOARES FERREIRA, NA BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>4392</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4392/ind._282-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4392/ind._282-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE FAÇA O ASFALTAMENTO NA ESTRADA RURAL CÓRREGO DOS PINHEIROS, COMUNIDADE DA PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>4393</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4393/ind._283-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4393/ind._283-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA PROVIDENCIADA 25 BARRACAS PARA A FEIRINHA DE QUARTA-FEIRA DA PRAÇA.</t>
   </si>
   <si>
     <t>4394</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4394/ind._284-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4394/ind._284-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE FAÇA A INSTALAÇÃO DE 3 REDUTORES DE VELOCIDADE NA RUA PRESIDENTE ARTHUR BERNARDES, NO BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>4395</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4395/ind._285-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4395/ind._285-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE INTERCEDA JUNTO À COPASA PARA QUE SEJA TROCADO O RESERVATÓRIO DE ÁGUA DO BAIRRO PLANALTO EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>4399</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4399/ind._286-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4399/ind._286-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE CÂMARAS DE SEGURANÇA, NA PRAÇA DO CRUZEIRO, NO BAIRRO CASSIANO MESQUITA.</t>
   </si>
   <si>
     <t>4401</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4401/ind._287-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4401/ind._287-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA NA RUA MELO BARRETO, ESQUINA COM A RUA SÃO JOSÉ NA ENTRADA DO PITO ACESO, UM ESPAÇO COM BANCOS E PLANTIO DE FLORES PARA QUE SE TORNE UM AMBIENTE AGRADÁVEL E ÚTIL PARA OS CIDADÃOS.</t>
   </si>
   <si>
     <t>4402</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4402/ind._288-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4402/ind._288-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA ESTUDOS E TOMADA AS PROVIDÊNCIAS ADMINISTRATIVAS LEGAIS E NECESSÁRIAS, OBJETIVANDO-SE A CONSTRUÇÃO DE UM PORTAL NAS DUAS ENTRADAS PRINCIPAIS DA CIDADE, PELO BAIRRO FILIPINHO/NOVO HORIZONTE E BARRA DOS COUTOS CONFORME CROQUI EM ANEXO.</t>
   </si>
   <si>
     <t>4403</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4403/ind._289-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4403/ind._289-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA RECAPEAMENTO DO CALÇAMENTO NO BAIRRO RANCHO VERDE I, EM TODA EXTENSÃO DAS RUAS: JOÃO CORRÊA LINO, MÁRIO FERREIRA, JAIR DIAS BICALHO E JOSÉ TAGINO JACINTO.</t>
   </si>
   <si>
     <t>4404</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4404/ind._290-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4404/ind._290-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA CONSTRUÇÃO E UM PSF NO BAIRRO COLÔNIA, CONFORME INDICAÇÕES SOLICITADAS NA LEGISLAÇÃO 2017/2020 E 58/2021.</t>
   </si>
   <si>
     <t>4405</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4405/ind._291-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4405/ind._291-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO RECAPEAMENTO ASFÁLTICO NA AVENIDA, PRÓXIMO AO HOSPITAL SÃO JOÃO BATISTA ATÉ A BARRA DOS COUTOS, PRÓXIMO A RETÍFICA RIO BRANCO.</t>
   </si>
   <si>
     <t>4406</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4406/ind._292-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4406/ind._292-2023_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO RETORNE A OBRA DE EXTENSÃO DA RUA MELO BARRETO, E VAI ATÉ A EMPRESA JOTÃO MATERIAS DE CONSTRUÇÃO, ONDE FINALIZA O R]TRECHO DA RUA CITADA QUE FOI PROJETADA NO PASSADO. EM SEGUIDA, QUE INTERCEDA JUNTO AO DNIT PARA QUE AUTORIZE UMA OBRA DE CONSTRUÇÃO SOBRE O PONTILHÃO DE UMA CHAPA DE AÇO ANTIDERRAPANTE PARA QUE O TRÂNSITO POSSA FLUIR.</t>
   </si>
   <si>
     <t>4408</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4408/ind._293-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4408/ind._293-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO DE APROXIMADAMENTE 10 METROS DE COMPRIMENTO E 5 METROS DE LARGURA, DA RUA RITA ALVES DE MELO, NO BAIRRO OPERÁRIOS.</t>
   </si>
   <si>
     <t>4409</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4409/ind._294-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4409/ind._294-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE CÂMARA DE "OLHO VIVO", PRÓXIMO À ENTRADA DO BAIRRO NOVA CHÁCARA.</t>
   </si>
   <si>
     <t>4410</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4410/ind._295-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4410/ind._295-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PRESIDENTE ENCAMINHE SOLICITAÇÃO FORMAL AO PODER EXECUTIVO PARA QUE DELIBERE PARA VOTAÇÃO DO PROJETO DE LC Nº 133/2023.</t>
   </si>
   <si>
     <t>4412</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4412/ind._296-2023_jose_silvino.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4412/ind._296-2023_jose_silvino.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA REALIZADA A COMPLETA REVITALIZAÇÃO DO MONUMENTO DEDICADO AOS PRACINHAS RIOBRANQUENSES.</t>
   </si>
   <si>
     <t>4429</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4429/ind._297-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4429/ind._297-2023_gerson.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDE DE CAPTAÇÃO DE ÁGUA PLUVIAL, ESCADÃO E BUEIROS NAS RUA JOÃO VERÍSSIMO DE CARVALHO E IDA DARCY BENATTI, NO BAIRRO SANTO CRISTO.</t>
   </si>
   <si>
     <t>4431</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4431/ind._298-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4431/ind._298-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO AQUISIÇÃO DE UM TERRENO PARA O PROGRAMA HABITACIONAL DO MINHA CASA MINHA VIDA, JUNTO À CAIXA ECONÔMICA FEDERAL.</t>
   </si>
   <si>
     <t>4432</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4432/ind._299-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4432/ind._299-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO REPARO EM UM BARRANCO QUE ESTÁ DESMORONANDO NA RUA ÂNGELO AGOSTINHO BARBOSA, BAIRRO PLANALTO (EM FRENTE A CASA DO NACO).</t>
   </si>
   <si>
     <t>4433</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4433/ind._300-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4433/ind._300-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO PAVIMENTAÇÃO ASFÁLTICA E ILUMINAÇÃO ELÉTRICA NA RUA DOM SARAIVA, ANTIGA RUA DA MANGUEIRA, BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>4434</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4434/ind._301-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4434/ind._301-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UM REDUTOR DE VELOCIDADE (RADAR) NA FAZENDINHA, PRÓXIMO A CAPELA NOSSA SENHORA APARECIDA E OUTRO PRÓXIMO AO ANTIGO BITELÃO.</t>
   </si>
   <si>
     <t>4439</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4439/ind._302-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4439/ind._302-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO UM REDUTOR DE VELOCIDADE NA RUA MATILDE CAMPOS, PRÓXIMO AO NÚMERO 189, BAIRRO FRANCISCANOS.</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4440/ind._303-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4440/ind._303-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE FAÇA DUAS FAIXAS ELEVADAS COM SINALIZAÇÃO EM FRENTE O POSTO DE SAÚDE BEIRA RIO.</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4441/ind._304-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4441/ind._304-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA ACADEMIA AO AR LIVRE NA RUA JOSÉ TEIXEIRA DE OLIVEIRA PRIMO, NO BAIRRO PITO ACESO E SEJA INSTALADO A COBERTURA DA QUADRA.</t>
   </si>
   <si>
     <t>4446</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4446/ind._305-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4446/ind._305-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UM PONTO DE ÔNIBUS, UMA FAIXA DE PEDESTRES E QUEBRA MOLAS NO BAIRRO FILIPINHO E ALEXANDRE FERRAZ.</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4448/ind._306-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4448/ind._306-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A PINTURA DOS QUEBRA-MOLAS DO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>4449</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4449/ind._307-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4449/ind._307-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REFORMA DO ESCADÃO E MELHORIAS EM SUA ILUMINAÇÃO, NA TRAVESSA JOSÉ INOCÊNCIO (EM FRENTE AO PRESÍDIO)</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4450/ind._308-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4450/ind._308-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O CALÇAMENTO OU ASFALTE A ENTRADA DA CRECHE MUNICIPAL GUILHERME BENATTI.</t>
   </si>
   <si>
     <t>4453</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4453/ind._309-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4453/ind._309-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE ESTENDA A TODOS OS SERVIDORES DAS CRECHES E ESCOLAS MUNICIPAIS A SEMANA DE DESCANSO ESCOLAR DE OUTUBRO.</t>
   </si>
   <si>
     <t>4454</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4454/ind._310-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4454/ind._310-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SOLICITE À POLÍCIA MILITAR UM MAIOR PATRULHAMENTO DAS ZONAS RURAIS, EM ESPECIAL DA COMUNIDADE PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>4455</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4455/ind._311-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4455/ind._311-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE RESTABELEÇA O FORNECIMENTO DE CAFÉ E LANCHE AOS SERVIDORES SERVENTES DE VARRIÇÃO E COLETA DIARIAMENTE E EM HORÁRIO REGULAR.</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4479/ind._312-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4479/ind._312-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO O ASFALTAMENTO DA ESTRADA QUE LIGA A COMUNIDADE DAS PEDRAS ATÉ  A FAZENDINHA, PRÓXIMO AO SR. JOSÉ LUIZ E FAMÍLIA ABRAÃO  .</t>
   </si>
   <si>
     <t>4480</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4480/ind._313-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4480/ind._313-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO O RECAPEAMENTO ASFÁLTICO E MELHORIAS NO BUEIRO NA DELORME TAVEIRA PRÓXIMO AO NÚMERO 95, BAIRRO ALEXANDRE FERRAZ.</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4481/ind._314-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4481/ind._314-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO  QUE SEJA FEITO 2 OU 3 DESCARTES PARA MATERIAIS EM GERAL SEREM DESCARTADOS LEGALMENTE, CONFORME VEM ACONTECENDO NA NOSSA CIDADE DE MANEIRA INADEQUADA.</t>
   </si>
   <si>
     <t>4496</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4496/ind._315-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4496/ind._315-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO RECAPEAMENTO ASFÁLTICO NA RUA BELMIRO AUGUSTO, PRÓXIMO AO Nº 14 NO BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>4497</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4497/ind._316-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4497/ind._316-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR.PREFEITO QUE SEJA FEITO A INSTALAÇÃO DE DOIS REDUTORES DE VELOCIDADE NO CÓRREGO DAS PEDRAS, PRÓXIMO A CASA DO SR. JÉSUS DE ALMEIDA.</t>
   </si>
   <si>
     <t>4498</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4498/ind._317-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4498/ind._317-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA QUE LIGA O CAPITÃO MACHADO ATÉ A ANTIGA ESCOLA DO SAPATEIRO.</t>
   </si>
   <si>
     <t>4499</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4499/ind._318-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4499/ind._318-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA UMA FAIXA ELEVADA DE PEDESTRE NA RUA THEOPHILLE DUBREIL, NA BARRA DOS COUTOS, EM FRENTE AO BAR DO VITINHO.</t>
   </si>
   <si>
     <t>4500</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4500/ind._319-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4500/ind._319-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM MURO DE CONTENÇÃO NA RUA ALAIR MOREIRA DA SILVA, NO BAIRRO OPERÁRIOS.</t>
   </si>
   <si>
     <t>4501</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4501/ind._320-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4501/ind._320-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA NOVA PRAÇA DE LAZER COMPLETA,, COM ARBORIZAÇÃO, PARQUE INFANTIL COMPLETO, APARELHOS DE GINÁSTICA PARA A PRÁTICA DE EXERCÍCIOS FÍSICOS AO AR LIVRE E ÁREA DE RECREAÇÃO, NA PRAÇA EM FRENTE AO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>4505</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4505/ind._321-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4505/ind._321-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PRESIDENTE QUE AVALIE AQUISIÇÃO DE UM NOVO VEÍCULO, BEM COMO REGULARIZE A POSSIBILIDADE DE ABASTECIMENTO E SEGURO DO VEÍCULO DA CASA.</t>
   </si>
   <si>
     <t>4506</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4506/ind._322-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4506/ind._322-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE A GERÊNCIA REGIONAL DO INSS MANTENHA A AGÊNCIA DO REFERIDO INSTITUTO NACIONAL DO SEGURO SOCIAL (INSS) EM VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>4507</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4507/ind._323-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4507/ind._323-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO FORNEÇA TRANSPORTE ESCOLAR PARA OS ALUNOS DO PERÍODO NOTURNO DO COLÉGIO MUNICIPAL RIO BRANCO.</t>
   </si>
   <si>
     <t>4534</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4534/ind._324-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4534/ind._324-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA DO CAPITÃO MACHADO ATÉ A RODOVIA QUE LIGA UBÁ X VRB.</t>
   </si>
   <si>
     <t>4535</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4535/ind._325-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4535/ind._325-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE UM ALAMBRADO NA RODOVIÁRIA À DIREITA, PRÓXIMO AO PONTO DE TÁXI.</t>
   </si>
   <si>
     <t>4536</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4536/ind._326-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4536/ind._326-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A REFORMA COMPLETA DA QUADRA DO NOVO HORIZONTE E A INSTALAÇÃO DE UMA COBERTURA.</t>
   </si>
   <si>
     <t>4537</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4537/ind._327-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4537/ind._327-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A TROCA DAS LÂMPADAS PARA LED EM TODO O BAIRRO GILENO SIQUEIRA</t>
   </si>
   <si>
     <t>4538</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4538/ind._328-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4538/ind._328-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA DOAÇÃO DO TERRENO PARA IMPLANTAÇÃO DE MAIS INDÚSTRIAS AO LADO DA CRECHE DA COLÔNIA, NA RUA MARIA EDWIRGES SARAIVA.</t>
   </si>
   <si>
     <t>4539</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4539/ind._329-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4539/ind._329-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO PAVIMENTAÇÃO ASFÁLTICA NAS COMUNIDADES DO BOM JARDIM DE CIMA E BOM JARDIM DE BAIXO.</t>
   </si>
   <si>
     <t>4540</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4540/ind._330-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4540/ind._330-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PRESIDENTE DA CÂMARA MUNICIPAL DE VRB/MG QUE ESTABELEÇA CONVÊNIO COM A JUSTIÇA FEDERAL-SUBSEÇÃO JUDICIÁRIA DE VIÇOSA E PROVEJA UM ESTAGIÁRIO (ESTUDANTE DE DIREITO) PARA A REFERIDA SUBSEÇÃO.</t>
   </si>
   <si>
     <t>4541</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4541/ind._331-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4541/ind._331-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE APRESENTE O PROJETO DE LEI NOS TERMOS DO MODELO QUE SEGUE EM ANEXO, PARA INSTITUIR O PAGAMENTO DE GRATIFICAÇÃO DE INCENTIVO AOS INDICADORES DE DESEMPENHO DA SAÚDE BUCAL.</t>
   </si>
   <si>
     <t>4542</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4542/ind._332-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4542/ind._332-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE UM BEBEDOURO NO POSTO DE SAÚDE SANTA RITA, NO BAIRRO SANTA RITA E UM BEBEDOURO NA QUADRA POLIESPORTIVA, NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>4543</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4543/ind._333-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4543/ind._333-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA CONSTRUÇÃO OU INSTALAÇÃO DE UM POSTO DE SAÚDE/PSF (PROGRAMA SAÚDE DA FAMÍLIA), NO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>4544</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>COMISSÃO DE VEREADORES, Alex Vinicius Coelho - Alex da Autoescola, Antônio de Souza Lima Neto - Nôka do Fizico, Guilherme Guimarães de Azevedo, João B. de Freitas do Nascimento-Joãozinho Bigode</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4544/ind._334-2023_comissao_vereadores.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4544/ind._334-2023_comissao_vereadores.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE DISPONIBILIZE UM TERRENO PARA A CONSTRUÇÃO DA SEDE PRÓPRIA DA 42ª SUBSEÇÃO DA ORDEM DOS ADVOGADOS DO BRASIL.</t>
   </si>
   <si>
     <t>4545</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4545/ind._335-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4545/ind._335-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO SEJA FEITO POÇO ARTESIANO E A REDE DE INSTALAÇÃO DE ÁGUA NA COMUNIDADE DO GORDURA ZONA RURAL.</t>
   </si>
   <si>
     <t>4546</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4546/ind._336-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4546/ind._336-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A SUBSTITUIÇÃO DA REDE DE ESGOTO CONSTRUIDA POR MANILHAS DE BARRO, POR TUBOS DE PLÁSTICOS PVC NA COMUNIDADE DO GORDURA.</t>
   </si>
   <si>
     <t>4549</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4549/ind._337-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4549/ind._337-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A COLOCAÇÃO DE UMA FAIXA DE PEDESTRES ELEVADA E UM REDUTOR DE VELOCIDADE NA LADEIRA JOSÉ SOARES DA COSTA, EM FRENTE A APAE</t>
   </si>
   <si>
     <t>4550</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4550/ind._338-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4550/ind._338-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA UMA PAVIMENTAÇÃO ASFÁLTICA NA RUA TEÓFILO OTINI,, NO CENTRO, ESQUINA DO FERRO VELHO ATÉ A CASA TELLES NO JARDIM ALICE.</t>
   </si>
   <si>
     <t>4551</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4551/ind._339-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4551/ind._339-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO EM TODAS AS CRECHES DA CIDADE, UM INCREMENTO NA SEGURANÇA DESSES LOCAL.</t>
   </si>
   <si>
     <t>4556</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4556/ind._340-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4556/ind._340-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA UM ROTATÓRIA NA RUA VOLUNTÁRIOS DA PÁTRIA, COM A RUA FLORIANO PEIXOTO.</t>
   </si>
   <si>
     <t>4557</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4557/ind._341-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4557/ind._341-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO REPARO NA PONTE QUE LIGA O CÓRREGO FERRUGEM AO RESTAURANTE DA ROSÂNGELA, SÃO FRANCISCO ZONA RURAL.</t>
   </si>
   <si>
     <t>4558</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4558/ind._342-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4558/ind._342-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITURA QUE SEJA EFETUADO O PAGAMENTO DAS FÉRIAS PRÊMIO DOS FUNCIONÁRIOS PÚBLICOS.</t>
   </si>
   <si>
     <t>4559</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4559/ind._343-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4559/ind._343-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA ADQUIRIDO EM CARÁTER DE URGÊNCIA UM VEÍCULO PARA CAPTURA DE ANIMAIS SOLTOS EM VIAS PÚBLICAS COMO RUAS AVENIDAS E RODOVIA.</t>
   </si>
   <si>
     <t>4560</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4560/ind._344-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4560/ind._344-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO 3 REDUTORES DE VELOCIDADE NA RUA PRINCIPAL EM FRENTE AO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>4561</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4561/ind._345-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4561/ind._345-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE O SR. PREFEITO QUE SEJA FEITO UMA ACADEMIA AO AR LIVRE NO BAIRRO RANCHO VERDE II.</t>
   </si>
   <si>
     <t>4562</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4562/ind._346-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4562/ind._346-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O CALÇAMENTO, INSTALAÇÃO DE ILUMINAÇÃO E DE BANCOS, MANUTENÇÃO DOS APARELHOS DE GINÁSTICAS E IMPLANTAÇÃO DE UM PARQUE INFANTIL NO TERRENO ATRÁS DA ESCOLHA TIA NANÁ, NO BAIRRO COHAB I.</t>
   </si>
   <si>
     <t>4563</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4563/ind._347-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4563/ind._347-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE 05 POSTES DE ILUMINAÇÃO PÚBLICA SENDO 02 NO LOCAL CONHECIDO COMO "BECO DA DONA CARMINHA", E OS DEMAIS NOS FUNDOS DO REFERIDO BECO NA RUA MELO BARRETO (BEIRA LINHA), NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>4564</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4564/ind._348-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4564/ind._348-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>4565</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4565/ind._349-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4565/ind._349-2023_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO A CONTRATAÇÃO DE UMA EMPRESA PARA CONSTRUIR NO CÓRREGO DOS ELIAS (SETOR 1) UMA EXTENSÃO DE REDE ELÉTRICA COM DUAS FASES.</t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4568/ind._350-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4568/ind._350-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA INSTALADO MAIS UM BEBEDOURO INDUSTRIAL NA ESCOLA MUNICIPAL ALBERTINA SOARES DA COSTA, MAIS CONHECIDA COMO TIA NANÁ.</t>
   </si>
   <si>
     <t>4569</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4569/ind._351-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4569/ind._351-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA CALÇADA EM TORNO DA ESCOLA MUNICIPAL DEPUTADO LUIZ SOARES DA ROCHA, NO BAIRRO CORONEL JOAQUIM LOPES, NAS RUAS JOSÉ MAXIMINO DE ALMEIDA E RUA JOÃO CÂNDIDO DUTRA.</t>
   </si>
   <si>
     <t>4570</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4570/ind._352-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4570/ind._352-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A INTERVENÇÃO JUNTO A UMA EMPRESA DE TELEFONIA PARA INSTALAÇÃO DE UMA TORRE COM ANTENA DE SINAL MÓVEL NO BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>4572</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4572/ind._353-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4572/ind._353-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PRESIDENTE QUE FIRME CONVÊNIO COM A CÂMARA DOS DEPUTADOS E REALIZE LICITAÇÃO NA CÂMARA PARA QUE HAJA A TRANSMISSÃO DAS REUNIÕES E DOS TRABALHOS LEGISLATIVOS EM EMISSORA DE RÁDIO E TV.</t>
   </si>
   <si>
     <t>4573</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4573/ind._354-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4573/ind._354-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE INSTALE UM NOVO RESERVATÓRIO DE ÁGUA NA COMUNIDADE PIEDADE DE CIMA, NA ZONA RURAL, COM CAPACIDADE MÍNIMA DE 70 MIL LITROS.</t>
   </si>
   <si>
     <t>4574</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4574/ind._355-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4574/ind._355-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO APRESENTE  PROJETO DE LEI VISANDO DAR CUMPRIMENTO AO DISPOSTO NA LEI FEDERAL Nº 14.434/2022 QUE INSTITUIU O PISO SALARIAL NACIONAL DO ENFERMEIRO, DO TÉCNICO DE ENFERMAGEM, DO AUXILIAR DE ENFERMAGEM E DA PARTEIRA.</t>
   </si>
   <si>
     <t>4577</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4577/ind._356-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4577/ind._356-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE A UEMG-UNIVERSIDADE DO ESTADO DE MINAS GERAIS, INSTALE EM VISCONDE DO RIO BRANCO O CURSO DE PRODUÇÃO MUSICAL E FONOGRÁFICA.</t>
   </si>
   <si>
     <t>4582</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4582/ind._357-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4582/ind._357-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A INSTALAÇÃO DE 3 POSTES DE ILUMINAÇÃO PÚBLICA NA RUA ARNALDO PACHECO DE MEDEIROS NO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>4583</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4583/ind._358-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4583/ind._358-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REFORMA DA PONTE NA COMUNIDADE DO GORDURA E A LIMPEZA DO CÓRREGO.</t>
   </si>
   <si>
     <t>4584</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4584/ind._359-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4584/ind._359-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A TROCA DO RESERVATÓRIO DE ÁGUA NA COMUNIDADE DO BELA VISTA.</t>
   </si>
   <si>
     <t>4585</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4585/ind._360-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4585/ind._360-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A CONSTRUÇÃO DE UM ESCADÃO NA PARTE ALTA DO RANCHO VERDE II, COM ILUMINAÇÃO E AS ADEQUAÇÕES DE ACESSIBILIDADE CONFORME CONSTATADAS EM LEIS.</t>
   </si>
   <si>
     <t>4586</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4586/ind._361-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4586/ind._361-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO  QUE SEJA FEITO EM CARÁTER DE URGÊNCIA O ASFALTAMENTO NO BAIRRO RANCHO VERDE I, EM TODA EXTENSÃO DAS RUAS: JOÃO CORRÊA LINO, MÁRIO FERREIRA, JAIR DIAS BICALHO, JOSÉ TAGINO JACINTO, ARNALDO PACHECO BENDEIROS, FRANCISCO AMARAL, FRANCISCO BORGES VIEIRA, JOÃO CARDOSO DA SILVA E RUA VEREADOR ANTÔNIO TEIXEIRA BARBOSA.</t>
   </si>
   <si>
     <t>4587</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4587/ind._362-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4587/ind._362-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA INSTALADO 2 REDUTORES DE VELOCIDADE EM CARÁTER DE URGÊNCIA NA VIA QUE LIGA O RANCHO VERDE III AO FLORESTA DENOMINADA ESTRADA DOS BRÁZ.</t>
   </si>
   <si>
     <t>4592</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4592/ind._363-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4592/ind._363-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CAPTAÇÃO DE ÁGUAS PLUVIAIS COM GRELHAS, BUEIROS E MANILHAS, NA LOCALIDADE CAPITÃO MACHADO (CÓRREGO DAS TACHAS)</t>
   </si>
   <si>
     <t>4593</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4593/ind._364-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4593/ind._364-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO DA RUA FREI ZACARIAS E RUA GERVÁSIO MARTINS DE LIMA, NO BAIRRO DE LOURDES (PRÓXIMO AO MERCADO DO JOSÉ ANANIAS)</t>
   </si>
   <si>
     <t>4594</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4594/ind._365-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4594/ind._365-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A COBERTURA DA QUADRA POLIESPORTIVA PERTENCENTE À ESCOLA MUNICIPAL GABRIEL DE CARVALHO, NA COMUNIDADE DO GORDURA.</t>
   </si>
   <si>
     <t>4596</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4596/ind._366-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4596/ind._366-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO MELHORIAS NO CALÇAMENTO E A PAVIMENTAÇÃO DA RUA SEBASTIÃO LOPES FERRAZ, BAIRRO PRIMAVERA.</t>
   </si>
   <si>
     <t>4597</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4597/ind._367-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4597/ind._367-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A PINTURA DE FAIXAS DE SINALIZAÇÃO HORIZONTAL DE SOLO, ALÉM DE TODAS AS SINALIZAÇÕES NECESSÁRIAS COMO PINTURA DE FAIXAS DE PEDESTRES, QUEBRA MOLAS, VAGAS DE IDOSOS E DEFICIENTES, E TAMBÉM TODA SINALIZAÇÃO VERTICAL QUE SEJA IMPORTANTE PARA TODA A EXTENSÃO DA AV. DR. CARLOS SOARES.</t>
   </si>
   <si>
     <t>4598</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4598/ind._368-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4598/ind._368-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A INSTALAÇÃO DE QUATRO POSTES DE ILUMINAÇÃO NA ENTRADA DO TREVO DO MASSAMBARÁ NA RODOVIA.</t>
   </si>
   <si>
     <t>4599</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4599/ind._369-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4599/ind._369-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UMA MANUTENÇÃO NO PARQUINHO E NA ACADEMIA AO AR LIVRE DA PRAÇA PREFEITO SEBASTIÃO PACHECO NO BARREIRO.</t>
   </si>
   <si>
     <t>4600</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4600/ind._370-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4600/ind._370-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA CONSTRUIDO UMA PASSARELA PARA PEDESTRE NA PONTE DO BARREIRO.</t>
   </si>
   <si>
     <t>4601</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4601/ind._371-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4601/ind._371-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A INTERVENÇÃO JUNTA A UMA EMPRESA DE TELEFONIA PARA INSTALAÇÃO DE UMA TORRE COM ANTENA DE SINAL MÓVEL NA COMUNIDADE DA PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4602/ind._372-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4602/ind._372-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA COLOCADO LÂMPADAS ONDE FALTA E A TROCA DAS LÂMPADAS QUEIMADAS NOS POSTES PRÓXIMOS AO LOTEAMENTO NEY CAPOBIANGO, NO TREVO DO BARREIRO.</t>
   </si>
   <si>
     <t>4606</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4606/ind._373-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4606/ind._373-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE MAIS BANCOS, NA PRAÇA DO CRUZEIRO, NO BAIRRO CASSIANO MESQUITA.</t>
   </si>
   <si>
     <t>4607</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4607/ind._374-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4607/ind._374-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REPARAÇÃO DE ASFALTO, NA AVENIDA BENEDITO VALADARES, EM FRENTE AO SPAZIO PILATES, NO CENTRO</t>
   </si>
   <si>
     <t>4608</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4608/ind._375-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4608/ind._375-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA ARBORIZAÇÃO, INSTALAÇÃO DE PARQUE INFANTIL E DE APARELHOS DE GINÁSTICA PARA A PRÁTICA DE EXERCÍCIOS FÍSICOS, NA PRAÇA NAIR MESQUITA TORRES, NO BAIRRO CASSIANO MESQUITA.</t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4609/ind._376-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4609/ind._376-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO PRESIDENTE DA CÂMARA MUNICIPAL QUE ADQUIRA EQUIPAMENTOS E SOFTWARE PARA SISTEMATIZAR E AUTOMATIZAR A IDENTIFICAÇÃO DE VISITANTES NA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>4610</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4610/ind._377-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4610/ind._377-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE CESSE A PERSEGUIÇÃO E VIGÍLIA VIRTUAL A SERVIDORES PÚBLICOS MUNICIPAIS, BEM COMO AS COBRANÇAS POR SUAS FUTURAS REAÇÕES A QUALQUER PUBLICAÇÃO EM REDES SOCIAIS, SOB PENA DE UMA POSSÍVEL CARACTERIZAÇÃO DE ASSÉDIO MORAL.</t>
   </si>
   <si>
     <t>4611</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4611/ind._378-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4611/ind._378-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE A CÂMARA DOS DEPUTADOS E SEUS MEMBROS PARLAMENTARES DEFENDAM O DIREITO AO CASAMENTO HOMOAFETIVO NO BRASIL E QUE REPROVE O PROJETO DE LEI 580/2017 QUE TRAMITA NA CÂMARA DOS DEPUTADOS.</t>
   </si>
   <si>
     <t>4613</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4613/ind._379-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4613/ind._379-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A COMPRA PELA SECRETARIA DE CULTURA, LAZER, ESPORTE E TURISMO DE UMA MÁQUINA DE ALGODÃO DOCE E UMA PIPOQUEIRA PROFISSIONAL.</t>
   </si>
   <si>
     <t>4632</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4632/ind._380-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4632/ind._380-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO A IMPLANTAÇÃO DE POSTO DE SAÚDE DE UM PSF (PROGRAMA DE SAÚDE DA FAMÍLIA) NOS BAIRROS NOVO HORIZONTE/NOVA CIDADE.</t>
   </si>
   <si>
     <t>4633</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4633/ind._381-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4633/ind._381-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO TODAS AS MELHORIAS NECESSÁRIAS COMO ASFALTAMENTO E CAPTAÇÃO DE ÁGUAS PLUVIAIS NA INFRAESTRUTURA DA ESTRADA QUE LIGA A SEMENTEIRA ATÉ A DIVISA COM MUNICÍPIO DE SÃO GERALDO.</t>
   </si>
   <si>
     <t>4634</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4634/ind._382-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4634/ind._382-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA A COMPRA DE VEÍCULOS NOVOS PARA TRANSPORTE DE PASSAGEIROS DOS PACIENTES PARA MURIAÉ E JUIZ DE FORA ( VAN, MICROONIBUS OU ÔNIBUS).</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4636/ind._383-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4636/ind._383-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGIRO QUE O GOVERNO DO ESTADO REALIZE A MANUTENÇÃO, RECAPEAMENTO ASFÁLTICO E A LIMPEZA E MANUTENÇÃO DOS ACOSTAMENTOS DA RODOVIA  MG - 447 ENTRE  VISCONDE DO RIO BRANCO  E MURIAÉ, EM ESPECIAL, DO TRECHO ENTRE vISCONDE DO RIO BRANCO E GUIRICEMA.</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4637/ind._384-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4637/ind._384-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE A ASSEMBLEIA LEGISLATIVA DE MINAS GERAIS E SEUS MEMBROS PARLAMENTARES SE POSICIONEM CONTRÁRIOS AO "REGIME DE RECUPERAÇÃO FISCAL", O QUAL O GOVERNADOR DO ESTADO SUGERE SUA APROVAÇÃO.</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4638/ind._385-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4638/ind._385-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGIRO QUE A PREFEITURA MUNICIPAL PROVIDENCIE A INSTALAÇÃO DE LOMBADAS E A CONSTRUÇÃO DE CALÇADAS EM TODO O TRECHO QUE SE  ENTENDE DESDE  O FINAL DO BAIRRO SANTO ANTÔNIO ( LOCALMENTE CONHECIDO COMO QUEBRA) ATÉ DISTRITO DA COLÔNIA.</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4641/ind._386-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4641/ind._386-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERINDO QUE FAÇA A INSTALAÇÃO DE CÂMERAS DE SEGURANÇA EM TODA EXTENSÃO DA AVENIDA DR.LELÉ.</t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4642/ind._387-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4642/ind._387-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO A INSTALAÇÃO DE LIXEIRAS SUSPENSAS E COM GRANDE CAPACIDADE DE ARMAZENAMENTO EM TODAS AS RUAS DOS BAIRROS  COLÔNIA, DISTRITO INDUSTRIAL, PLANALTO,NOVO PLANALTO,LOURDES SARAIVA,RECANTO VERDE E GILENO SIQUEIRA.</t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4643/ind._388-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4643/ind._388-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO QUE FAÇA A LIMPEZA E MANUTENÇÃO EM TODOS OS BUEIROS DA CIDADE, PRINCIPALMENTE OS EXISTENTES NA PARTE DE BAIXO.</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4644/ind._389-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4644/ind._389-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A TROCA DA BOMBA D'ÁGUA  NA COMUNIDADE DAS PEDRAS.</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4645/ind._390-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4645/ind._390-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO QUE SEJA FEITO UMA CONSTRUÇÃO DE BOCA DE LOBO EM TODO BAIRRO CONSELHEIRO SANTANA E TAMBÉM NA CURVA DE NÍVEL ACIMA DAS CASAS,DEPOIS DA IGREJA.</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4648/ind._391-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4648/ind._391-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE O SR PREFEITO COLOQUE PLACA DE CARGA E DESCARGA COM HORÁRIO DE 08:00 AS 17:00H NA PRAÇA 28 DE SETEMBRO EM FRENTE BCO ITAU, LUGAR ONDE ERA OS QUIOSQUES.</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4649/ind._392-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4649/ind._392-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO QUE SEJA FEITO REFORMA DA LAVANDERIA NA PRAÇA  ANTÔNIO LOPES FARIA NO BAIRRO DULCILIA CARONE, PRÓXIMO AO ANTIGO MATADOURO.</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4650/ind._393-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4650/ind._393-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO QUE SEJA FEITO A PAVIMENTAÇÃO ASFALTICA DA RUA JOÃO CORRÊA LINO , RUA ENTRE OS BAIRROS PIEDADE E RANCHO VERDE I.</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4655/ind._394-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4655/ind._394-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UMA FAIXA DE PEDESTRE ELEVADA NA AVENIDA DR. CARLOS SOARES, EM FRENTE A RODOVIÁRIA E OUTRO EM FRENTE AO INSS.</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4656/ind._395-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4656/ind._395-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO AS MELHORIAS NECESSÁRIAS NOS PONTOS DE ÔNIBUS JÁ EXISTENTES, E A CONSTRUÇÃO DE NOVOS PONTOS COBERTOS PARA EMBARQUE E DESEMBARQUE DE PASSAGEIROS NAS COMUNIDADES; FAZENDINHA, SEMENTEIRA, SANTA HELENA, SÃO FRANCISCO, BELA VISTA DE SÃO FRANCISCO, COLÔNIA, CAMELINHA, RENOVAÇÃO, SANTA JULIANA, MEMÓRIA, CLEMENTE, GORDURA, RUADO DAS PEDRAS, PIEDADE DE CIMA, FLORESTA, COHAB (1,2,3), BAIRRO DE LURDES, NOVO HORIZONTE, NOVA CIDADE , BARRA DOS COUTOS, PIEDADE E RODOVIA VRB COM SEMENTEIRA.</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4657/ind._396-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4657/ind._396-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A INSTALAÇÃO DE 5 PONTOS DE PARADA DE VEÍCULOS NO CENTRO DA CIDADE, COMO SUGESTÃO: PRÓXIMO A AUTOESCOLA MASTER, PADARIA NETO, COMPANHIA DO CHURRASCO, SANITÁRIA TUPAN E OUTRO PRÓXIMO A LOJA HELP CELULARES.</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4658/ind._397-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4658/ind._397-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE COLOQUE UMA ROTATÓRIA COM DUAS FAIXAS ELEVADAS EM FRENTE AO HOSPITAL SÃO JOÃO BATISTA MAIS PRECISAMENTE NA PRAÇA JORGE CARONE FILHO, EM FRENTE A PAX Nº259.</t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4659/ind._398-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4659/ind._398-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REVITALIZAÇÃO DA PRAÇA DE SANTA MARIA.</t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4660/ind._399-2023_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4660/ind._399-2023_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A DOAÇÃO DO TERRENO PERTENCENTE AO MUNICÍPIO QUE SE ENCONTRA ATRÁS DO POSTO DE SAÚDE NA DIVISA COM O JOTÃO, NA COMUNIDADE DE SANTA MARIA, PARA AS FAMÍLIAS DE BAIXA RENDA QUE LÁ HABITAM.</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4661/ind._400-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4661/ind._400-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA INSTALAÇÃO DE BANCOS, NA PRAÇA CORRÊA DIAS (ANTIGA RODOVIÁRIA), PRÓXIMO À ESCOLA FISK, NO CENTRO.</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4662/ind._401-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4662/ind._401-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A COLOCAÇÃO DE UMA LOMBADA COM SINALIZAÇÃO E PINTURA, NA RUA MILTON DE PAIVA BARBOSA, EM FRENTE AO Nº  79, PRÓXIMO AO POSTO DE SAÚDE, NO BAIRRO COHAB 3.</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4663/ind._402-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4663/ind._402-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REPARAÇÃO DE BURACOS, NA RUA CLÁUDIA MARIA COELHO CARDOSO, NO BAIRRO CAPITÃO GONÇALO GOMES BARRETO.</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4665/ind._403-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4665/ind._403-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A CONSTRUÇÃO DE UMA ACADEMIA AO AR LIVRE NO BAIRRO BELVEDERE.</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4666/ind._404-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4666/ind._404-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM POÇO ARTESIANO NA COMUNIDADE DA PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4668/ind._405-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4668/ind._405-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UMA REFORMA NA MINA D'AGUA NA AVENIDA DR. LELÉ.</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4669/ind._406-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4669/ind._406-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO CAPINA E LIMPEZA EM TODAS A RUAS DO BAIRRO GILENO SIQUEIRA.</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4670/ind._407-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4670/ind._407-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA EXTENSÃO DE REDE ELÉTRICA NO CAPITÃO MACHADO, DEPOIS DA IGREJINHA.</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4671/ind._408-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4671/ind._408-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA CONSTRUÍDO UM MURO DE CONTENÇÃO NA PARTE DE BAIXO DA ESCOLA PORFÍRIO SARAIVA, BAIRRO COLÔNIA, ONDE FOI CONSTRUÍDO A QUADRA.</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4672/ind._409-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4672/ind._409-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A PAVIMENTAÇÃO ASFÁLTICA DA SERRA DE SANTA MARIA LIGANDO A COMUNIDADE A MG 280 QUE ESTA SENDO CONSTRUIDA PELO DER-MG.</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4673/ind._410-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4673/ind._410-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A PODA DAS ÁRVORES NA RIO BAHIA, ESTRADA RURAL PAVIMENTADA DENOMINADA JOSÉ DE OLIVEIRA COELHO.</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4674/ind._411-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4674/ind._411-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O REPASSE DO INCENTIVO FINANCEIRO ADICIONAL AOS AGENTES COMUNITÁRIOS DE SAÚDE E AOS AGENTES DE COMBATE A ENDEMIAS E ZOONOSES, CONFORME A LEI MUNICIPAL Nº 1.645/2023.</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4675/ind._412-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4675/ind._412-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA IMPLANTADO O SISTEMA DE "ESTACIONAMENTO ROTATIVO" NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4676/ind._413-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4676/ind._413-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE ORGANIZE O TRÂNSITO NA AVENIDA SINHÔ DRUMMOND, DESDE A ESQUINA PRÓXIMA AO POSTO DE SAÚDE BEIRA RIO, ATÉ A PONTE DO BARREIRO, PROVIDENCIANDO CALÇADAS, FAIXAS DE PEDESTRES E REGULARIZANDO A SITUAÇÃO DO ESTACIONAMENTO DE CAMINHÕES QUE FAZEM MANUTENÇÃO NAS OFICINAS MECÂNICAS SITUADAS NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4683/ind._414-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4683/ind._414-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA PERFURAÇÃO DE UM POÇO ARTESIANO E QUE SEJA IMPLANTANDO UM RESERVATÓRIO MAIOR NA COMUNIDADE DO CAPITÃO MACHADO ZONA RURAL.</t>
   </si>
   <si>
     <t>4684</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4684/ind._415-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4684/ind._415-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE PROVIDENCIE JUNTO À SECRETARIA DE DESENVOLVIMENTO SOCIAL, A REATIVAÇÃO DO LACTÁRIO NOSSA SRA. APARECIDA.</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4685/ind._416-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4685/ind._416-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE ENCAMINHE PROJETO DE LEI DO ANTEPROJETO QUE SEGUE EM ANEXO - AUTORIZA O PODER EXECUTIVO A DOAR 2 MICROTRATORES COM CARRETINHA E DEMAIS EQUIPAMENTOS AGRÍCOLAS PARA O ASSENTAMENTO OLGA BENÁRIO.</t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4689/ind._417-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4689/ind._417-2023_gerson.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO A CONTRATAÇÃO JUNTO A ENERGISA OU EMPRESA JÁ LICITADA DO RAMO PARA CONSTRUIR 1.880 METROS DE EXTENSÃO DE REDE ELÉTRICA MUDANDO A REDE JÁ EXISTENTE NO LOCAL DE BIFÁSICA PARA TRIFÁSICA PARA ATENDER A EMPRESA PIEDADE ACESSÓRIOS, POÇO ARTESIANO PÚBLICO, ESCOLA MUNICIPAL, QUADRA POLIESPORTIVA, OBRA SOCIAL SÍTIO ESPERANÇA, POSTO DE SAÚDE MUNICIPAL, RESTAURANTE DO NELSON, LOCAL DE APOIO AO TURISTA SERRA DA PIEDADE, TRÊS GRANJAS COM A CRIAÇÃO DE AVES PARA ABATE DO SR. EULINO JOSÉ DA SILVA, E TODA COMUNIDADE.</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4690/ind._418-2023_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4690/ind._418-2023_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA AQUISIÇÃO DOS SEGUINTES EQUIPAMENTO: UM CAMINHÃO EQUIPADO COM CESTO AÉREO, UMA CAMINHONETE PICK-UP EQUIPADA COM ESCADA GIRATÓRIA, UNIFORMES, LUVAS ISOLADAS, CAPACETES PRÓPRIOS E UMA ESCAVADEIRA DE ESTEIRA SIMILAR AO MODELO R220LC-9S DA HYUNDAI.</t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4692/ind._419-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4692/ind._419-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O ASFALTAMENTO DA RUA SEBASTIÃO LOPES FERRAZ, BAIRRO PRIMAVERA.</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4693/ind._420-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4693/ind._420-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A LIMPEZA E AS MELHORIAS NECESSÁRIAS EM TODA EXTENSÃO DA RUA ZUMBI DOS PALMARES, RAPOSO TAVARES E JAIR FERREIRA DUTRA, BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>4694</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4694/ind._421-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4694/ind._421-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A LIMPEZA E AS MELHORIAS NECESSÁRIOS EM TODA EXTENSÃO DA RUA MARIA DO DODÔ, BAIRRO TIA VELHA.</t>
   </si>
   <si>
     <t>4701</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4701/ind._422-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4701/ind._422-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FORNEÇA UNIFORMIZAÇÃO ADEQUADA AO CALOR PARA TODOS OS SERVIDORES MUNICIPAIS  QUE TRABALHAM EM CAMPO EXPOSTOS AO SOL, BEM COM PERMITA QUE ESSES SERVIDORES REALIZEM TRABALHOS ADMINISTRATIVOS NOS DIAS DE ALERTA DA DEFESA CIVIL, EVITANDO A EXPOSIÇÃO SOLAR PREJUDICIAL À SAÚDE.</t>
   </si>
   <si>
     <t>4702</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4702/ind._423-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4702/ind._423-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE APLIQUE E FAÇA VALER A LEI MUNICIPAL 1.524/2020, QUE DISPÕE SOBRE A PROIBIÇÃO DA QUEIMA, SOLTURA E MANUSEIO DE FOGOS DE ARTIFÍCIO E ARTEFATOS PIROTÉCNICOS QUE CAUSEM POLUIÇÃO SONORA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4703</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4703/ind._424-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4703/ind._424-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O MANILHAMENTO DE ÁGUA NA RUA MARIA JUVENTINA, NO BAIRRO ANTÔNIO SOARES.</t>
   </si>
   <si>
     <t>4704</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4704/ind._425-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4704/ind._425-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA INSTALADO DOIS REDUTORES DE VELOCIDADE EM CARÁTER DE URGÊNCIA NA RUA CESÁRIO ALVIM, BAIRRO CHÁCARA. UM DELES PRÓXIMO A OFICINA DE CARROS PERSONAL CAR E OUTRO PERTO DO CLUBE AABB.</t>
   </si>
   <si>
     <t>4705</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4705/ind._426-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4705/ind._426-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE DOIS BANHEIROS PÚBLICOS NA PRAÇA PREFEITO SEBASTIÃO PACHECO, SITUADA NO BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4706/ind._427-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4706/ind._427-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PRESIDENTE DA CÂMARA MUNICIPAL, QUE ESTABELEÇA CONVÊNIO COM A POLÍCIA CIVIL DO ESTADO DE MINAS GERAIS E DISPONIBILIZE UM ESTAGIÁRIO PARA A DELEGACIA DE POLÍCIA CIVIL EXISTENTE EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>4707</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4707/ind._428-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4707/ind._428-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE PARQUE INFANTIL COMPLETO, NO BAIRRO COHAB II.</t>
   </si>
   <si>
     <t>4708</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4708/ind._429-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4708/ind._429-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE LIXEIRAS SUSPENSAS COM GRANDE CAPACIDADE DE ARMAZENAMENTO EM TODAS AS RUAS DO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4731/ind._430-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4731/ind._430-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE REALIZE A MANUTENÇÃO, LIMPEZA CAPINA E DEMAIS PROCEDIMENTOS DE CUIDADOS NO BAIRRO JARDIM ALICE, COM ATENÇÃO ESPECIAL AOS IMÓVEIS PROVENIENTES DO ESPÓLIO DA ANTIGA COMPANHIA AÇUCAREIRA RIO BRANQUENSE (ANTIGO LACTÁRIO, ANTIGA MAÇONARIA, ANTIGA GARAGEM E RESIDÊNCIAS ABANDONADAS ) NO BAIRRO JARDIM ALICE.</t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4732/ind._431-2023_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4732/ind._431-2023_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE DISPONIBILIZE PLANTÃO 24H DE PROFISSIONAIS MÉDICOS PEDIATRAS EM TODAS AS UNIDADES DE SAÚDE DO MUNICÍPIO DE VISCONDE DO RIO BRANCO PARA ATENDER NOSSAS CRIANÇAS.</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4735/ind._432-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4735/ind._432-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO NA RUA JOSÉ BARRETO ALVES BAIRRO CHÁCARA (AO LADO DA AABB) A LIMPEZA,, PAVIMENTAÇÃO ASFALTICA DE TODA RUA E QUE O CAMINHÃO LIXO PASSE NO LOCAL.</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4736/ind._433-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4736/ind._433-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO SEJA FEITO O ASFALTAMENTO DA ESTRADA RURAL DENOMINADA LÃO TAVARES.</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4737/ind._434-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4737/ind._434-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SEJA FEITO JUNTO À SECRETARIA DE OBRAS E MOBILIDADE URBANA, ASFALTAMENTO E RECAPEAMENTO ASFÁLTICO EM TODA EXTENSÃO DO BAIRRO CATETE.</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4738/ind._435-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4738/ind._435-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO ASFALTAMENTO NO TRECHO DA CAPELA DO SÃO FRANCISCO ATÉ RESTAURANTE DA ROSÂNGELA, NO SÃO FRANCISCO, ZONA RURAL.</t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4739/ind._436-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4739/ind._436-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO REPASSE DE R$800.000,00 PARA PAGAMENTO DO 13º SALÁRIO DOS FUNCIONÁRIOS DO HOSPITAL SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4740/ind._437-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4740/ind._437-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO NA COMUNIDADE DA SANTA JULIANA, O RECAPEAMENTO ASFÁLTICO, TAPA BURACOS, LIMPEZA NAS MARGENS DA ESTRADA, DESOBSTRUÇÃO E LIMPEZA DOS BUEIROS, CAPTAÇÃO DE ÁGUAS PLUVIAIS, MELHORIAS NO ESCOAMENTO DE ÁGUA E AUMENTAR AS MANILHAS DA PONTE QUE NÃO ESTÃO SUPORTANDO O VOLUME NA ÉPOCA DE CHUVAS.</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4741/ind._438-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4741/ind._438-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA MELHORIAS NA PAVIMENTAÇÃO ASFÁLTICA, LIMPEZA, CAPINA E CAPTAÇÃO DE ÁGUAS PLUVIAIS NA PASSAGEM QUE LIGA OS BAIRROS NOVA CIDADE E NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4742/ind._439-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4742/ind._439-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A TROCA DA TAMPA DO BUEIRO NA RUA CORONEL BELARMINO ESQUINA COM A RUA ONELIO JOSÉ DE LIMA, BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4743/ind._440-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4743/ind._440-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA ESCOAMENTO PLUVIAL, REPARAÇÃO DE BURACO, IMPLANTAÇÃO DE REDE DE ESGOTO E COMPLEMENTO DE ASFALTO, NO FINAL DA RUA MARIA DO DODÔ (PRÓXIMO A CASA DE Nº 364 E TENDO COMO REFERÊNCIA ACIMA DO ANTIGO FLAMENGO BAR E DA CASA DO DADÁ).</t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4744/ind._441-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4744/ind._441-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CAPINA LIMPEZA E PODA DAS ÁRVORES, NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4745/ind._442-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4745/ind._442-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO DE DOIS TRECHOS, QUE LIGAM A RUA JOSÉ SARAIVA (RUA PRINCIPAL) À RUA MELO BARRETO (BEIRA LINHA), CONHECIDO COMO "BECO DA DONA CARMINHA" E O OUTRO PRÓXIMO AO MORRO DA DONA RITINHA, NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>4750</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4750/ind._443-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4750/ind._443-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A INTERLIGAÇÃO DA REDE ELÉTRICA DO BOA VISTA ATÉ A COMUNIDADE DO GORDURA COM ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4751/ind._444-2023_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4751/ind._444-2023_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A INSTALAÇÃO DE PLACAS DE ENERGIA SOLAR EM TODOS PRÉDIOS PÚBLICOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4763</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4763/ind._445-2023_comissao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4763/ind._445-2023_comissao.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O REPASSE DA DEVOLUÇÃO DA CÂMARA DO DUODÉCIMO DE R$ 850.000,00 DIRETO AO HOSPITAL SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4764/ind._446-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4764/ind._446-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A LIMPEZA DE TODA EXTENSÃO DO CÓRREGO QUE PASSA NO CENTRO DA CIDADE NA AVENIDA DR. CARLOS SOARES, TRAVESSA SOUZA LIMA, RUA CORONEL GERALDO E RUA DO DIVIDO (CENTRO).</t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4765/ind._447-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4765/ind._447-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O RECAPEAMENTO ASFÁLTICO NA RUA DORALIZA GOMES MONTEIRO, BAIRRO CAPITÃO GONÇALO, PRÓXIMO AOS NÚMEROS 113, 123 E 94.</t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4766/ind._448-2023_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4766/ind._448-2023_carlos.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO PLACAS DE SINALIZAÇÃO DE PARE VERTICAL E HORIZONTAL NA RUA ELVIRA GRAZIOLE ESQUINA COM A RUA MARIA ANTONIETA CARNEIRO BAIRRO FILIPINHO, EM FRENTE A AGROCARLOS.</t>
   </si>
   <si>
     <t>4767</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4767/ind._449-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4767/ind._449-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A MANUTENÇÃO NA REDE PLUVIAL E REDE DE ESGOTO JUNTAMENTE COM A COPASA NA PONTE DA RUA PREFEITO JÚLIO CARONE, NO BAIRRO NOSSA SENHORA DAS GRAÇAS.</t>
   </si>
   <si>
     <t>4768</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4768/ind._450-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4768/ind._450-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. QUE SEJA FEITO EM CARÁTER DE URGÊNCIA A TROCA DA CAIXA D'ÁGUA NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4769/ind._451-2023_pedro.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4769/ind._451-2023_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO EM CARÁTER DE URGÊNCIA A LIMPEZA DA PRACINHA NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4770/ind._452-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4770/ind._452-2023_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O CONSERTO DOS VENTILADORES DA ESCOLA MUNICIPAL ALBERTINA SOARES DA COSTA (TIA NANÁ).</t>
   </si>
   <si>
     <t>4771</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4771/ind._453-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4771/ind._453-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM PASSEIO NA RUA JOSÉ SARAIVA, NO MESMO TERRENO DA QUADRA POLIESPORTIVA, NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>4772</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4772/ind._454-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4772/ind._454-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REPARAÇÃO DAS VIAS E A COLOCAÇÃO DE TAMPAS NOS BUEIROS DO BAIRRO NOVA CHÁCARA.</t>
   </si>
   <si>
     <t>4773</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4773/ind._455-2023_joao_batista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4773/ind._455-2023_joao_batista.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CAPTAÇÃO DE ÁGUAS PLUVIAIS COM BUEIROS E MANILHAS NA RUA JOSÉ MESQUITA NOS FUNDOS DA FÁBRICA DE RAÇÃO (BEIRA LINHA), NO BAIRRO GILENO SIQUEIRA.</t>
   </si>
   <si>
     <t>3911</t>
   </si>
   <si>
     <t>EMMOD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3911/emenda_modif._01_ao_projeto_1995-2022.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3911/emenda_modif._01_ao_projeto_1995-2022.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº01 AO PROJETO DE LEI Nº 1995/2022.</t>
   </si>
   <si>
     <t>3912</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3912/emenda_modif._02_ao_projeto_1995-2022.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3912/emenda_modif._02_ao_projeto_1995-2022.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 02 AO PROJETO DE LEI 1995/2022.</t>
   </si>
   <si>
     <t>3929</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3929/emenda_modif._01_ao_projeto_1996-2022_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3929/emenda_modif._01_ao_projeto_1996-2022_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI Nº 1996/2022.</t>
   </si>
   <si>
     <t>3930</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3930/emenda_modif._02_ao_projeto_1996-2022_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3930/emenda_modif._02_ao_projeto_1996-2022_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 02 AO PROJETO DE LEI Nº 1996/2022.</t>
   </si>
   <si>
     <t>3931</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3931/emenda_modif._03_ao_projeto_1996-2022_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3931/emenda_modif._03_ao_projeto_1996-2022_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 03 AO PROJETO DE LEI Nº 1996/2022.</t>
   </si>
   <si>
     <t>3932</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3932/emenda_modif._04_ao_projeto_1996-2022_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3932/emenda_modif._04_ao_projeto_1996-2022_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 04 AO PROJETO DE LEI Nº 1996/2022.</t>
   </si>
   <si>
     <t>3933</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3933/emenda_modif._05_ao_projeto_1996-2022_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3933/emenda_modif._05_ao_projeto_1996-2022_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 05 AO PROJETO DE LEI Nº 1996/2022.</t>
   </si>
   <si>
     <t>3934</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3934/emenda_modif._06_ao_projeto_1996-2022_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3934/emenda_modif._06_ao_projeto_1996-2022_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 06 AO PROJETO DE LEI Nº 1996/2022.</t>
   </si>
   <si>
     <t>3935</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3935/emenda_modif._07_ao_projeto_1996-2022_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3935/emenda_modif._07_ao_projeto_1996-2022_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 07 AO PROJETO DE LEI Nº 1996/2022.</t>
   </si>
   <si>
     <t>3936</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3936/emenda_modif._08_ao_projeto_1996-2022_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3936/emenda_modif._08_ao_projeto_1996-2022_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 08 AO PROJETO DE LEI Nº 1996/2022.</t>
   </si>
   <si>
     <t>3937</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3937/emenda_modif._09_ao_projeto_1996-2022_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3937/emenda_modif._09_ao_projeto_1996-2022_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 09 AO PROJETO DE LEI Nº 1996/2022.</t>
   </si>
   <si>
     <t>3938</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3938/emenda_modif._10_ao_projeto_1996-2022_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3938/emenda_modif._10_ao_projeto_1996-2022_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 10 AO PROJETO DE LEI Nº 1996/2022.</t>
   </si>
   <si>
     <t>3939</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3939/emenda_modif._11_ao_projeto_1996-2022_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3939/emenda_modif._11_ao_projeto_1996-2022_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 11 AO PROJETO DE LEI Nº 1996/2022.</t>
   </si>
   <si>
     <t>3940</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3940/emenda_aditiva_01_ao_projeto_1996-2022_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3940/emenda_aditiva_01_ao_projeto_1996-2022_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 01 AO PROJETO DE LEI Nº 1996/2022.</t>
   </si>
   <si>
     <t>3941</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3941/emenda_aditiva_02_ao_projeto_1996-2022_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3941/emenda_aditiva_02_ao_projeto_1996-2022_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 02 AO PROJETO DE LEI Nº 1996/2022.</t>
   </si>
   <si>
     <t>3942</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3942/emenda_aditiva_03_ao_projeto_1996-2022_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3942/emenda_aditiva_03_ao_projeto_1996-2022_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 03 AO PROJETO DE LEI Nº 1996/2022.</t>
   </si>
   <si>
     <t>3943</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3943/emenda_supressiva_01_ao_projeto_1996-2022_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3943/emenda_supressiva_01_ao_projeto_1996-2022_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 01 AO PROJETO DE LEI Nº 1996/2022.</t>
   </si>
   <si>
     <t>3944</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3944/emenda_modif._12_ao_projeto_1996-2022_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3944/emenda_modif._12_ao_projeto_1996-2022_gerson.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 12 AO PROJETO DE LEI 1996/2022.</t>
   </si>
   <si>
     <t>3945</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3945/emenda_modif._13_ao_projeto_1996-2022_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3945/emenda_modif._13_ao_projeto_1996-2022_marinho.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 13 AO PROJETO DE LEI 1996/2022.</t>
   </si>
   <si>
     <t>3946</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3946/emenda_aditiva_04_ao_projeto_1996-2022_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3946/emenda_aditiva_04_ao_projeto_1996-2022_alex.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 04 AO PROJETO DE LEI Nº 1996/2022.</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3965/emenda_aditiva_no_01_ao_projeto_de_lei_2002-2022_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3965/emenda_aditiva_no_01_ao_projeto_de_lei_2002-2022_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 01 AO PROJETO DE LEI 2002/2022 -DÁ NOVA REDAÇÃO AO ART. 1º DA LEI MUNICIPAL Nº 1.033, DE 30 DE AGOSTO DE 2010, QUE ALTERADA PELA LEI Nº 1.201 DE 06 DE NOVEMBRO DE 52.014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3966/emenda_aditiva_no_01_ao_projeto_de_lei__1997-2022_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3966/emenda_aditiva_no_01_ao_projeto_de_lei__1997-2022_gerson.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 01 AO PROJETO DE LEI 1997/2022.</t>
   </si>
   <si>
     <t>4152</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4152/emenda_modificativa_no_01_ao_projeto_de_lei_2019-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4152/emenda_modificativa_no_01_ao_projeto_de_lei_2019-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº01  AO PROJETO DE LEI Nº 2019/2023- DISPÕE SOBRE A PUBLICIDADE DE INFORMAÇÕES RELACIONADAS ÁS EMENDAS PARLAMENTARES, QUE DESTINAM RECURSOS AO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4247</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4247/emenda_modificativa_no_01_ao_projeto_de_lc_no_132-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4247/emenda_modificativa_no_01_ao_projeto_de_lc_no_132-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI COMPLEMENTAR Nº 132/2023.</t>
   </si>
   <si>
     <t>4253</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4253/emenda_modificativa_no_01_ao_projeto_de_lc_no_131-2023-guilherm.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4253/emenda_modificativa_no_01_ao_projeto_de_lc_no_131-2023-guilherm.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI Nº 131/2023.</t>
   </si>
   <si>
     <t>4255</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4255/emenda_modificativa_no_02_ao_projeto_de_lc_no_132-2023-guilherm.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4255/emenda_modificativa_no_02_ao_projeto_de_lc_no_132-2023-guilherm.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 02 AO PROJETO DE LEI COMPLEMENTAR Nº 132/2023.</t>
   </si>
   <si>
     <t>4257</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4257/emenda_modificativa_no_02_da_lei_c._no_132-2023-executi.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4257/emenda_modificativa_no_02_da_lei_c._no_132-2023-executi.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 02 AO PROJETO DE LEI COMPLEMENTAR Nº 131/2023</t>
   </si>
   <si>
     <t>4266</t>
   </si>
   <si>
     <t>Guilherme Guimarães de Azevedo, Alex Vinicius Coelho - Alex da Autoescola</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4266/emenda_modificativa_no_01_ao_projeto_de_lei_2021-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4266/emenda_modificativa_no_01_ao_projeto_de_lei_2021-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI Nº 2021/2023.</t>
   </si>
   <si>
     <t>4267</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4267/emenda_modificativa_no_02_ao_projeto_de_lei_2021-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4267/emenda_modificativa_no_02_ao_projeto_de_lei_2021-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 02 AO PROJETO DE LEI Nº 2021/2023.</t>
   </si>
   <si>
     <t>4319</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4319/emenda_modificativa_no_03_da_lei_c._no_132-2023-executi.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4319/emenda_modificativa_no_03_da_lei_c._no_132-2023-executi.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ANEXO I DO PROJETO DE LEI COMPLEMENTAR Nº 132/2023</t>
   </si>
   <si>
     <t>4341</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4341/emenda_modificativa_no_01_ao_projeto_de_lc_no_125-2023-antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4341/emenda_modificativa_no_01_ao_projeto_de_lc_no_125-2023-antonio.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI COMPLEMENTAR Nº 125/2023. ART 180 INCISOS E PARÁGRAFOS PLC125/2022</t>
   </si>
   <si>
     <t>4356</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4356/emenda_modificativa_no_02_ao_projeto_de_lc_no_125-2023-antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4356/emenda_modificativa_no_02_ao_projeto_de_lc_no_125-2023-antonio.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVISÃO DA LEI COMPLEMENTAR Nº23, DE 29 DE DEZEMBRO DE 2006, QUE INSTITUI O PLANO DIRETOR DE VISCONDE DO RIO BRANCO - MG."(ART 241 DA LC 125/2022)</t>
   </si>
   <si>
     <t>4357</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4357/emenda_modificativa_no_03_ao_projeto_de_lc_no_125-2023-antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4357/emenda_modificativa_no_03_ao_projeto_de_lc_no_125-2023-antonio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DA LEI COMPLEMENTAR Nº23 DE 29 DE DEZEMBRO DE 2006, QUE INSTITUIU O PLANO DIRETOR DE VISCONDE DE RIO BRANCO -MG -  (ALTERA O ARTIGO 163)</t>
   </si>
   <si>
     <t>4366</t>
   </si>
   <si>
     <t>COMISSÃO DE VEREADORES, Guilherme Guimarães de Azevedo, João B. de Freitas do Nascimento-Joãozinho Bigode</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4366/proposta_de_subemenda_no_01_a_emenda_no_01_lom.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4366/proposta_de_subemenda_no_01_a_emenda_no_01_lom.pdf</t>
   </si>
   <si>
     <t>SUBEMENDA Nº 01 A EMENDA Nº 01 A LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>4438</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4438/emenda_modificativa_no_04_ao_projeto_de_lc_no_125-2023-gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4438/emenda_modificativa_no_04_ao_projeto_de_lc_no_125-2023-gerson.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 04 E ACRESCENTA NO INCISO I DO ART. 3º AO PROJETO DE LEI COMPLEMENTAR Nº 125/2022 "PLANO DIRETOR DO MUNICÍPIO DE VISCONDE DO RIO BRANCO-VRB"</t>
   </si>
   <si>
     <t>4443</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4443/emenda_modificativa_no_05_ao_projeto_de_lc_no_125-2023-alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4443/emenda_modificativa_no_05_ao_projeto_de_lc_no_125-2023-alex.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 05 AO PROJETO DE LC Nº 125/2022- PLANO DIRETOR</t>
   </si>
   <si>
     <t>4444</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4444/emenda_modificativa_no_06_ao_projeto_de_lc_no_125-2023-alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4444/emenda_modificativa_no_06_ao_projeto_de_lc_no_125-2023-alex.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 06 AO PROJETO DE LC Nº 125/2022- PLANO DIRETOR</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4445/emenda_modificativa_no_07_ao_projeto_de_lc_no_125-2023-alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4445/emenda_modificativa_no_07_ao_projeto_de_lc_no_125-2023-alex.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 07 AO PROJETO DE LC Nº 125/2022- PLANO DIRETOR</t>
   </si>
   <si>
     <t>4482</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4482/emenda_modificativa_no_01_ao_plc_no_2027-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4482/emenda_modificativa_no_01_ao_plc_no_2027-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI Nº 2027/2023-LDO</t>
   </si>
   <si>
     <t>4483</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4483/emenda_modificativa_no_02_ao_plc_no_2027-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4483/emenda_modificativa_no_02_ao_plc_no_2027-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 02 AO PROJETO DE LEI Nº 2027/2023-LDO</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4484/emenda_modificativa_no_03_ao_pl_no_2027-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4484/emenda_modificativa_no_03_ao_pl_no_2027-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 03 AO PROJETO DE LEI Nº 2027/2023-LDO</t>
   </si>
   <si>
     <t>4485</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4485/emenda_modificativa_no_04_ao_pl_no_2027-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4485/emenda_modificativa_no_04_ao_pl_no_2027-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 04 AO PROJETO DE LEI Nº 2027/2023-LDO</t>
   </si>
   <si>
     <t>4508</t>
   </si>
   <si>
     <t>COMISSÃO DE VEREADORES, Gerson Gomes de Freitas - Amigo Xereba, José S. Reis de Bittencourt - Zezinho do SuperMais</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4508/emenda_modificativa_no_08_ao_projeto_de_lc_no_125-2023-zezinho-.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4508/emenda_modificativa_no_08_ao_projeto_de_lc_no_125-2023-zezinho-.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 08 AO PROJETO DE LEI COMPLEMENTAR Nº 125/2022. (MODIFICA O § 1º DO ARTIGO 163 E OS INCISOS I, II E III)</t>
   </si>
   <si>
     <t>4509</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4509/emenda_modificativa_no_09_ao_projeto_de_lc_no_125-2023-zezinho-.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4509/emenda_modificativa_no_09_ao_projeto_de_lc_no_125-2023-zezinho-.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 09 AO PROJETO DE LEI COMPLEMENTAR Nº 125/2022. (ALTERA O §5º DO ART. 252)</t>
   </si>
   <si>
     <t>4510</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4510/emenda_modificativa_no_10_ao_projeto_de_lc_no_125-2023-zezinho-.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4510/emenda_modificativa_no_10_ao_projeto_de_lc_no_125-2023-zezinho-.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 10 AO PROJETO DE LEI COMPLEMENTAR Nº 125/2022. (ALTERA O §5º DO ART. 253)</t>
   </si>
   <si>
     <t>4526</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4526/emenda_modificativa_no_11_ao_projeto_de_lc_no_125-2023-alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4526/emenda_modificativa_no_11_ao_projeto_de_lc_no_125-2023-alex.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 11 AO PROJETO DE LEI Nº 125/2022 (ESTRADA JOSÉ DE OLIVEIRA COELHO-ALEX)</t>
   </si>
   <si>
     <t>4527</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4527/emenda_modificativa_no_12_ao_projeto_de_lc_no_125-2023-alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4527/emenda_modificativa_no_12_ao_projeto_de_lc_no_125-2023-alex.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 12 AO PROJETO DE LEI COMPLEMENTAR Nº 125/2022.(ALTERA O INCISO I DO §2ºDO ART. 242)</t>
   </si>
   <si>
     <t>4528</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4528/emenda_modificativa_no_13_ao_projeto_de_lc_no_125-2023-guilherm.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4528/emenda_modificativa_no_13_ao_projeto_de_lc_no_125-2023-guilherm.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA E SUPRESSIVA Nº13 AO PROJETO DE LEI COMPLEMENTAR Nº 125/2022. (SUPRIME O INCISO IV E MODIFICA O § 3º DO ART. 209)</t>
   </si>
   <si>
     <t>4627</t>
   </si>
   <si>
     <t>COMISSÃO DE VEREADORES, Alex Vinicius Coelho - Alex da Autoescola, Guilherme Guimarães de Azevedo</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4627/emenda_01_ao_pl_no_2036-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4627/emenda_01_ao_pl_no_2036-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI Nº 2036/2023-REPASSE FINANCEIRO DA UNIÃO AOS SERVIDORES DA SAÚDE.</t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4651/emenda_modificatica_01_gerson_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4651/emenda_modificatica_01_gerson_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI Nº 2034/2023- ESTIMA A RECEITA E FIXA A DESPESA LOA 2024.</t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4686/emenda_modificatica_02_carlos_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4686/emenda_modificatica_02_carlos_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº  02 AO PROJETO DE LEI Nº 2034/2023- ESTIMA A RECEITA E FIXA A DESPESA LOA 2024.</t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4687/emenda_modificatica_03_carlos_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4687/emenda_modificatica_03_carlos_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 03 AO PROJETO DE LEI Nº 2034/2023- ESTIMA A RECEITA E FIXA A DESPESA LOA 2024.</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4691/emenda_modificatica_04_zezinho_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4691/emenda_modificatica_04_zezinho_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 04 AO PROJETO DE LEI Nº 2034/2023- ESTIMA A RECEITA E FIXA A DESPESA LOA 2024.</t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4695/emenda_modificatica_05_marinho_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4695/emenda_modificatica_05_marinho_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 05 AO PROJETO DE LEI Nº 2034/2023- ESTIMA A RECEITA E FIXA A DESPESA LOA 2024.</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4696/emenda_modificatica_06_marinho_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4696/emenda_modificatica_06_marinho_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 06 AO PROJETO DE LEI Nº 2034/2023- ESTIMA A RECEITA E FIXA A DESPESA LOA 2024.</t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4697/emenda_modificatica_07_marinho_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4697/emenda_modificatica_07_marinho_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 07 AO PROJETO DE LEI Nº 2034/2023- ESTIMA A RECEITA E FIXA A DESPESA LOA 2024.</t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4698/emenda_modificatica_08_marinho_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4698/emenda_modificatica_08_marinho_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 08 AO PROJETO DE LEI Nº 2034/2023- ESTIMA A RECEITA E FIXA A DESPESA LOA 2024.</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4711/emenda_modificatica_09_alex_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4711/emenda_modificatica_09_alex_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 09 AO PROJETO DE LEI Nº 2034/2023- ESTIMA A RECEITA E FIXA A DESPESA LOA 2024.</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4712/emenda_modificatica_10_carlos_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4712/emenda_modificatica_10_carlos_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 10 AO PROJETO DE LEI Nº 2034/2023- ESTIMA A RECEITA E FIXA A DESPESA LOA 2024.</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4713/emenda_modificatica_11_guilherme_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4713/emenda_modificatica_11_guilherme_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 11 AO PROJETO DE LEI Nº 2034/2023- ESTIMA A RECEITA E FIXA A DESPESA LOA 2024.</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4714/emenda_modificatica_12_guilherme_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4714/emenda_modificatica_12_guilherme_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 12 AO PROJETO DE LEI Nº 2034/2023- ESTIMA A RECEITA E FIXA A DESPESA LOA 2024.</t>
   </si>
   <si>
     <t>4715</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4715/emenda_modificatica_13_guilherme_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4715/emenda_modificatica_13_guilherme_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 13 AO PROJETO DE LEI Nº 2034/2023- ESTIMA A RECEITA E FIXA A DESPESA LOA 2024.</t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4716/emenda_modificatica_14_guilherme_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4716/emenda_modificatica_14_guilherme_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 14 AO PROJETO DE LEI Nº 2034/2023- ESTIMA A RECEITA E FIXA A DESPESA LOA 2024.</t>
   </si>
   <si>
     <t>4717</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4717/emenda_modificatica_15_guilherme_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4717/emenda_modificatica_15_guilherme_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 15 AO PROJETO DE LEI Nº 2034/2023- ESTIMA A RECEITA E FIXA A DESPESA LOA 2024.</t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4733/emenda_modificatica_16_gerson_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4733/emenda_modificatica_16_gerson_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 16 AO PROJETO DE LEI Nº 2034/2023.</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4748/emenda_modificatica_17_guilherme_pl_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4748/emenda_modificatica_17_guilherme_pl_2034.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 17 AO PROJETO DE LEI Nº 2034/2023.</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4774/emenda_modificativa_01_jose_silvino_plc_134.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4774/emenda_modificativa_01_jose_silvino_plc_134.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI COMPLEMENTAR Nº 134/2023.</t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4783/emenda_modificativa__18_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4783/emenda_modificativa__18_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº18  PL 2034/2023</t>
   </si>
   <si>
     <t>4486</t>
   </si>
   <si>
     <t>EMSUP</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4486/emenda_supressiva_no_01_ao_plc_no_2027-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4486/emenda_supressiva_no_01_ao_plc_no_2027-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 01 AO PROJETO DE LEI Nº 2027/2023-LDO</t>
   </si>
   <si>
     <t>4487</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4487/emenda_supressiva_no_02_ao_plc_no_2027-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4487/emenda_supressiva_no_02_ao_plc_no_2027-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 02 AO PROJETO DE LEI Nº 2027/2023-LDO</t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4488/emenda_supressiva_no_03_ao_plc_no_2027-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4488/emenda_supressiva_no_03_ao_plc_no_2027-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 03 AO PROJETO DE LEI Nº 2027/2023-LDO</t>
   </si>
   <si>
     <t>4489</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4489/emenda_supressiva_no_04_ao_plc_no_2027-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4489/emenda_supressiva_no_04_ao_plc_no_2027-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 04 AO PROJETO DE LEI Nº 2027/2023-LDO</t>
   </si>
   <si>
     <t>4490</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4490/emenda_supressiva_no_05_ao_plc_no_2027-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4490/emenda_supressiva_no_05_ao_plc_no_2027-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 05 AO PROJETO DE LEI Nº 2027/2023-LDO</t>
   </si>
   <si>
     <t>4491</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4491/emenda_supressiva_no_06_ao_plc_no_2027-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4491/emenda_supressiva_no_06_ao_plc_no_2027-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº06 AO PROJETO DE LEI Nº 2027/2023-LDO</t>
   </si>
   <si>
     <t>4492</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4492/emenda_supressiva_no_07_ao_plc_no_2027-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4492/emenda_supressiva_no_07_ao_plc_no_2027-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 07 AO PROJETO DE LEI Nº 2027/2023-LDO</t>
   </si>
   <si>
     <t>4493</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4493/emenda_supressiva_no_08_ao_plc_no_2027-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4493/emenda_supressiva_no_08_ao_plc_no_2027-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 08 AO PROJETO DE LEI Nº 2027/2023-LDO</t>
   </si>
   <si>
     <t>4494</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4494/emenda_supressiva_no_09_ao_plc_no_2027-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4494/emenda_supressiva_no_09_ao_plc_no_2027-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 09 AO PROJETO DE LEI Nº 2027/2023-LDO</t>
   </si>
   <si>
     <t>4495</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4495/emenda_supressiva_no_10_ao_plc_no_2027-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4495/emenda_supressiva_no_10_ao_plc_no_2027-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 10 AO PROJETO DE LEI Nº 2027/2023-LDO</t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4734/emenda_supressiva_01_marinho_plc_134.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4734/emenda_supressiva_01_marinho_plc_134.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 01 AO PROJETO DE LEI Nº 134/2023.</t>
   </si>
   <si>
     <t>4775</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4775/emenda_supressiva_02_joao_batista_plc_134.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4775/emenda_supressiva_02_joao_batista_plc_134.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 02 AO PROJETO DE LEI Nº 134/2023.</t>
   </si>
   <si>
     <t>4248</t>
   </si>
   <si>
     <t>EMADI</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4248/emenda_aditiva_no_01_ao_projeto_de_lc_no_132-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4248/emenda_aditiva_no_01_ao_projeto_de_lc_no_132-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 01 AO PROJETO DE LEI COMPLEMENTAR Nº 132/2023.</t>
   </si>
   <si>
     <t>4268</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4268/emenda_aditiva_no_01_ao_projeto_de_lei_no_2021-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4268/emenda_aditiva_no_01_ao_projeto_de_lei_no_2021-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 01 AO PROJETO DE LEI Nº 2021/2023.</t>
   </si>
   <si>
     <t>4371</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4371/emenda_aditiva_no_01_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4371/emenda_aditiva_no_01_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 01 AO PROJETO DE LEI COMPLEMENTAR Nº 133/2023</t>
   </si>
   <si>
     <t>4378</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4378/emenda_aditiva_no_02_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4378/emenda_aditiva_no_02_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 02 AO PROJETO DE LEI COMPLEMENTAR Nº 133/2023.</t>
   </si>
   <si>
     <t>4388</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4388/emenda_aditiva_no_03_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4388/emenda_aditiva_no_03_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 03 AO PROJETO DE LEI COMPLEMENTAR Nº 133-2023.</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4418/emenda_aditiva_no_04_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4418/emenda_aditiva_no_04_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 04 AO PROJETO DE LEI COMPLEMENTAR Nº 133/2023. (ARQUITETO)</t>
   </si>
   <si>
     <t>4419</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4419/emenda_aditiva_no_05_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4419/emenda_aditiva_no_05_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 05 AO PROJETO DE LEI COMPLEMENTAR Nº 133/2023. (TERAPEUTA OCUPACIONAL)</t>
   </si>
   <si>
     <t>4420</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4420/emenda_aditiva_no_06_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4420/emenda_aditiva_no_06_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 06 AO PROJETO DE LEI COMPLEMENTAR Nº 133/2023. (AGENTE ADMINISTRATIVO GESTÃO PÚBLICA)</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4421/emenda_aditiva_no_07_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4421/emenda_aditiva_no_07_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 07 AO PROJETO DE LEI COMPLEMENTAR Nº 133/2023. (TÉCNICO AGRÍCOLA / TÉCNICO EM ALIMENTOS)</t>
   </si>
   <si>
     <t>4423</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4423/emenda_aditiva_no_08_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4423/emenda_aditiva_no_08_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 08 AO PROJETO DE LEI COMPLEMENTAR Nº 133/2023. (ENGENHEIROS)</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4442/emenda_aditiva_no_01_ao_projeto_de_lc_no_125-2023-alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4442/emenda_aditiva_no_01_ao_projeto_de_lc_no_125-2023-alex.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 01 AO PROJETO LC Nº 125/2022- PLANO DIRETOR</t>
   </si>
   <si>
     <t>4451</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4451/emenda_aditiva_no_09_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4451/emenda_aditiva_no_09_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 09 AO PROJETO DE LEI COMPLEMENTAR Nº 133/2023 (FISCAL DE TRIBUTOS)</t>
   </si>
   <si>
     <t>4452</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4452/emenda_aditiva_no_10_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4452/emenda_aditiva_no_10_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 10 AO PROJETO DE LEI COMPLEMENTAR Nº 133/2023 (ATENDENTE II)</t>
   </si>
   <si>
     <t>4511</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4511/emenda_aditiva_no_02_ao_projeto_de_lc_no_125-2023-zezinho-gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4511/emenda_aditiva_no_02_ao_projeto_de_lc_no_125-2023-zezinho-gerson.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 02 AO PROJETO DE LEI COMPLEMENTAR Nº 125/2022. (ADICIONA O § 4º AO ART. 163)</t>
   </si>
   <si>
     <t>4512</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4512/emenda_aditiva_no_03_ao_projeto_de_lc_no_125-2023-zezinho-gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4512/emenda_aditiva_no_03_ao_projeto_de_lc_no_125-2023-zezinho-gerson.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 03 AO PROJETO DE LEI COMPLEMENTAR Nº 125/2022 (ADICIONA O INCISO XII AO §4º DO ART. 252)</t>
   </si>
   <si>
     <t>4513</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4513/emenda_aditiva_no_04_ao_projeto_de_lc_no_125-2023-zezinho-gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4513/emenda_aditiva_no_04_ao_projeto_de_lc_no_125-2023-zezinho-gerson.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 04  AO PROJETO DE LEI COMPLEMENTAR Nº 125/2022 (ADICIONA O ARTIGO 219-A E SEU  §  ÚNICO)</t>
   </si>
   <si>
     <t>4514</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4514/emenda_aditiva_no_05_ao_projeto_de_lc_no_125-2023-zezinho-gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4514/emenda_aditiva_no_05_ao_projeto_de_lc_no_125-2023-zezinho-gerson.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 05 AO PROJETO DE LEI COMPLEMENTAR Nº 125/2022 (ADICIONA O INCISO VI AO §4º DO ART. 253)</t>
   </si>
   <si>
     <t>4516</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4516/emenda_aditiva_no_06_ao_projeto_de_lc_no_125-2023-guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4516/emenda_aditiva_no_06_ao_projeto_de_lc_no_125-2023-guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 06 AO PROJETO DE LEI COMPLEMENTAR N] 125/2022 (ADICIONA ART. 315 E RENUMERA OS ART. 315 E 316)</t>
   </si>
   <si>
     <t>4520</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4520/emenda_aditiva_no_07_ao_projeto_de_lc_no_125-2023-zezinho-gerso.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4520/emenda_aditiva_no_07_ao_projeto_de_lc_no_125-2023-zezinho-gerso.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 07- ADICIONA O ARTIGO 218-A E SEU § ÚNICO AO PROJETO DE LEI COMPLEMENTAR Nº 125/2022- PROJETO DE LEI DO PLANO DIRETOR DO MUNICÍPIO DE VISCONDE DO RIO BRANCO-VRB.</t>
   </si>
   <si>
     <t>4523</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4523/emenda_aditiva_no_08_ao_projeto_de_lc_no_125-2023-guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4523/emenda_aditiva_no_08_ao_projeto_de_lc_no_125-2023-guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 08 AO PROJETO DE LEI COMPLEMENTAR Nº 125/2022 (ADICIONA O ART. 260 E NUMERA OS DEMAIS)</t>
   </si>
   <si>
     <t>4407</t>
   </si>
   <si>
     <t>SUBEM</t>
   </si>
   <si>
     <t>Subemenda</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4407/proposta_de_subemenda_no_01_a_emenda_no_01_lom.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4407/proposta_de_subemenda_no_01_a_emenda_no_01_lom.pdf</t>
   </si>
   <si>
     <t>SUBMENDA Nº 01 A PROPOSTA DE EMENDA À LEI ORGÂNICA MUNICIPAL Nº 01/2023.</t>
   </si>
   <si>
     <t>4145</t>
   </si>
   <si>
     <t>LJRF</t>
   </si>
   <si>
     <t>Parecer Legislação, Justiça e Redação Final</t>
   </si>
   <si>
     <t>CLJDHC - Legislação, Justiça e Redação Final</t>
   </si>
   <si>
     <t>PARECER LEGISLAÇÃO</t>
   </si>
   <si>
     <t>4146</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4146/parecer_do_projeto_resolucao_669_ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4146/parecer_do_projeto_resolucao_669_ljrf.pdf</t>
   </si>
   <si>
     <t>4147</t>
   </si>
   <si>
     <t>4148</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4148/parecer_do_projeto_resolucao_668_ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4148/parecer_do_projeto_resolucao_668_ljrf.pdf</t>
   </si>
   <si>
     <t>4208</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4208/parecer_do_projeto_resolucao_670-ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4208/parecer_do_projeto_resolucao_670-ljrf.pdf</t>
   </si>
   <si>
     <t>PARECE FAVORÁVEL DA LEGISLAÇÃO E JUSTIÇA.</t>
   </si>
   <si>
     <t>4209</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4209/parecer_do_projeto_resolucao_671-ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4209/parecer_do_projeto_resolucao_671-ljrf.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL DA LEGISLAÇÃO E JUSTIÇA.</t>
   </si>
   <si>
     <t>4210</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4210/parecer_do_projeto_resolucao_672_-ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4210/parecer_do_projeto_resolucao_672_-ljrf.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL DA LEGISLAÇÃO E JUSTIÇA</t>
   </si>
   <si>
     <t>4211</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4211/parecer_do_projeto_resolucao_673_-ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4211/parecer_do_projeto_resolucao_673_-ljrf.pdf</t>
   </si>
   <si>
     <t>4226</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO LEGISLAÇÃO E JUSTIÇA</t>
   </si>
   <si>
     <t>4227</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4227/parecer_do_projeto_resolucao_676-ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4227/parecer_do_projeto_resolucao_676-ljrf.pdf</t>
   </si>
   <si>
     <t>4229</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4229/parecer_do_projeto_resolucao_678-ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4229/parecer_do_projeto_resolucao_678-ljrf.pdf</t>
   </si>
   <si>
     <t>4230</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4230/parecer_do_projeto_resolucao_679-ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4230/parecer_do_projeto_resolucao_679-ljrf.pdf</t>
   </si>
   <si>
     <t>4327</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4327/parecer_proposta_de_emenda_lom_no_01_da_lei_._no_01-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4327/parecer_proposta_de_emenda_lom_no_01_da_lei_._no_01-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA PROPOSTA DE EMENDA À LEI ORGÂNICA Nº 01/2023.</t>
   </si>
   <si>
     <t>4334</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4334/parecer_proposta_de_emenda_lom_no_02_da_lom.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4334/parecer_proposta_de_emenda_lom_no_02_da_lom.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PROJETO DE EMENDA À LOM Nº 02/2023.</t>
   </si>
   <si>
     <t>4335</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4335/parecer_do_projeto_resolucao_683-ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4335/parecer_do_projeto_resolucao_683-ljrf.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PROJETO DE RESOLUÇÃO Nº 683/2023.</t>
   </si>
   <si>
     <t>4336</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4336/parecer_do_projeto_resolucao_684-ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4336/parecer_do_projeto_resolucao_684-ljrf.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PROJETO DE RESOLUÇÃO Nº 684/2023.</t>
   </si>
   <si>
     <t>4337</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4337/parecer_do_projeto_resolucao_685-ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4337/parecer_do_projeto_resolucao_685-ljrf.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PROJETO DE RESOLUÇÃO Nº 685/2023.</t>
   </si>
   <si>
     <t>4373</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4373/parecer_do_projeto_lc_no_133-2023-ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4373/parecer_do_projeto_lc_no_133-2023-ljrf.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO- COMISSÃO LJRF</t>
   </si>
   <si>
     <t>4374</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4374/parecer_do_projeto_resolucao_686-ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4374/parecer_do_projeto_resolucao_686-ljrf.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PROJETO DE RESOLUÇÃO Nº 686/2023.</t>
   </si>
   <si>
     <t>4375</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4375/parecer_do_projeto_resolucao_687-ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4375/parecer_do_projeto_resolucao_687-ljrf.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PROJETO DE RESOLUÇÃO Nº 687/2023.</t>
   </si>
   <si>
     <t>4376</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4376/parecer_do_projeto_resolucao_688-ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4376/parecer_do_projeto_resolucao_688-ljrf.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PROJETO DE RESOLUÇÃO Nº 688/2023.</t>
   </si>
   <si>
     <t>4377</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4377/parecer_do_projeto_resolucao_689-ljrf.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4377/parecer_do_projeto_resolucao_689-ljrf.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PROJETO DE RESOLUÇÃO Nº 689/2023.</t>
   </si>
   <si>
     <t>4460</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4460/parecer_legislacao_ao_projeto_de_lc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4460/parecer_legislacao_ao_projeto_de_lc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLC 133/2023- COMISSÃO LEGISLAÇÃO</t>
   </si>
   <si>
     <t>4461</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4461/parecer_legislacao_emenda_aditiva_no_01_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4461/parecer_legislacao_emenda_aditiva_no_01_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA ADITIVA Nº 01 AO PLC 133/2023- COMISSÃO LEGISLAÇÃO</t>
   </si>
   <si>
     <t>4462</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4462/parecer_legislacao_emenda_aditiva_no_02_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4462/parecer_legislacao_emenda_aditiva_no_02_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA ADITIVA Nº 02 AO PLC 133/2023- COMISSÃO LEGISLAÇÃO</t>
   </si>
   <si>
     <t>4463</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4463/parecer_legislacao_emenda_aditiva_no_04_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4463/parecer_legislacao_emenda_aditiva_no_04_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA ADITIVA Nº 04 AO PLC 133/2023- COMISSÃO LEGISLAÇÃO</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4464/parecer_legislacao_emenda_aditiva_no_05_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4464/parecer_legislacao_emenda_aditiva_no_05_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA ADITIVA Nº 05 AO PLC 133/2023- COMISSÃO LEGISLAÇÃO</t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4465/parecer_legislacao_emenda_aditiva_no_06_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4465/parecer_legislacao_emenda_aditiva_no_06_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA ADITIVA Nº 06 AO PLC 133/2023- COMISSÃO LEGISLAÇÃO</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4466/parecer_legislacao_emenda_aditiva_no_07_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4466/parecer_legislacao_emenda_aditiva_no_07_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4467/parecer_legislacao_emenda_aditiva_no_08_ao_plc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4467/parecer_legislacao_emenda_aditiva_no_08_ao_plc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA ADITIVA Nº 08 AO PLC 133/2023- COMISSÃO LEGISLAÇÃO</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4470/parecer_comissao__legislacao_emenda_aditiva_n_03_ao_plc_133_2023_1.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4470/parecer_comissao__legislacao_emenda_aditiva_n_03_ao_plc_133_2023_1.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA ADITIVA Nº 03/2023 AO PLC 133/2023.- COMISSÃO LEGISLAÇÃO</t>
   </si>
   <si>
     <t>4517</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4517/parecer_comissao__legislacao__veto__ao_plo_2024-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4517/parecer_comissao__legislacao__veto__ao_plo_2024-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO- COMISSÃO DE LEGISLAÇÃO , JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>4518</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4518/parecer_comissao_legislacao_plo_2030-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4518/parecer_comissao_legislacao_plo_2030-2023.pdf</t>
   </si>
   <si>
     <t>4524</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4524/parecer_comissao_legislacao_plo_2027-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4524/parecer_comissao_legislacao_plo_2027-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2027/2023- COMISSÃO DE LEGISLAÇÃO</t>
   </si>
   <si>
     <t>4533</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4533/parecer_comissao__legislacao__emendas_ao_plo_2027-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4533/parecer_comissao__legislacao__emendas_ao_plo_2027-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DAS EMENDAS AO PLO 2027/2023- COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL.</t>
   </si>
   <si>
     <t>4580</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4580/parecer_comssao__legislacao__plo_2031-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4580/parecer_comssao__legislacao__plo_2031-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2032/2023-COMISSAO  LEGISLAÇÃO.</t>
   </si>
   <si>
     <t>4614</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4614/parecer_comissao_legislacao_plo_2033-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4614/parecer_comissao_legislacao_plo_2033-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2033/2023- COMISSÃO LEGISLAÇÃO.</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4618/parecer__comissao_legislacao_plo_2036-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4618/parecer__comissao_legislacao_plo_2036-2023.pdf</t>
   </si>
   <si>
     <t>4626</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4626/parecer__plo_2038-2023__comissao__legislacao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4626/parecer__plo_2038-2023__comissao__legislacao.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2038/2023- COMISSÃO DE LEGISLAÇÃO.</t>
   </si>
   <si>
     <t>4721</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4721/plo_2034_2023-comissao__legislacao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4721/plo_2034_2023-comissao__legislacao.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL Á TRAMITAÇÃO DO PLO 2034/2023-COMISSÃO  LEGISLAÇÃO.</t>
   </si>
   <si>
     <t>4722</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4722/parecer_plo_2043_2023-comissao__legislacao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4722/parecer_plo_2043_2023-comissao__legislacao.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2043/2023-COMISSÃO  LEGISLAÇÃO</t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4723/parecer_2046_2023-comissao__legislacao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4723/parecer_2046_2023-comissao__legislacao.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2046/2023-COMISSÃO  LEGISLAÇÃO</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4726/plc_134_2023-comissao__legislacao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4726/plc_134_2023-comissao__legislacao.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLC 134/2023-COMISSÃO  LEGISLAÇÃO</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4727/parecer_a_emenda_01_ao_plo_2024_2023-comissao__legislacao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4727/parecer_a_emenda_01_ao_plo_2024_2023-comissao__legislacao.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA 01 AO PLC 134/2023-COMISSÃO  LEGISLAÇÃO</t>
   </si>
   <si>
     <t>4756</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4756/parecer_comissao_legislacao_emenda_09_plo_2034-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4756/parecer_comissao_legislacao_emenda_09_plo_2034-2023.pdf</t>
   </si>
   <si>
     <t>PACERER FAVORÁVEL À TRAMITAÇÃO DA EMENDA Nº 09 AO PLO 2034/2023- COMISSÃO LEGISLAÇÃO.</t>
   </si>
   <si>
     <t>4757</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4757/parecer_comissao_legislacao_plo_2047-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4757/parecer_comissao_legislacao_plo_2047-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL  À TRAMITAÇÃO DO PLO 2047/202-COMISSÃO LEGISLAÇÃO.</t>
   </si>
   <si>
     <t>4758</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4758/parecer_comissao_legislacao_plo_2051-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4758/parecer_comissao_legislacao_plo_2051-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL  À TRAMITAÇÃO DO PLO 2051/202-COMISSÃO LEGISLAÇÃO.</t>
   </si>
   <si>
     <t>4760</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4760/parecer_comissao_legislacao-_emendas_ao_plo_2034-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4760/parecer_comissao_legislacao-_emendas_ao_plo_2034-2023.pdf</t>
   </si>
   <si>
     <t>PARECER COMISSÃO LEGISLAÇÃO- EMENDAS 02-03-05-06-07-08-10-11-12-13-14-15 AO PLO 2034-2023</t>
   </si>
   <si>
     <t>4254</t>
   </si>
   <si>
     <t>OFOSP</t>
   </si>
   <si>
     <t>Parecer Orçamento, Finanças, Obras e Ser. Públicos</t>
   </si>
   <si>
     <t>COFOSP - Orçamento, Finanças, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4254/parecer_projeto_de_lei_comp._no_132-2023-executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4254/parecer_projeto_de_lei_comp._no_132-2023-executivo.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI Nº 132/2023.</t>
   </si>
   <si>
     <t>4265</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4265/parecer_projeto_de_lei_comp._no_131-2023-executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4265/parecer_projeto_de_lei_comp._no_131-2023-executivo.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI COMPLEMENTAR Nº 131/2023.</t>
   </si>
   <si>
     <t>4286</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4286/parecer_projeto_de_lei_._no_2022-2023-executivo-ldo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4286/parecer_projeto_de_lei_._no_2022-2023-executivo-ldo.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PROJETO DE LEI Nº 2022/2023.</t>
   </si>
   <si>
     <t>4288</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4288/parecer_emenda_aditiva_no_01_da_lei_._no_132-2023-executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4288/parecer_emenda_aditiva_no_01_da_lei_._no_132-2023-executivo.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA ADITIVA Nº 01 AO PROJETO DE LEI Nº 132/2023.</t>
   </si>
   <si>
     <t>4289</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4289/parecer_emenda_modificativa_no_01_da_lei_._no_132-2023-executiv.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4289/parecer_emenda_modificativa_no_01_da_lei_._no_132-2023-executiv.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI Nº 132/2023.</t>
   </si>
   <si>
     <t>4290</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4290/parecer_emenda_modificativa_no_02_da_lei_._no_132-2023-executiv.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4290/parecer_emenda_modificativa_no_02_da_lei_._no_132-2023-executiv.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA MODIFICATIVA Nº 02 AO PROJETO DE LEI Nº 132/2023.</t>
   </si>
   <si>
     <t>4291</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4291/parecer_emenda_modificativa_no_01_da_lei_._no_131-2023-executiv.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4291/parecer_emenda_modificativa_no_01_da_lei_._no_131-2023-executiv.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI Nº 131/2023.</t>
   </si>
   <si>
     <t>4295</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA MODIFICATIVA Nº 02 DO PROJETO DE LEI Nº 131/2023.</t>
   </si>
   <si>
     <t>4326</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4326/parecer_proposta_de_emenda_lei_organica_no_01_da_lei_._no_01-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4326/parecer_proposta_de_emenda_lei_organica_no_01_da_lei_._no_01-2023.pdf</t>
   </si>
   <si>
     <t>4364</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4364/parecer_proposta_de_emenda_lei_organica_no_03_2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4364/parecer_proposta_de_emenda_lei_organica_no_03_2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PROJETO DE EMENDA À LOM Nº 03/2023.</t>
   </si>
   <si>
     <t>4425</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4425/parecer_ao_projeto_de_lc_no_125-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4425/parecer_ao_projeto_de_lc_no_125-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLC 125/2023- COMISSÃO ORÇAMENTOS, FINANÇAS, OBRAS E SERVIÇOS PÚBLICOS.</t>
   </si>
   <si>
     <t>4426</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4426/parecer_emenda__no_02_da_lei_._no_125-2023-executiv.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4426/parecer_emenda__no_02_da_lei_._no_125-2023-executiv.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA 02 AO PLC 125/2023- COMISSÃO ORÇAMENTOS, FINANÇAS, OBRAS E SERVIÇOS PÚBLICOS.</t>
   </si>
   <si>
     <t>4427</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4427/parecer_emenda__no_03_da_lei_._no_125-2023-executiv.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4427/parecer_emenda__no_03_da_lei_._no_125-2023-executiv.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA Nº 03 AO PLC 125/2023- COMISSÃO ORÇAMENTOS, FINANÇAS, OBRAS E SERVIÇOS PÚBLICOS.</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4428/parecer_emenda_modif._no_01_lc_no_125-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4428/parecer_emenda_modif._no_01_lc_no_125-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA Nº 01 DO PLC 125/2023.</t>
   </si>
   <si>
     <t>4458</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4458/parecer_orcamento_ao_projeto_de_lei_no_2027-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4458/parecer_orcamento_ao_projeto_de_lei_no_2027-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2027/2023- COMISSÃO ORÇAMENTOS</t>
   </si>
   <si>
     <t>4459</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4459/parecer_orcamento_ao_projeto_de_lc_no_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4459/parecer_orcamento_ao_projeto_de_lc_no_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLC 133/2023- COMISSÃO ORÇAMENTOS</t>
   </si>
   <si>
     <t>4471</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4471/parecer_comissao__orcamentos_emenda_aditiva__01_ao_plc_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4471/parecer_comissao__orcamentos_emenda_aditiva__01_ao_plc_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA ADITIVA Nº 01 AO PLC 133/2023- COMISSÃO ORÇAMENTOS</t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4472/parecer_comissao_orcamentos_emenda_aditiva_02_ao_plc_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4472/parecer_comissao_orcamentos_emenda_aditiva_02_ao_plc_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA ADITIVA Nº 02 AO PLC 133/2023- COMISSÃO ORÇAMENTOS</t>
   </si>
   <si>
     <t>4473</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4473/parecer_comissao_orcamentos_emenda_aditiva_03_ao_plc_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4473/parecer_comissao_orcamentos_emenda_aditiva_03_ao_plc_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA ADITIVA Nº 03 AO PLC 133/2023- COMISSÃO ORÇAMENTOS</t>
   </si>
   <si>
     <t>4474</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4474/parecer_comissao_orcamentos_emenda_aditiva_04_ao_plc_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4474/parecer_comissao_orcamentos_emenda_aditiva_04_ao_plc_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA ADITIVA Nº 04 AO PLC 133/2023- COMISSÃO ORÇAMENTOS</t>
   </si>
   <si>
     <t>4475</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4475/parecer_comissao_orcamentos_emenda_aditiva_05_ao_plc_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4475/parecer_comissao_orcamentos_emenda_aditiva_05_ao_plc_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA ADITIVA Nº 05 AO PLC 133/2023- COMISSÃO ORÇAMENTOS</t>
   </si>
   <si>
     <t>4476</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4476/parecer_comissao_orcamentos_emenda_aditiva_06_ao_plc_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4476/parecer_comissao_orcamentos_emenda_aditiva_06_ao_plc_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA ADITIVA Nº 06 AO PLC 133/2023- COMISSÃO ORÇAMENTOS</t>
   </si>
   <si>
     <t>4477</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4477/parecer_comissao_orcamentos__emenda_aditiva_07_ao_plc_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4477/parecer_comissao_orcamentos__emenda_aditiva_07_ao_plc_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA ADITIVA Nº 07 AO PLC 133/2023- COMISSÃO ORÇAMENTOS</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4478/parecer_comissao_orcamentos_emenda_aditiva__08_ao_plc_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4478/parecer_comissao_orcamentos_emenda_aditiva__08_ao_plc_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA ADITIVA Nº 08 AO PLC 133/2023- COMISSÃO ORÇAMENTOS</t>
   </si>
   <si>
     <t>4529</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4529/parecer__comissao_orcamentos__plo_2030-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4529/parecer__comissao_orcamentos__plo_2030-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2030/2023- COMISSÃO ORÇAMENTOS.</t>
   </si>
   <si>
     <t>4554</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4554/parecer_comissao_orcamentos_emendas_ao_plo_2027-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4554/parecer_comissao_orcamentos_emendas_ao_plo_2027-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DAS EMENDAS AO PLO 2027-2023 -COMISSÃO ORÇAMENTOS, FINANÇAS, OBRAS E SERVIÇOS PÚBLICOS.</t>
   </si>
   <si>
     <t>4555</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4555/parecer_comissao_orcamentos_o_projeto_de_lei_n_2031-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4555/parecer_comissao_orcamentos_o_projeto_de_lei_n_2031-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2031/2023-COMISSÃO ORÇAMENTOS</t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4628/parecer_comissao_orcamento_plo_2034-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4628/parecer_comissao_orcamento_plo_2034-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2034/2023-COMISSÃO DE ORÇAMENTO.</t>
   </si>
   <si>
     <t>4629</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4629/parecer_comissao_orcamento_plo_2036-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4629/parecer_comissao_orcamento_plo_2036-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2036/2023-COMISSÃO DE ORÇAMENTO.</t>
   </si>
   <si>
     <t>4630</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4630/parecer_comissao_orcamento_plo_2039-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4630/parecer_comissao_orcamento_plo_2039-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2039/2023-COMISSÃO DE ORÇAMENTO.</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4680/parecer_comissao_orcamento_plo_2042-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4680/parecer_comissao_orcamento_plo_2042-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2042/2023- COMISSÃO DE ORÇAMENTO.</t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4681/parecer_comissao_orcamento_emenda__01_ao_plo_2034-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4681/parecer_comissao_orcamento_emenda__01_ao_plo_2034-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO  DA EMENDA Nº 01/2023 AO PLO 2034/2023- COMISSÃO DE ORÇAMENTO.</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4682/parecer_comissao_orcamento_plc_134-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4682/parecer_comissao_orcamento_plc_134-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLC 134/2023- COMISSÃO DE ORÇAMENTO.</t>
   </si>
   <si>
     <t>4720</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4720/parecer_plo_2045-2023-comissao_orcamentos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4720/parecer_plo_2045-2023-comissao_orcamentos.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2045/2023- COMISSÃO DE ORÇAMENTOS.</t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4752/parecer_comissao_orcamento_emendas__ao_plo_2034-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4752/parecer_comissao_orcamento_emendas__ao_plo_2034-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DAS EMENDAS 02-03-05-06-07-08-09-10-11-12-14-15  ao PLO 2034/2023- COMISSÃO ORÇAMENTOS.</t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4753/parecer_comissao_orcamento_plo_2048-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4753/parecer_comissao_orcamento_plo_2048-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2048/2023.</t>
   </si>
   <si>
     <t>4754</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4754/parecer_comissao_orcamento_plo_2049-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4754/parecer_comissao_orcamento_plo_2049-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2049/2023.</t>
   </si>
   <si>
     <t>4777</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4777/parecer_emenda_modificativa_no_13_da_lei_._no_2034-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4777/parecer_emenda_modificativa_no_13_da_lei_._no_2034-2023.pdf</t>
   </si>
   <si>
     <t>PARECER EMENDA MODIFICATIVA Nº 13 DA LEI . Nº 2034-2023</t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4784/parecer_emendas_16-17_ao_plo_2034-2023-_comissao_orcamento.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4784/parecer_emendas_16-17_ao_plo_2034-2023-_comissao_orcamento.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO- EMENDAS 16 E 17 AO PLO 2034/2023.</t>
   </si>
   <si>
     <t>4785</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4785/parecer_comissao_orcamento_plo_2053-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4785/parecer_comissao_orcamento_plo_2053-2023.pdf</t>
   </si>
   <si>
     <t>PARECER COMISSÃO ORÇAMENTO PLO 2053-2023</t>
   </si>
   <si>
     <t>4292</t>
   </si>
   <si>
     <t>ESCDH</t>
   </si>
   <si>
     <t>Parecer Educação, Saúde, Cultura, D.H e Ass. Com.</t>
   </si>
   <si>
     <t>ESCDA - Educação, Saúde, Cultura, Direitos Humanos e Assuntos Comuni</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4292/parecer_emenda_modificativa_no_01-02_e_a_lei_c._no_131-2023-exe.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4292/parecer_emenda_modificativa_no_01-02_e_a_lei_c._no_131-2023-exe.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PROJETO DE LEI Nº 131/2023.</t>
   </si>
   <si>
     <t>4293</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4293/parecer_emenda_modificativa_no_01-02_e_a_lei_c._no_131-2023-exe.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4293/parecer_emenda_modificativa_no_01-02_e_a_lei_c._no_131-2023-exe.pdf</t>
   </si>
   <si>
     <t>4294</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4294/parecer_emenda_modificativa_no_01-02_e_a_lei_c._no_131-2023-exe.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4294/parecer_emenda_modificativa_no_01-02_e_a_lei_c._no_131-2023-exe.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA MODIFICATIVA Nº 02 AO PROJETO DE LEI Nº 131/2023.</t>
   </si>
   <si>
     <t>4417</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4417/parecer_eao_projeto_lei_no_2026-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4417/parecer_eao_projeto_lei_no_2026-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO- COMISSÃO DE EDUCAÇÃO, CULTURA, SAÚDE, DIREITOS HUMANOS E ASSUNTOS COMUNITÁRIOS.</t>
   </si>
   <si>
     <t>4581</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4581/parecer_comissao_cultura-plo_2032_2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4581/parecer_comissao_cultura-plo_2032_2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2032/2023*-COMISSÃO CULTURA</t>
   </si>
   <si>
     <t>4616</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4616/parecer__comissao_cultura_plo_2033-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4616/parecer__comissao_cultura_plo_2033-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2033/2023- COMISSÃO CULTURA.</t>
   </si>
   <si>
     <t>4617</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4617/parecer_comissao_saude_2036-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4617/parecer_comissao_saude_2036-2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2036/2023- COMISSÃO SAÚDE.</t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4622/parecer__plo_2040-2023__comissao_educacao_saude.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4622/parecer__plo_2040-2023__comissao_educacao_saude.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2040/2023- COMISSÃO DE EDUCAÇÃO_SAÚDE.</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4623/parecer__plo_2041_2023-_comissao_educacao_saude.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4623/parecer__plo_2041_2023-_comissao_educacao_saude.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2041/2023- COMISSÃO DE EDUCAÇÃO_SAÚDE.</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4625/parecer__comissao_educacao_plo_2035_2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4625/parecer__comissao_educacao_plo_2035_2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2035/2023- COMISSÃO DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>4759</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4759/parecer_comissao_legislacao_emendas_ao_plo_2034-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4759/parecer_comissao_legislacao_emendas_ao_plo_2034-2023.pdf</t>
   </si>
   <si>
     <t>PARECER COMISSÃO LEGISLAÇÃO EMENDAS 02-03-05-06-07-08-09-10 AO PLO 2034-2023</t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4761/parecer__comissao_educacao_plo_2051_2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4761/parecer__comissao_educacao_plo_2051_2023.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2051/2023- COMISSÃO CULTURA</t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4762/parecer__comissao_educacao_-plc_134_2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4762/parecer__comissao_educacao_-plc_134_2023.pdf</t>
   </si>
   <si>
     <t>PARECER  COMISSAO EDUCAÇÃO -PLC 134_2023</t>
   </si>
   <si>
     <t>4332</t>
   </si>
   <si>
     <t>AMAIT</t>
   </si>
   <si>
     <t>Parecer Agric., Meio Amb., Infra. e Transporte</t>
   </si>
   <si>
     <t>AMAIET - Agricultura, Meio Ambiente, Infraestrutura e Transporte</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4332/parecer_ao_projeto_de_lc_no_125-2022.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4332/parecer_ao_projeto_de_lc_no_125-2022.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PROJETO DE LEI COMPLEMENTAR Nº 125/2023.</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4653/parecer_plo_2037-2023_comissao_agricultura.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4653/parecer_plo_2037-2023_comissao_agricultura.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2037/2023- COMISSÃO AGRICULTURA.</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4654/parecer_plo_2034-2023__comissao_agricultura.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4654/parecer_plo_2034-2023__comissao_agricultura.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DO PLO 2034/2023- COMISSÃO AGRICULTURA.</t>
   </si>
   <si>
     <t>4719</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4719/parecer_a_emenda_mod._no_01_pl_no_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4719/parecer_a_emenda_mod._no_01_pl_no_2034.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DA EMENDA MOD. Nº 01  AO PL Nº 2034/2023.</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4781/parecer_a_emendas_mod._no_02_03_05_06_07_pl_no_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4781/parecer_a_emendas_mod._no_02_03_05_06_07_pl_no_2034.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DAS EMENDAS MOD. Nº 02, 03, 05 ,06, 07,08,09 E 10 AO  PLO Nº 2034/2023.</t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4782/parecer_a_emendas_mod._no_11_12__13__14_pl_no_2034.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4782/parecer_a_emendas_mod._no_11_12__13__14_pl_no_2034.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À TRAMITAÇÃO DAS EMENDAS MOD. Nº 11,12,13,14,15,16,17 AO  PLO Nº 2034/2023.</t>
   </si>
   <si>
     <t>4325</t>
   </si>
   <si>
     <t>PCE</t>
   </si>
   <si>
     <t>Parecer Comissão Especial</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4325/parecer_comissao_especial_contas_2021.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4325/parecer_comissao_especial_contas_2021.pdf</t>
   </si>
   <si>
     <t>PARECER SOBRE CONTAS PÚBLICAS EXERCÍCIO 2021- COMISSÃO ESPECIAL.</t>
   </si>
   <si>
     <t>4469</t>
   </si>
   <si>
     <t>RELV</t>
   </si>
   <si>
     <t>Relatório de Vista</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4469/relatorio_de_vista.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4469/relatorio_de_vista.pdf</t>
   </si>
   <si>
     <t>RELATÓRIO DE VISTA- VEREADOR JOSÉ SILVINO</t>
   </si>
   <si>
     <t>4525</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4525/relatorio_de_vista_pl_2027-2023_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4525/relatorio_de_vista_pl_2027-2023_-_guilherme.pdf</t>
   </si>
   <si>
     <t>RELATÓRIO DE VISTA - PLO 2027/2023- APRESENTADO PLEO VEREADOR GUILHERME GUIMARÃES.</t>
   </si>
   <si>
     <t>4250</t>
   </si>
   <si>
     <t>PARJU</t>
   </si>
   <si>
     <t>Parecer Jurídico</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4250/parecer_juridico_ao_projeto_no_2020-2023-gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4250/parecer_juridico_ao_projeto_no_2020-2023-gerson.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO AO PROJETO DE LEI Nº 2020/2023.</t>
   </si>
   <si>
     <t>4362</t>
   </si>
   <si>
     <t>Órgãos Diversos - ORGAODIVER</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4362/parecer_juridico-_proposta_de_emenda_a__lom-_01_2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4362/parecer_juridico-_proposta_de_emenda_a__lom-_01_2023.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO ACERCA DA PROPOSTA DE EMENDA À LOM Nº 01/2023</t>
   </si>
   <si>
     <t>4413</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4413/parecer_juridico_proposta_de_emenda_a_lom_no_03-2023-gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4413/parecer_juridico_proposta_de_emenda_a_lom_no_03-2023-gerson.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO À PROPOSTA DE EMENDA À LOM Nº 03/2023.</t>
   </si>
   <si>
     <t>4436</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4436/parecer_juridico__emendas_no_01_02_03_do_plc_133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4436/parecer_juridico__emendas_no_01_02_03_do_plc_133-2023.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO ACERCA DAS EMENDAS Nº 01_02_03 DO PLC 133/2023</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4779/parecer_juridico_ao_projeto_no_2042-2023-_compdec.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4779/parecer_juridico_ao_projeto_no_2042-2023-_compdec.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO AO PROJETO Nº 2042-2023- COMPDEC</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
     <t>PARCO</t>
   </si>
   <si>
     <t>Parecer Contábil</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4664/impacto_orcamentario_projeto_de_lei_no_134-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4664/impacto_orcamentario_projeto_de_lei_no_134-2023.pdf</t>
   </si>
   <si>
     <t>ESTIMATIVA DE IMPACTO ORÇAMENTÁRIO-FINANCEIRO.</t>
   </si>
   <si>
     <t>4321</t>
   </si>
   <si>
     <t>OEPRE</t>
   </si>
   <si>
     <t>Ofício envio ao Prefeito</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4321/oficio_33-_reuniao_20-06.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4321/oficio_33-_reuniao_20-06.pdf</t>
   </si>
   <si>
     <t>OFÍCIO DAS PROPOSIÇÕES DA REUNIÃO 20/06/2023.</t>
   </si>
   <si>
     <t>4368</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4368/oficio_36-_reuniao_02-08.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4368/oficio_36-_reuniao_02-08.pdf</t>
   </si>
   <si>
     <t>OFÍCIO DAS PROPOSIÇÕES DA REUNIÃO 01/08/2023.</t>
   </si>
   <si>
     <t>4398</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4398/oficio_37_executivo_09-08-23.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4398/oficio_37_executivo_09-08-23.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 37- ENCAMINHAMENTO DAS PROPOSIÇÕES VOTADAS NA REUNIÃO DE 08/08/2023.</t>
   </si>
   <si>
     <t>4424</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4424/oficio_38-_reuniao_15-08.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4424/oficio_38-_reuniao_15-08.pdf</t>
   </si>
   <si>
     <t>OFÍCIO ENVIO PROPOSIÇÕES AO EXECUTIVO</t>
   </si>
   <si>
     <t>4521</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4521/oficio_no_39_encaminha_proposicoes_ao_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4521/oficio_no_39_encaminha_proposicoes_ao_executivo.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 39/2023/SEC- ENVIO PROPOSIÇÕES AO EXECUTIVO</t>
   </si>
   <si>
     <t>4531</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4531/oficio_n40_2023_sec__envia__proposicoes__executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4531/oficio_n40_2023_sec__envia__proposicoes__executivo.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 40/2023/SEC- ENCAMINHA PROPOSIÇÕES AO EXECUTIVO( REUNIÃO ORDINÁRIA 12/09/2023)</t>
   </si>
   <si>
     <t>4566</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4566/oficio_42-2023-sec_envio_proposicoes_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4566/oficio_42-2023-sec_envio_proposicoes_executivo.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 42/2023/SEC- ENVIO PROPOSIÇÕES EXECUTIVO- ORDINÁRIA 19/09/2023.</t>
   </si>
   <si>
     <t>4567</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4567/oficio_43-2023-sec_envio_proposicoes__executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4567/oficio_43-2023-sec_envio_proposicoes__executivo.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 43/2023/SEC- ENVIO PROPOSIÇÕES EXECUTIVO- EXTRAORDINÁRIA 25/09/2023</t>
   </si>
   <si>
     <t>4588</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4588/oficio_no45_2023_sec_-_encaminha__proposicoes__executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4588/oficio_no45_2023_sec_-_encaminha__proposicoes__executivo.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 45/2023/SEC-ENCAMINHA PROPOSIÇÕES AO EXECUTIVO- REUNIÃO ORD. 03/10/2023.</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4619/oficio_47_2023_sec_-encaminha_proposicoes_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4619/oficio_47_2023_sec_-encaminha_proposicoes_executivo.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 47/2023/SEC- ENCAMINHA PROPOSIÇÕES AO EXECUTIVO.</t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4620/oficio_48_sec_2023_-encaminha_proposicoes_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4620/oficio_48_sec_2023_-encaminha_proposicoes_executivo.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 48/2023/SEC- ENCAMINHA PROPOSIÇÕES AO EXECUTIVO.</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4652/oficio_50_2023_sec-encaminha_proposicoes_ao_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4652/oficio_50_2023_sec-encaminha_proposicoes_ao_executivo.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº50/2023/SEC- ENCAMINHA PROPOSIÇÕES AO EXECUTIVO.</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4679/oficio_51_sec_2023-_encaminha_proposicoes_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4679/oficio_51_sec_2023-_encaminha_proposicoes_executivo.pdf</t>
   </si>
   <si>
     <t>OFÍCIO 51_SEC_2023- ENCAMINHA PROPOSIÇÕES EXECUTIVO</t>
   </si>
   <si>
     <t>4749</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4749/oficio_53_2023_sec-_encaminha_proposicoes_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4749/oficio_53_2023_sec-_encaminha_proposicoes_executivo.pdf</t>
   </si>
   <si>
     <t>OFÍCIO 53_2023_SEC- ENCAMINHA PROPOSIÇÕES EXECUTIVO.</t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4786/oficio_55_2023_sec-_encaminha_proposicoes_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4786/oficio_55_2023_sec-_encaminha_proposicoes_executivo.pdf</t>
   </si>
   <si>
     <t>OFICIO 55_2023_SEC- ENCAMINHA PROPOSIÇÕES EXECUTIVO</t>
   </si>
   <si>
     <t>4167</t>
   </si>
   <si>
     <t>OFRET</t>
   </si>
   <si>
     <t>Ofício de Retirada</t>
   </si>
   <si>
     <t>OFÍCIO DE RETIRADA</t>
   </si>
   <si>
     <t>4168</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4168/oficio_retirada_projeto_lei_no_2017-2023-_jose_silvino.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4168/oficio_retirada_projeto_lei_no_2017-2023-_jose_silvino.pdf</t>
   </si>
   <si>
     <t>4169</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4169/oficio_retirada_indicacao_no_122-2023_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4169/oficio_retirada_indicacao_no_122-2023_marinho.pdf</t>
   </si>
   <si>
     <t>4181</t>
   </si>
   <si>
     <t>4212</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4212/retirada_do_projeto_de_lei_no_2019-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4212/retirada_do_projeto_de_lei_no_2019-2023.pdf</t>
   </si>
   <si>
     <t>4271</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4271/retirada_indicacao_213_2023-oficio_n_011_2023_gabi_9.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4271/retirada_indicacao_213_2023-oficio_n_011_2023_gabi_9.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO RETIRADA PELO AUTOR PELO OFÍCIO 11/2023/GAB. 09.</t>
   </si>
   <si>
     <t>4333</t>
   </si>
   <si>
     <t>OFÍCIO DE RETIRADA PELO AUTOR.</t>
   </si>
   <si>
     <t>4348</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4348/oficio_retirada-gab-pref_no_116.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4348/oficio_retirada-gab-pref_no_116.pdf</t>
   </si>
   <si>
     <t>OFÍCIO RETIRADA DO  PROJETO DE LEI ORDINÁRIA Nº 2022/2023-LDO</t>
   </si>
   <si>
     <t>4354</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4354/oficio_no__134-2023_gab_06-retirada__indicacao_no_263.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4354/oficio_no__134-2023_gab_06-retirada__indicacao_no_263.pdf</t>
   </si>
   <si>
     <t>Ofício nº 134/2023- GAB. 06- Retirada da Indicação nº 263/2023</t>
   </si>
   <si>
     <t>4391</t>
   </si>
   <si>
     <t>PEDIDO DE SOBRESTAMENTO PARA RESTRUTURAR O PROJETO. ( OFÍCIO GAB/PREF. Nº 122/2023)</t>
   </si>
   <si>
     <t>4414</t>
   </si>
   <si>
     <t>OFÍCIO Nº 143/202-GAB. 07- RETIRADA INDICAÇÃO Nº295.</t>
   </si>
   <si>
     <t>4415</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4415/oficio_de_retirada_da_indicacao_no_262-noka.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4415/oficio_de_retirada_da_indicacao_no_262-noka.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 141/2023-GAB. 06- RETIRADA INDICAÇÃO Nº 262/2023</t>
   </si>
   <si>
     <t>4416</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4416/oficio_de_retirada_do_pl_no_2025-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4416/oficio_de_retirada_do_pl_no_2025-2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO GAB/PREF Nº 126/2023- RETIRADA DO PLO 2025/2023</t>
   </si>
   <si>
     <t>4519</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4519/oficio_de_retirada_das_emendas_ao_plc_no_125-2022.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4519/oficio_de_retirada_das_emendas_ao_plc_no_125-2022.pdf</t>
   </si>
   <si>
     <t>OFÍCIO DE RETIRADA DAS EMENDAS AO PROJETO DE LEI Nº 125/2022.</t>
   </si>
   <si>
     <t>4468</t>
   </si>
   <si>
     <t>OFIC</t>
   </si>
   <si>
     <t>Ofícios Diversos</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4468/oficio_nomeacao_suplente_emenda_aditiva_03-133-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4468/oficio_nomeacao_suplente_emenda_aditiva_03-133-2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 143/2023-NOMEAÇÃO RELATOR SUPLENTE - COMISSÃO LEGISLAÇÃO (EMENDA ADITIVA Nº 03/2023 AO PLC 133/2023)</t>
   </si>
   <si>
     <t>4522</t>
   </si>
   <si>
     <t>Legislativo Municipal - LegMun</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4522/plc_n_o_133-2023_com_emendas_incorporadas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4522/plc_n_o_133-2023_com_emendas_incorporadas.pdf</t>
   </si>
   <si>
     <t>TEXTO DO PROJETO DE LEI COMPLEMENTAR  COM EMENDAS INCORPORADAS- ENCAMINHADO AO EXECUTIVO</t>
   </si>
   <si>
     <t>4530</t>
   </si>
   <si>
     <t>OFÍCIO DE SUBSTITUIÇÃO DO ARQUIVO DA EMENDA Nº 07 AO PLC 125/2022.</t>
   </si>
   <si>
     <t>4532</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4532/oficio__41_2023_sec-_encaminha_proposicoes_presidente_da_camara_1.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4532/oficio__41_2023_sec-_encaminha_proposicoes_presidente_da_camara_1.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 41/2023/SEC- ENCAMINHA INDICAÇÕES E REQUERIMENTOS AO PRESIDENTE DA CÂMARA.</t>
   </si>
   <si>
     <t>4552</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4552/oficio_no_0103_secretaria_de_saude_vrb.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4552/oficio_no_0103_secretaria_de_saude_vrb.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 0103 SECRETARIA DE SAÚDE VRB- INFORMAÇÕES ACERCA DO PLO 2031/2023.</t>
   </si>
   <si>
     <t>4553</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4553/oficio_no_69_secretaria_de_desenvolvimento_social.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4553/oficio_no_69_secretaria_de_desenvolvimento_social.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 69 SECRETARIA DE DESENVOLVIMENTO SOCIAL- INFORMAÇÕES ACERCA DO PLO 2031/2023.</t>
   </si>
   <si>
     <t>4589</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4589/oficio_no_46_2023_sec-_encaminha_proposicoes_presidente_presidente_legislativo_1.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4589/oficio_no_46_2023_sec-_encaminha_proposicoes_presidente_presidente_legislativo_1.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 46/2023/SEC-ENCAMINHA PROPOSIÇÕES AO PRESIDENTE DA CÂMARA- REUNIÃO ORD. 03/10/2023.</t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4621/oficio_49_sec_2023-_encaminha__proposicoes__presidente__camara.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4621/oficio_49_sec_2023-_encaminha__proposicoes__presidente__camara.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 49/2023/SEC- ENCAMINHA PROPOSIÇÕES AO PRESIDENTE DA CÂMARA.</t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4778/oficio_relator_pl_2047-gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4778/oficio_relator_pl_2047-gerson.pdf</t>
   </si>
   <si>
     <t>OFÍCIO RELATOR COMISSÃO CULTURA</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4780/oficio_de_retirada_emenda_modificativa_no_01_plc134-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4780/oficio_de_retirada_emenda_modificativa_no_01_plc134-2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO DE RETIRADA EMENDA MODIFICATIVA Nº 01 PLC 134-2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -9996,67 +9996,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4252/proposta_de_emenda_a_lei_organica_municipal_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4315/proposta_de_emenda_a_lei_organica_municipal_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4316/proposta_de_emenda_a_lei_organica_municipal_no_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/5832/oficio_contas_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3903/projeto_de_lei_complementar__no_128-2023_-_carlos-progressao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3994/projeto_de_lei_complementar__no_129-2023_-_executivo_refis.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4009/projeto_de_lei_complementar__no_130-2023_-_executivo_extincao_d.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4137/projeto_de_lei_complementar__no_131-2023_-_anexo_i_e_ii_lc_no_4.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4138/projeto_de_lei_complementar__no_132-2023_-_anexo_i_lc_no_087-20.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4360/projeto_de_lei_complementar__no_133-2023_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4635/projeto_de_lei_complementar__no_134-2023_-_carlos_antonio_e_ant.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3901/projeto_de_lei_2003-2023_-_executivo_vale_transporte.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3902/projeto_de_lei_no_2004-2023_-_mesa_reajuste.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3947/projeto_de_lei_no_2005-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3948/projeto_de_lei_no_2006-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3962/projeto_de_lei_no_2007-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3963/projeto_de_lei_no_2008-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3969/projeto_de_lei_no_2009-2023_-_mesa_reajuste.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3982/projeto_de_lei_no_2010-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3993/projeto_de_lei_no_2011-2023_-_executivo_reajuste.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4016/projeto_de_lei_no_2012-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4018/projeto_de_lei_no_2013-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4019/projeto_de_lei_no_2014-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4043/projeto_de_lei_no_2015-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4044/projeto_de_lei_no_2016-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4113/projeto_de_lei_no_2017-2023_-_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4127/projeto_de_lei_no_2018-2023_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4140/projeto_de_lei_no_2019-2023_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4161/projeto_de_lei_no_2020-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4238/projeto_de_lei_no_2021-2023_-_executivo-emprestimo_lampada.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4240/projeto_de_lei_no_2022-2023_-_ldo-executivo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4284/projeto_de_lei_no_2023-2023_-_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4306/projeto_de_lei_no_2024-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4330/projeto_de_lei_no_2025-2023_-_executivo-municipalizacao.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4352/projeto_de_lei_no_2026-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4363/projeto_de_lei_no_2027-2023_-_ldo-executivo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4400/projeto_de_lei_no_2028-2023_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4430/projeto_de_lei_no_2029-2023_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4437/projeto_de_lei_no_2030-2023_-_executivo-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4515/projeto_de_lei_no_2032-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4571/projeto_de_lei_no_2033-2023_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4575/projeto_de_lei_no_2034-2023_-_executivo-loa.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4576/projeto_de_lei_no_2035-2023_-_executivo-jovem_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4578/projeto_de_lei_no_2036-2023_-_executivo_repasse_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4590/projeto_de_lei_no_2037-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4591/projeto_de_lei_no_2038-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4595/projeto_de_lei_no_2039-2023_-_executivo-alienacao.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4604/projeto_de_lei_no_2040-2023_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4605/projeto_de_lei_no_2041-2023_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4624/projeto_de_lei_no_2042-2023_-_executivo_coordenadoria_civil.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4639/projeto_de_lei_no_2043-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4640/projeto_de_lei_no_2044-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4667/projeto_de_lei_no_2045-2023_-_executivo_alienacao_imoveis.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4678/projeto_de_lei_no_2046-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4688/projeto_de_lei_no_2047-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4699/projeto_de_lei_no_2048-2023_-_executivo_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4700/projeto_de_lei_no_2049-2023_-_executivo_abertura_de_credito_sau.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4709/projeto_de_lei_no_2050-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4710/projeto_de_lei_no_2051-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4728/projeto_de_lei_no_2052-2023_-_executivo_monumento.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4729/projeto_de_lei_no_2053-2023_-_executivo_alienacao.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4747/projeto_de_lei_no_2054-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4776/projeto_de_lei_no_2055-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3917/projeto_de_resolucao_no_663-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3918/projeto_de_resolucao_no_664-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3919/projeto_de_resolucao_no_665-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3960/projeto_de_resolucao_no_666-2023_prestacao_de_conta_2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4104/projeto_de_resolucao_no_667-2023_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4105/projeto_de_resolucao_no_668-2023_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4121/projeto_de_resolucao_no_669-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4159/projeto_de_resolucao_no_670-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4160/projeto_de_resolucao_no_671-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4183/projeto_de_resolucao_no_672-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4185/projeto_de_resolucao_no_673-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4186/projeto_de_resolucao_no_674-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4187/projeto_de_resolucao_no_675-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4188/projeto_de_resolucao_no_676-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4189/projeto_de_resolucao_no_677-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4202/projeto_de_resolucao_no_678-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4203/projeto_de_resolucao_no_679-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4213/projeto_de_resolucao_no_680-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4223/projeto_de_resolucao_no_681-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4272/projeto_de_resolucao_no_682-2023_comissao_prestacao_de_contas-2.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4303/projeto_de_resolucao_no_683-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4317/projeto_de_resolucao_no_684-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4318/projeto_de_resolucao_no_685-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4328/projeto_de_resolucao_no_686-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4340/projeto_de_resolucao_no_687-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4344/projeto_de_resolucao_no_688-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4345/projeto_de_resolucao_no_689-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4010/veto_01_parcial_emenda_supressiva_no_01_ao_pl_1996-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4011/veto_02_parcial_emenda_modif._no_05_ao_pl_1996-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4064/veto_01_parcial_a_emenda_aditiva_no_01_ao_pl_1.997.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4066/veto_01_parcial_a_emenda_aditiva_no_01_ao_pl_2002.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4067/veto_05_parcial_a_emenda_modificativa_no_01_ao_pl_1995.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4068/veto_06_parcial_a_emenda_modificativa_no_02_ao_pl_1995.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4074/veto_01_integral_ao_projeto_de_lei_2008.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4075/veto_integral_ao_projeto_de_lei_2005.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4435/veto_integral_ao_projeto_de_lei_no_2024-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3898/req._01-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3899/req._02-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3904/req._03-2023_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3905/req._04-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3910/req._05-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3950/req._06-2023_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3986/req._07-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3987/req._08-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3999/req._09-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4000/req._10-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4001/req._11-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4029/req._12-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4040/req._13-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4056/req._14-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4073/req.15-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4077/req.16-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4080/req.17-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4095/req18-2023_-_jose_silvino_e_gerson.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4107/req.19-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4108/req.20-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4110/req.21-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4120/req._22-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4126/req._23-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4136/req._24-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4139/req._25-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4144/req._26-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4153/req._27-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4171/req._28-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4198/req._29-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4218/req._30-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4244/req._31-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4246/req._32-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4260/req._33-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4261/req._34-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4262/req._35-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4308/req._36-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4314/req._37-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4367/req._38-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4382/req._39-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4390/req._40-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4397/req._41-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4411/req._42-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4447/req._43-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4456/req._44-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4457/req._45-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4502/req._46-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4503/req._47-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4547/req._48-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4548/req._49-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4603/req._50-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4612/req._51-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4646/req._52-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4647/req._53-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4677/req._54-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4718/req._55-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4730/req._56-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4746/req._57-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3897/ind._01-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3900/ind._02-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3906/ind._03-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3907/ind._04-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3908/ind._05-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3909/ind._06-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3913/ind._07-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3914/ind._08-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3915/ind._09-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3916/ind._10-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3920/ind._11-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3921/ind._12-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3922/ind._13-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3923/ind._14-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3924/ind._15-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3925/ind._16-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3926/ind._17-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3927/ind._18-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3928/ind._19-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3949/ind._20-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3951/ind._21-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3952/ind._22-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3953/ind._23-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3954/ind._24-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3955/ind._25-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3956/ind._26-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3957/ind._27-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3958/ind._28-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3959/ind._29-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3961/ind._30-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3964/ind._31-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3967/ind._32-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3968/ind._33-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3970/ind._34-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3971/ind._35-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3972/ind._36-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3973/ind._37-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3974/ind._38-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3975/ind._39-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3976/ind._40-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3977/ind._41-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3978/ind._42-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3979/ind._43-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3980/ind._44-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3981/ind._45-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3983/ind._46-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3984/ind._47-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3985/ind._48-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3988/ind._49-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3989/ind._50-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3990/ind._51-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3991/ind._52-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3992/ind._53-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3995/ind._54-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3996/ind._55-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3997/ind._56-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3998/ind._57-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4002/ind._58-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4003/ind._59-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4004/ind._60-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4005/ind._61-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4006/ind._62-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4007/ind._63-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4008/ind._64-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4012/ind._65-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4013/ind._66-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4014/ind._67-2023_comissao_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4015/ind._68-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4017/ind._69-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4020/ind._70-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4021/ind._71-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4022/ind._72-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4023/ind._73-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4024/ind._74-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4025/ind._75-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4026/ind._76-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4027/ind._77-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4028/ind._78-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4030/ind._79-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4031/ind._80-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4032/ind._81-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4033/ind._82-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4034/ind._83-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4035/ind._84-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4036/ind._85-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4037/ind._86-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4038/ind._87-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4039/ind._88-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4041/ind._89-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4042/ind._90-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4046/ind._92-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4047/ind._93-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4048/ind._94-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4049/ind._95-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4050/ind._96-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4051/ind._97-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4053/ind._99-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4054/ind._100-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4055/ind._101-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4057/ind._102-2023_joazinnho.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4058/ind._103-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4059/ind._104-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4060/ind._105-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4061/ind._106-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4062/ind._107-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4069/ind._108-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4070/ind.109-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4071/ind.110-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4072/ind.111-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4076/ind.112-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4079/ind.113-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4081/ind.114-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4082/ind.115-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4083/ind.116-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4084/ind.117-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4085/ind.118-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4086/ind.119-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4087/ind.120-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4088/ind.121-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4089/ind.122-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4090/ind.123-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4091/ind.124-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4092/ind.125-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4093/ind.126-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4094/ind.127-2023_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4096/ind.128-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4097/ind.129-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4098/ind.130-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4099/ind.131-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4100/ind.132-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4101/ind.133-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4102/ind._134-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4103/ind.135-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4106/ind.136-2023_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4109/ind._137-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4111/ind.138-2023_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4112/ind.139-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4114/ind.140-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4115/ind.141-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4116/ind.142-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4117/ind.143-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4118/ind.144-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4119/ind.145-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4122/ind.146-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4123/ind.147-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4124/ind.148-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4125/ind.149-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4128/ind.150-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4129/ind.151-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4130/ind.152-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4131/ind.153-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4132/ind._154-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4133/ind.155-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4134/ind.156-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4135/ind._157-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4141/ind._158-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4142/ind._159-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4143/ind._160-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4149/ind._161-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4150/ind._162-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4151/ind._163-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4154/ind._164-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4155/ind._165-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4156/ind._166-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4157/ind._167-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4158/ind._168-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4162/ind._169-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4163/ind._170-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4164/ind._171-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4165/ind._172-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4170/ind._173-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4172/ind._174-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4173/ind._175-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4174/ind._176-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4175/ind._177-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4176/ind._178-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4177/ind._179-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4178/ind._180-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4179/ind._181-2023.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4180/ind._182-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4182/ind._183-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4184/ind._184-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4190/ind._185-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4191/ind._186-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4192/ind._187-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4193/ind._188-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4194/ind._189-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4195/ind._190-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4196/ind._191-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4197/ind._192-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4199/ind._193-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4200/ind._194-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4201/ind._195-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4204/ind._196-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4205/ind._197-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4206/ind._198-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4214/ind._199-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4215/ind._200-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4216/ind._201-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4217/ind._202-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4219/ind._203-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4220/ind._204-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4221/ind._205-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4224/ind._206-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4225/ind._207-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4231/ind._208-2023_alex-2023.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4233/ind._209-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4234/ind._210-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4235/ind._211-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4236/ind._212-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4237/ind._213-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4239/ind._214-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4241/ind._215-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4242/ind._216-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4243/ind._217-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4249/ind._218-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4251/ind._219-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4258/ind._220-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4259/ind._221-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4263/ind._222-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4264/ind._223-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4269/ind._224-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4270/ind._225-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4273/ind._226-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4274/ind._227-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4275/ind._228-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4276/ind._229-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4277/ind._230-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4278/ind._231-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4279/ind._232-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4280/ind._233-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4281/ind._234-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4282/ind._235-2023_gerson-jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4283/ind._236-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4285/ind._237-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4296/ind._238-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4297/ind._239-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4298/ind._240-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4299/ind._241-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4300/ind._242-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4301/ind._243-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4302/ind._244-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4304/ind._245-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4305/ind._246-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4309/ind._247-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4310/ind._248-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4311/ind._249-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4312/ind._250-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4313/ind._251-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4320/ind._252-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4322/ind._253-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4323/ind._254-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4324/ind._255-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4329/ind._256-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4346/ind._260-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4347/ind._261-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4349/ind._262-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4350/ind._263-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4351/ind._264-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4355/ind._265-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4358/ind._266-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4359/ind._267-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4361/ind._268-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4365/ind._269-2023_comissao.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4369/ind._270-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4370/ind._271-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4372/ind._272-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4379/ind._273-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4380/ind._274-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4381/ind._275-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4383/ind._276-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4384/ind._277-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4385/ind._278-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4386/ind._279-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4387/ind._280-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4389/ind._281-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4392/ind._282-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4393/ind._283-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4394/ind._284-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4395/ind._285-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4399/ind._286-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4401/ind._287-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4402/ind._288-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4403/ind._289-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4404/ind._290-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4405/ind._291-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4406/ind._292-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4408/ind._293-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4409/ind._294-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4410/ind._295-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4412/ind._296-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4429/ind._297-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4431/ind._298-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4432/ind._299-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4433/ind._300-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4434/ind._301-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4439/ind._302-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4440/ind._303-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4441/ind._304-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4446/ind._305-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4448/ind._306-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4449/ind._307-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4450/ind._308-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4453/ind._309-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4454/ind._310-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4455/ind._311-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4479/ind._312-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4480/ind._313-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4481/ind._314-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4496/ind._315-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4497/ind._316-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4498/ind._317-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4499/ind._318-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4500/ind._319-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4501/ind._320-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4505/ind._321-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4506/ind._322-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4507/ind._323-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4534/ind._324-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4535/ind._325-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4536/ind._326-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4537/ind._327-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4538/ind._328-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4539/ind._329-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4540/ind._330-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4541/ind._331-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4542/ind._332-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4543/ind._333-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4544/ind._334-2023_comissao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4545/ind._335-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4546/ind._336-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4549/ind._337-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4550/ind._338-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4551/ind._339-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4556/ind._340-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4557/ind._341-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4558/ind._342-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4559/ind._343-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4560/ind._344-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4561/ind._345-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4562/ind._346-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4563/ind._347-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4564/ind._348-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4565/ind._349-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4568/ind._350-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4569/ind._351-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4570/ind._352-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4572/ind._353-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4573/ind._354-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4574/ind._355-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4577/ind._356-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4582/ind._357-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4583/ind._358-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4584/ind._359-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4585/ind._360-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4586/ind._361-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4587/ind._362-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4592/ind._363-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4593/ind._364-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4594/ind._365-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4596/ind._366-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4597/ind._367-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4598/ind._368-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4599/ind._369-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4600/ind._370-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4601/ind._371-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4602/ind._372-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4606/ind._373-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4607/ind._374-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4608/ind._375-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4609/ind._376-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4610/ind._377-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4611/ind._378-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4613/ind._379-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4632/ind._380-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4633/ind._381-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4634/ind._382-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4636/ind._383-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4637/ind._384-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4638/ind._385-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4641/ind._386-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4642/ind._387-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4643/ind._388-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4644/ind._389-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4645/ind._390-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4648/ind._391-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4649/ind._392-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4650/ind._393-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4655/ind._394-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4656/ind._395-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4657/ind._396-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4658/ind._397-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4659/ind._398-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4660/ind._399-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4661/ind._400-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4662/ind._401-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4663/ind._402-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4665/ind._403-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4666/ind._404-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4668/ind._405-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4669/ind._406-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4670/ind._407-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4671/ind._408-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4672/ind._409-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4673/ind._410-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4674/ind._411-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4675/ind._412-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4676/ind._413-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4683/ind._414-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4684/ind._415-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4685/ind._416-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4689/ind._417-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4690/ind._418-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4692/ind._419-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4693/ind._420-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4694/ind._421-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4701/ind._422-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4702/ind._423-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4703/ind._424-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4704/ind._425-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4705/ind._426-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4706/ind._427-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4707/ind._428-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4708/ind._429-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4731/ind._430-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4732/ind._431-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4735/ind._432-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4736/ind._433-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4737/ind._434-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4738/ind._435-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4739/ind._436-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4740/ind._437-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4741/ind._438-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4742/ind._439-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4743/ind._440-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4744/ind._441-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4745/ind._442-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4750/ind._443-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4751/ind._444-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4763/ind._445-2023_comissao.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4764/ind._446-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4765/ind._447-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4766/ind._448-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4767/ind._449-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4768/ind._450-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4769/ind._451-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4770/ind._452-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4771/ind._453-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4772/ind._454-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4773/ind._455-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3911/emenda_modif._01_ao_projeto_1995-2022.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3912/emenda_modif._02_ao_projeto_1995-2022.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3929/emenda_modif._01_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3930/emenda_modif._02_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3931/emenda_modif._03_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3932/emenda_modif._04_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3933/emenda_modif._05_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3934/emenda_modif._06_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3935/emenda_modif._07_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3936/emenda_modif._08_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3937/emenda_modif._09_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3938/emenda_modif._10_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3939/emenda_modif._11_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3940/emenda_aditiva_01_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3941/emenda_aditiva_02_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3942/emenda_aditiva_03_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3943/emenda_supressiva_01_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3944/emenda_modif._12_ao_projeto_1996-2022_gerson.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3945/emenda_modif._13_ao_projeto_1996-2022_marinho.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3946/emenda_aditiva_04_ao_projeto_1996-2022_alex.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3965/emenda_aditiva_no_01_ao_projeto_de_lei_2002-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3966/emenda_aditiva_no_01_ao_projeto_de_lei__1997-2022_gerson.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4152/emenda_modificativa_no_01_ao_projeto_de_lei_2019-2023.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4247/emenda_modificativa_no_01_ao_projeto_de_lc_no_132-2023.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4253/emenda_modificativa_no_01_ao_projeto_de_lc_no_131-2023-guilherm.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4255/emenda_modificativa_no_02_ao_projeto_de_lc_no_132-2023-guilherm.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4257/emenda_modificativa_no_02_da_lei_c._no_132-2023-executi.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4266/emenda_modificativa_no_01_ao_projeto_de_lei_2021-2023.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4267/emenda_modificativa_no_02_ao_projeto_de_lei_2021-2023.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4319/emenda_modificativa_no_03_da_lei_c._no_132-2023-executi.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4341/emenda_modificativa_no_01_ao_projeto_de_lc_no_125-2023-antonio.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4356/emenda_modificativa_no_02_ao_projeto_de_lc_no_125-2023-antonio.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4357/emenda_modificativa_no_03_ao_projeto_de_lc_no_125-2023-antonio.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4366/proposta_de_subemenda_no_01_a_emenda_no_01_lom.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4438/emenda_modificativa_no_04_ao_projeto_de_lc_no_125-2023-gerson.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4443/emenda_modificativa_no_05_ao_projeto_de_lc_no_125-2023-alex.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4444/emenda_modificativa_no_06_ao_projeto_de_lc_no_125-2023-alex.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4445/emenda_modificativa_no_07_ao_projeto_de_lc_no_125-2023-alex.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4482/emenda_modificativa_no_01_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4483/emenda_modificativa_no_02_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4484/emenda_modificativa_no_03_ao_pl_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4485/emenda_modificativa_no_04_ao_pl_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4508/emenda_modificativa_no_08_ao_projeto_de_lc_no_125-2023-zezinho-.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4509/emenda_modificativa_no_09_ao_projeto_de_lc_no_125-2023-zezinho-.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4510/emenda_modificativa_no_10_ao_projeto_de_lc_no_125-2023-zezinho-.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4526/emenda_modificativa_no_11_ao_projeto_de_lc_no_125-2023-alex.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4527/emenda_modificativa_no_12_ao_projeto_de_lc_no_125-2023-alex.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4528/emenda_modificativa_no_13_ao_projeto_de_lc_no_125-2023-guilherm.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4627/emenda_01_ao_pl_no_2036-2023.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4651/emenda_modificatica_01_gerson_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4686/emenda_modificatica_02_carlos_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4687/emenda_modificatica_03_carlos_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4691/emenda_modificatica_04_zezinho_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4695/emenda_modificatica_05_marinho_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4696/emenda_modificatica_06_marinho_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4697/emenda_modificatica_07_marinho_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4698/emenda_modificatica_08_marinho_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4711/emenda_modificatica_09_alex_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4712/emenda_modificatica_10_carlos_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4713/emenda_modificatica_11_guilherme_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4714/emenda_modificatica_12_guilherme_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4715/emenda_modificatica_13_guilherme_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4716/emenda_modificatica_14_guilherme_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4717/emenda_modificatica_15_guilherme_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4733/emenda_modificatica_16_gerson_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4748/emenda_modificatica_17_guilherme_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4774/emenda_modificativa_01_jose_silvino_plc_134.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4783/emenda_modificativa__18_guilherme.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4486/emenda_supressiva_no_01_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4487/emenda_supressiva_no_02_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4488/emenda_supressiva_no_03_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4489/emenda_supressiva_no_04_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4490/emenda_supressiva_no_05_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4491/emenda_supressiva_no_06_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4492/emenda_supressiva_no_07_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4493/emenda_supressiva_no_08_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4494/emenda_supressiva_no_09_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4495/emenda_supressiva_no_10_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4734/emenda_supressiva_01_marinho_plc_134.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4775/emenda_supressiva_02_joao_batista_plc_134.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4248/emenda_aditiva_no_01_ao_projeto_de_lc_no_132-2023.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4268/emenda_aditiva_no_01_ao_projeto_de_lei_no_2021-2023.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4371/emenda_aditiva_no_01_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4378/emenda_aditiva_no_02_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4388/emenda_aditiva_no_03_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4418/emenda_aditiva_no_04_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4419/emenda_aditiva_no_05_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4420/emenda_aditiva_no_06_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4421/emenda_aditiva_no_07_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4423/emenda_aditiva_no_08_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4442/emenda_aditiva_no_01_ao_projeto_de_lc_no_125-2023-alex.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4451/emenda_aditiva_no_09_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4452/emenda_aditiva_no_10_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4511/emenda_aditiva_no_02_ao_projeto_de_lc_no_125-2023-zezinho-gerson.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4512/emenda_aditiva_no_03_ao_projeto_de_lc_no_125-2023-zezinho-gerson.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4513/emenda_aditiva_no_04_ao_projeto_de_lc_no_125-2023-zezinho-gerson.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4514/emenda_aditiva_no_05_ao_projeto_de_lc_no_125-2023-zezinho-gerson.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4516/emenda_aditiva_no_06_ao_projeto_de_lc_no_125-2023-guilherme.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4520/emenda_aditiva_no_07_ao_projeto_de_lc_no_125-2023-zezinho-gerso.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4523/emenda_aditiva_no_08_ao_projeto_de_lc_no_125-2023-guilherme.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4407/proposta_de_subemenda_no_01_a_emenda_no_01_lom.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4146/parecer_do_projeto_resolucao_669_ljrf.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4148/parecer_do_projeto_resolucao_668_ljrf.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4208/parecer_do_projeto_resolucao_670-ljrf.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4209/parecer_do_projeto_resolucao_671-ljrf.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4210/parecer_do_projeto_resolucao_672_-ljrf.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4211/parecer_do_projeto_resolucao_673_-ljrf.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4227/parecer_do_projeto_resolucao_676-ljrf.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4229/parecer_do_projeto_resolucao_678-ljrf.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4230/parecer_do_projeto_resolucao_679-ljrf.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4327/parecer_proposta_de_emenda_lom_no_01_da_lei_._no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4334/parecer_proposta_de_emenda_lom_no_02_da_lom.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4335/parecer_do_projeto_resolucao_683-ljrf.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4336/parecer_do_projeto_resolucao_684-ljrf.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4337/parecer_do_projeto_resolucao_685-ljrf.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4373/parecer_do_projeto_lc_no_133-2023-ljrf.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4374/parecer_do_projeto_resolucao_686-ljrf.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4375/parecer_do_projeto_resolucao_687-ljrf.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4376/parecer_do_projeto_resolucao_688-ljrf.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4377/parecer_do_projeto_resolucao_689-ljrf.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4460/parecer_legislacao_ao_projeto_de_lc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4461/parecer_legislacao_emenda_aditiva_no_01_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4462/parecer_legislacao_emenda_aditiva_no_02_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4463/parecer_legislacao_emenda_aditiva_no_04_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4464/parecer_legislacao_emenda_aditiva_no_05_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4465/parecer_legislacao_emenda_aditiva_no_06_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4466/parecer_legislacao_emenda_aditiva_no_07_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4467/parecer_legislacao_emenda_aditiva_no_08_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4470/parecer_comissao__legislacao_emenda_aditiva_n_03_ao_plc_133_2023_1.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4517/parecer_comissao__legislacao__veto__ao_plo_2024-2023.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4518/parecer_comissao_legislacao_plo_2030-2023.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4524/parecer_comissao_legislacao_plo_2027-2023.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4533/parecer_comissao__legislacao__emendas_ao_plo_2027-2023.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4580/parecer_comssao__legislacao__plo_2031-2023.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4614/parecer_comissao_legislacao_plo_2033-2023.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4618/parecer__comissao_legislacao_plo_2036-2023.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4626/parecer__plo_2038-2023__comissao__legislacao.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4721/plo_2034_2023-comissao__legislacao.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4722/parecer_plo_2043_2023-comissao__legislacao.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4723/parecer_2046_2023-comissao__legislacao.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4726/plc_134_2023-comissao__legislacao.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4727/parecer_a_emenda_01_ao_plo_2024_2023-comissao__legislacao.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4756/parecer_comissao_legislacao_emenda_09_plo_2034-2023.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4757/parecer_comissao_legislacao_plo_2047-2023.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4758/parecer_comissao_legislacao_plo_2051-2023.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4760/parecer_comissao_legislacao-_emendas_ao_plo_2034-2023.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4254/parecer_projeto_de_lei_comp._no_132-2023-executivo.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4265/parecer_projeto_de_lei_comp._no_131-2023-executivo.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4286/parecer_projeto_de_lei_._no_2022-2023-executivo-ldo.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4288/parecer_emenda_aditiva_no_01_da_lei_._no_132-2023-executivo.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4289/parecer_emenda_modificativa_no_01_da_lei_._no_132-2023-executiv.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4290/parecer_emenda_modificativa_no_02_da_lei_._no_132-2023-executiv.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4291/parecer_emenda_modificativa_no_01_da_lei_._no_131-2023-executiv.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4326/parecer_proposta_de_emenda_lei_organica_no_01_da_lei_._no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4364/parecer_proposta_de_emenda_lei_organica_no_03_2023.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4425/parecer_ao_projeto_de_lc_no_125-2023.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4426/parecer_emenda__no_02_da_lei_._no_125-2023-executiv.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4427/parecer_emenda__no_03_da_lei_._no_125-2023-executiv.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4428/parecer_emenda_modif._no_01_lc_no_125-2023.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4458/parecer_orcamento_ao_projeto_de_lei_no_2027-2023.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4459/parecer_orcamento_ao_projeto_de_lc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4471/parecer_comissao__orcamentos_emenda_aditiva__01_ao_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4472/parecer_comissao_orcamentos_emenda_aditiva_02_ao_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4473/parecer_comissao_orcamentos_emenda_aditiva_03_ao_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4474/parecer_comissao_orcamentos_emenda_aditiva_04_ao_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4475/parecer_comissao_orcamentos_emenda_aditiva_05_ao_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4476/parecer_comissao_orcamentos_emenda_aditiva_06_ao_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4477/parecer_comissao_orcamentos__emenda_aditiva_07_ao_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4478/parecer_comissao_orcamentos_emenda_aditiva__08_ao_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4529/parecer__comissao_orcamentos__plo_2030-2023.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4554/parecer_comissao_orcamentos_emendas_ao_plo_2027-2023.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4555/parecer_comissao_orcamentos_o_projeto_de_lei_n_2031-2023.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4628/parecer_comissao_orcamento_plo_2034-2023.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4629/parecer_comissao_orcamento_plo_2036-2023.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4630/parecer_comissao_orcamento_plo_2039-2023.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4680/parecer_comissao_orcamento_plo_2042-2023.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4681/parecer_comissao_orcamento_emenda__01_ao_plo_2034-2023.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4682/parecer_comissao_orcamento_plc_134-2023.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4720/parecer_plo_2045-2023-comissao_orcamentos.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4752/parecer_comissao_orcamento_emendas__ao_plo_2034-2023.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4753/parecer_comissao_orcamento_plo_2048-2023.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4754/parecer_comissao_orcamento_plo_2049-2023.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4777/parecer_emenda_modificativa_no_13_da_lei_._no_2034-2023.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4784/parecer_emendas_16-17_ao_plo_2034-2023-_comissao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4785/parecer_comissao_orcamento_plo_2053-2023.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4292/parecer_emenda_modificativa_no_01-02_e_a_lei_c._no_131-2023-exe.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4293/parecer_emenda_modificativa_no_01-02_e_a_lei_c._no_131-2023-exe.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4294/parecer_emenda_modificativa_no_01-02_e_a_lei_c._no_131-2023-exe.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4417/parecer_eao_projeto_lei_no_2026-2023.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4581/parecer_comissao_cultura-plo_2032_2023.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4616/parecer__comissao_cultura_plo_2033-2023.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4617/parecer_comissao_saude_2036-2023.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4622/parecer__plo_2040-2023__comissao_educacao_saude.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4623/parecer__plo_2041_2023-_comissao_educacao_saude.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4625/parecer__comissao_educacao_plo_2035_2023.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4759/parecer_comissao_legislacao_emendas_ao_plo_2034-2023.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4761/parecer__comissao_educacao_plo_2051_2023.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4762/parecer__comissao_educacao_-plc_134_2023.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4332/parecer_ao_projeto_de_lc_no_125-2022.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4653/parecer_plo_2037-2023_comissao_agricultura.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4654/parecer_plo_2034-2023__comissao_agricultura.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4719/parecer_a_emenda_mod._no_01_pl_no_2034.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4781/parecer_a_emendas_mod._no_02_03_05_06_07_pl_no_2034.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4782/parecer_a_emendas_mod._no_11_12__13__14_pl_no_2034.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4325/parecer_comissao_especial_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4469/relatorio_de_vista.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4525/relatorio_de_vista_pl_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4250/parecer_juridico_ao_projeto_no_2020-2023-gerson.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4362/parecer_juridico-_proposta_de_emenda_a__lom-_01_2023.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4413/parecer_juridico_proposta_de_emenda_a_lom_no_03-2023-gerson.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4436/parecer_juridico__emendas_no_01_02_03_do_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4779/parecer_juridico_ao_projeto_no_2042-2023-_compdec.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4664/impacto_orcamentario_projeto_de_lei_no_134-2023.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4321/oficio_33-_reuniao_20-06.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4368/oficio_36-_reuniao_02-08.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4398/oficio_37_executivo_09-08-23.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4424/oficio_38-_reuniao_15-08.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4521/oficio_no_39_encaminha_proposicoes_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4531/oficio_n40_2023_sec__envia__proposicoes__executivo.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4566/oficio_42-2023-sec_envio_proposicoes_executivo.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4567/oficio_43-2023-sec_envio_proposicoes__executivo.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4588/oficio_no45_2023_sec_-_encaminha__proposicoes__executivo.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4619/oficio_47_2023_sec_-encaminha_proposicoes_executivo.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4620/oficio_48_sec_2023_-encaminha_proposicoes_executivo.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4652/oficio_50_2023_sec-encaminha_proposicoes_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4679/oficio_51_sec_2023-_encaminha_proposicoes_executivo.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4749/oficio_53_2023_sec-_encaminha_proposicoes_executivo.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4786/oficio_55_2023_sec-_encaminha_proposicoes_executivo.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4168/oficio_retirada_projeto_lei_no_2017-2023-_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4169/oficio_retirada_indicacao_no_122-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4212/retirada_do_projeto_de_lei_no_2019-2023.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4271/retirada_indicacao_213_2023-oficio_n_011_2023_gabi_9.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4348/oficio_retirada-gab-pref_no_116.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4354/oficio_no__134-2023_gab_06-retirada__indicacao_no_263.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4415/oficio_de_retirada_da_indicacao_no_262-noka.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4416/oficio_de_retirada_do_pl_no_2025-2023.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4519/oficio_de_retirada_das_emendas_ao_plc_no_125-2022.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4468/oficio_nomeacao_suplente_emenda_aditiva_03-133-2023.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4522/plc_n_o_133-2023_com_emendas_incorporadas.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4532/oficio__41_2023_sec-_encaminha_proposicoes_presidente_da_camara_1.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4552/oficio_no_0103_secretaria_de_saude_vrb.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4553/oficio_no_69_secretaria_de_desenvolvimento_social.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4589/oficio_no_46_2023_sec-_encaminha_proposicoes_presidente_presidente_legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4621/oficio_49_sec_2023-_encaminha__proposicoes__presidente__camara.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4778/oficio_relator_pl_2047-gerson.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4780/oficio_de_retirada_emenda_modificativa_no_01_plc134-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4252/proposta_de_emenda_a_lei_organica_municipal_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4315/proposta_de_emenda_a_lei_organica_municipal_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4316/proposta_de_emenda_a_lei_organica_municipal_no_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/5832/oficio_contas_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3903/projeto_de_lei_complementar__no_128-2023_-_carlos-progressao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3994/projeto_de_lei_complementar__no_129-2023_-_executivo_refis.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4009/projeto_de_lei_complementar__no_130-2023_-_executivo_extincao_d.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4137/projeto_de_lei_complementar__no_131-2023_-_anexo_i_e_ii_lc_no_4.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4138/projeto_de_lei_complementar__no_132-2023_-_anexo_i_lc_no_087-20.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4360/projeto_de_lei_complementar__no_133-2023_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4635/projeto_de_lei_complementar__no_134-2023_-_carlos_antonio_e_ant.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3901/projeto_de_lei_2003-2023_-_executivo_vale_transporte.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3902/projeto_de_lei_no_2004-2023_-_mesa_reajuste.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3947/projeto_de_lei_no_2005-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3948/projeto_de_lei_no_2006-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3962/projeto_de_lei_no_2007-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3963/projeto_de_lei_no_2008-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3969/projeto_de_lei_no_2009-2023_-_mesa_reajuste.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3982/projeto_de_lei_no_2010-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3993/projeto_de_lei_no_2011-2023_-_executivo_reajuste.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4016/projeto_de_lei_no_2012-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4018/projeto_de_lei_no_2013-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4019/projeto_de_lei_no_2014-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4043/projeto_de_lei_no_2015-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4044/projeto_de_lei_no_2016-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4113/projeto_de_lei_no_2017-2023_-_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4127/projeto_de_lei_no_2018-2023_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4140/projeto_de_lei_no_2019-2023_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4161/projeto_de_lei_no_2020-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4238/projeto_de_lei_no_2021-2023_-_executivo-emprestimo_lampada.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4240/projeto_de_lei_no_2022-2023_-_ldo-executivo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4284/projeto_de_lei_no_2023-2023_-_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4306/projeto_de_lei_no_2024-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4330/projeto_de_lei_no_2025-2023_-_executivo-municipalizacao.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4352/projeto_de_lei_no_2026-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4363/projeto_de_lei_no_2027-2023_-_ldo-executivo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4400/projeto_de_lei_no_2028-2023_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4430/projeto_de_lei_no_2029-2023_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4437/projeto_de_lei_no_2030-2023_-_executivo-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4515/projeto_de_lei_no_2032-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4571/projeto_de_lei_no_2033-2023_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4575/projeto_de_lei_no_2034-2023_-_executivo-loa.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4576/projeto_de_lei_no_2035-2023_-_executivo-jovem_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4578/projeto_de_lei_no_2036-2023_-_executivo_repasse_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4590/projeto_de_lei_no_2037-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4591/projeto_de_lei_no_2038-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4595/projeto_de_lei_no_2039-2023_-_executivo-alienacao.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4604/projeto_de_lei_no_2040-2023_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4605/projeto_de_lei_no_2041-2023_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4624/projeto_de_lei_no_2042-2023_-_executivo_coordenadoria_civil.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4639/projeto_de_lei_no_2043-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4640/projeto_de_lei_no_2044-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4667/projeto_de_lei_no_2045-2023_-_executivo_alienacao_imoveis.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4678/projeto_de_lei_no_2046-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4688/projeto_de_lei_no_2047-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4699/projeto_de_lei_no_2048-2023_-_executivo_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4700/projeto_de_lei_no_2049-2023_-_executivo_abertura_de_credito_sau.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4709/projeto_de_lei_no_2050-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4710/projeto_de_lei_no_2051-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4728/projeto_de_lei_no_2052-2023_-_executivo_monumento.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4729/projeto_de_lei_no_2053-2023_-_executivo_alienacao.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4747/projeto_de_lei_no_2054-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4776/projeto_de_lei_no_2055-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3917/projeto_de_resolucao_no_663-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3918/projeto_de_resolucao_no_664-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3919/projeto_de_resolucao_no_665-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3960/projeto_de_resolucao_no_666-2023_prestacao_de_conta_2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4104/projeto_de_resolucao_no_667-2023_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4105/projeto_de_resolucao_no_668-2023_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4121/projeto_de_resolucao_no_669-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4159/projeto_de_resolucao_no_670-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4160/projeto_de_resolucao_no_671-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4183/projeto_de_resolucao_no_672-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4185/projeto_de_resolucao_no_673-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4186/projeto_de_resolucao_no_674-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4187/projeto_de_resolucao_no_675-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4188/projeto_de_resolucao_no_676-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4189/projeto_de_resolucao_no_677-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4202/projeto_de_resolucao_no_678-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4203/projeto_de_resolucao_no_679-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4213/projeto_de_resolucao_no_680-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4223/projeto_de_resolucao_no_681-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4272/projeto_de_resolucao_no_682-2023_comissao_prestacao_de_contas-2.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4303/projeto_de_resolucao_no_683-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4317/projeto_de_resolucao_no_684-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4318/projeto_de_resolucao_no_685-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4328/projeto_de_resolucao_no_686-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4340/projeto_de_resolucao_no_687-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4344/projeto_de_resolucao_no_688-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4345/projeto_de_resolucao_no_689-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4010/veto_01_parcial_emenda_supressiva_no_01_ao_pl_1996-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4011/veto_02_parcial_emenda_modif._no_05_ao_pl_1996-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4064/veto_01_parcial_a_emenda_aditiva_no_01_ao_pl_1.997.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4066/veto_01_parcial_a_emenda_aditiva_no_01_ao_pl_2002.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4067/veto_05_parcial_a_emenda_modificativa_no_01_ao_pl_1995.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4068/veto_06_parcial_a_emenda_modificativa_no_02_ao_pl_1995.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4074/veto_01_integral_ao_projeto_de_lei_2008.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4075/veto_integral_ao_projeto_de_lei_2005.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4435/veto_integral_ao_projeto_de_lei_no_2024-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3898/req._01-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3899/req._02-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3904/req._03-2023_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3905/req._04-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3910/req._05-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3950/req._06-2023_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3986/req._07-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3987/req._08-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3999/req._09-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4000/req._10-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4001/req._11-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4029/req._12-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4040/req._13-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4056/req._14-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4073/req.15-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4077/req.16-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4080/req.17-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4095/req18-2023_-_jose_silvino_e_gerson.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4107/req.19-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4108/req.20-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4110/req.21-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4120/req._22-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4126/req._23-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4136/req._24-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4139/req._25-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4144/req._26-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4153/req._27-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4171/req._28-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4198/req._29-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4218/req._30-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4244/req._31-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4246/req._32-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4260/req._33-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4261/req._34-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4262/req._35-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4308/req._36-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4314/req._37-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4367/req._38-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4382/req._39-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4390/req._40-2023_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4397/req._41-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4411/req._42-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4447/req._43-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4456/req._44-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4457/req._45-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4502/req._46-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4503/req._47-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4547/req._48-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4548/req._49-2023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4603/req._50-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4612/req._51-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4646/req._52-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4647/req._53-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4677/req._54-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4718/req._55-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4730/req._56-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4746/req._57-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3897/ind._01-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3900/ind._02-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3906/ind._03-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3907/ind._04-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3908/ind._05-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3909/ind._06-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3913/ind._07-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3914/ind._08-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3915/ind._09-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3916/ind._10-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3920/ind._11-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3921/ind._12-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3922/ind._13-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3923/ind._14-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3924/ind._15-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3925/ind._16-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3926/ind._17-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3927/ind._18-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3928/ind._19-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3949/ind._20-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3951/ind._21-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3952/ind._22-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3953/ind._23-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3954/ind._24-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3955/ind._25-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3956/ind._26-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3957/ind._27-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3958/ind._28-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3959/ind._29-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3961/ind._30-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3964/ind._31-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3967/ind._32-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3968/ind._33-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3970/ind._34-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3971/ind._35-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3972/ind._36-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3973/ind._37-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3974/ind._38-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3975/ind._39-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3976/ind._40-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3977/ind._41-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3978/ind._42-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3979/ind._43-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3980/ind._44-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3981/ind._45-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3983/ind._46-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3984/ind._47-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3985/ind._48-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3988/ind._49-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3989/ind._50-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3990/ind._51-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3991/ind._52-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3992/ind._53-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3995/ind._54-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3996/ind._55-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3997/ind._56-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3998/ind._57-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4002/ind._58-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4003/ind._59-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4004/ind._60-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4005/ind._61-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4006/ind._62-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4007/ind._63-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4008/ind._64-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4012/ind._65-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4013/ind._66-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4014/ind._67-2023_comissao_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4015/ind._68-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4017/ind._69-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4020/ind._70-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4021/ind._71-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4022/ind._72-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4023/ind._73-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4024/ind._74-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4025/ind._75-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4026/ind._76-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4027/ind._77-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4028/ind._78-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4030/ind._79-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4031/ind._80-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4032/ind._81-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4033/ind._82-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4034/ind._83-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4035/ind._84-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4036/ind._85-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4037/ind._86-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4038/ind._87-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4039/ind._88-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4041/ind._89-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4042/ind._90-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4046/ind._92-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4047/ind._93-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4048/ind._94-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4049/ind._95-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4050/ind._96-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4051/ind._97-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4053/ind._99-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4054/ind._100-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4055/ind._101-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4057/ind._102-2023_joazinnho.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4058/ind._103-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4059/ind._104-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4060/ind._105-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4061/ind._106-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4062/ind._107-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4069/ind._108-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4070/ind.109-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4071/ind.110-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4072/ind.111-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4076/ind.112-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4079/ind.113-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4081/ind.114-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4082/ind.115-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4083/ind.116-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4084/ind.117-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4085/ind.118-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4086/ind.119-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4087/ind.120-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4088/ind.121-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4089/ind.122-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4090/ind.123-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4091/ind.124-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4092/ind.125-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4093/ind.126-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4094/ind.127-2023_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4096/ind.128-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4097/ind.129-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4098/ind.130-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4099/ind.131-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4100/ind.132-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4101/ind.133-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4102/ind._134-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4103/ind.135-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4106/ind.136-2023_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4109/ind._137-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4111/ind.138-2023_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4112/ind.139-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4114/ind.140-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4115/ind.141-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4116/ind.142-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4117/ind.143-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4118/ind.144-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4119/ind.145-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4122/ind.146-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4123/ind.147-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4124/ind.148-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4125/ind.149-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4128/ind.150-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4129/ind.151-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4130/ind.152-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4131/ind.153-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4132/ind._154-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4133/ind.155-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4134/ind.156-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4135/ind._157-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4141/ind._158-2023_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4142/ind._159-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4143/ind._160-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4149/ind._161-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4150/ind._162-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4151/ind._163-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4154/ind._164-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4155/ind._165-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4156/ind._166-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4157/ind._167-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4158/ind._168-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4162/ind._169-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4163/ind._170-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4164/ind._171-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4165/ind._172-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4170/ind._173-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4172/ind._174-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4173/ind._175-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4174/ind._176-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4175/ind._177-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4176/ind._178-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4177/ind._179-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4178/ind._180-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4179/ind._181-2023.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4180/ind._182-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4182/ind._183-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4184/ind._184-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4190/ind._185-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4191/ind._186-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4192/ind._187-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4193/ind._188-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4194/ind._189-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4195/ind._190-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4196/ind._191-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4197/ind._192-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4199/ind._193-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4200/ind._194-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4201/ind._195-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4204/ind._196-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4205/ind._197-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4206/ind._198-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4214/ind._199-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4215/ind._200-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4216/ind._201-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4217/ind._202-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4219/ind._203-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4220/ind._204-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4221/ind._205-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4224/ind._206-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4225/ind._207-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4231/ind._208-2023_alex-2023.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4233/ind._209-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4234/ind._210-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4235/ind._211-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4236/ind._212-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4237/ind._213-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4239/ind._214-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4241/ind._215-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4242/ind._216-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4243/ind._217-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4249/ind._218-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4251/ind._219-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4258/ind._220-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4259/ind._221-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4263/ind._222-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4264/ind._223-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4269/ind._224-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4270/ind._225-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4273/ind._226-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4274/ind._227-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4275/ind._228-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4276/ind._229-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4277/ind._230-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4278/ind._231-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4279/ind._232-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4280/ind._233-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4281/ind._234-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4282/ind._235-2023_gerson-jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4283/ind._236-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4285/ind._237-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4296/ind._238-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4297/ind._239-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4298/ind._240-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4299/ind._241-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4300/ind._242-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4301/ind._243-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4302/ind._244-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4304/ind._245-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4305/ind._246-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4309/ind._247-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4310/ind._248-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4311/ind._249-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4312/ind._250-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4313/ind._251-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4320/ind._252-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4322/ind._253-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4323/ind._254-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4324/ind._255-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4329/ind._256-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4346/ind._260-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4347/ind._261-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4349/ind._262-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4350/ind._263-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4351/ind._264-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4355/ind._265-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4358/ind._266-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4359/ind._267-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4361/ind._268-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4365/ind._269-2023_comissao.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4369/ind._270-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4370/ind._271-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4372/ind._272-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4379/ind._273-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4380/ind._274-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4381/ind._275-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4383/ind._276-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4384/ind._277-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4385/ind._278-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4386/ind._279-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4387/ind._280-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4389/ind._281-2023_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4392/ind._282-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4393/ind._283-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4394/ind._284-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4395/ind._285-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4399/ind._286-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4401/ind._287-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4402/ind._288-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4403/ind._289-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4404/ind._290-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4405/ind._291-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4406/ind._292-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4408/ind._293-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4409/ind._294-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4410/ind._295-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4412/ind._296-2023_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4429/ind._297-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4431/ind._298-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4432/ind._299-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4433/ind._300-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4434/ind._301-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4439/ind._302-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4440/ind._303-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4441/ind._304-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4446/ind._305-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4448/ind._306-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4449/ind._307-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4450/ind._308-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4453/ind._309-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4454/ind._310-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4455/ind._311-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4479/ind._312-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4480/ind._313-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4481/ind._314-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4496/ind._315-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4497/ind._316-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4498/ind._317-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4499/ind._318-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4500/ind._319-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4501/ind._320-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4505/ind._321-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4506/ind._322-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4507/ind._323-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4534/ind._324-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4535/ind._325-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4536/ind._326-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4537/ind._327-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4538/ind._328-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4539/ind._329-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4540/ind._330-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4541/ind._331-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4542/ind._332-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4543/ind._333-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4544/ind._334-2023_comissao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4545/ind._335-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4546/ind._336-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4549/ind._337-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4550/ind._338-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4551/ind._339-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4556/ind._340-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4557/ind._341-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4558/ind._342-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4559/ind._343-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4560/ind._344-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4561/ind._345-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4562/ind._346-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4563/ind._347-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4564/ind._348-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4565/ind._349-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4568/ind._350-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4569/ind._351-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4570/ind._352-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4572/ind._353-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4573/ind._354-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4574/ind._355-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4577/ind._356-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4582/ind._357-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4583/ind._358-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4584/ind._359-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4585/ind._360-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4586/ind._361-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4587/ind._362-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4592/ind._363-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4593/ind._364-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4594/ind._365-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4596/ind._366-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4597/ind._367-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4598/ind._368-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4599/ind._369-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4600/ind._370-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4601/ind._371-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4602/ind._372-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4606/ind._373-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4607/ind._374-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4608/ind._375-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4609/ind._376-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4610/ind._377-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4611/ind._378-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4613/ind._379-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4632/ind._380-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4633/ind._381-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4634/ind._382-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4636/ind._383-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4637/ind._384-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4638/ind._385-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4641/ind._386-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4642/ind._387-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4643/ind._388-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4644/ind._389-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4645/ind._390-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4648/ind._391-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4649/ind._392-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4650/ind._393-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4655/ind._394-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4656/ind._395-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4657/ind._396-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4658/ind._397-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4659/ind._398-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4660/ind._399-2023_antonio.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4661/ind._400-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4662/ind._401-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4663/ind._402-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4665/ind._403-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4666/ind._404-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4668/ind._405-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4669/ind._406-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4670/ind._407-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4671/ind._408-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4672/ind._409-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4673/ind._410-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4674/ind._411-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4675/ind._412-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4676/ind._413-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4683/ind._414-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4684/ind._415-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4685/ind._416-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4689/ind._417-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4690/ind._418-2023_gerson.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4692/ind._419-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4693/ind._420-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4694/ind._421-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4701/ind._422-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4702/ind._423-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4703/ind._424-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4704/ind._425-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4705/ind._426-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4706/ind._427-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4707/ind._428-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4708/ind._429-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4731/ind._430-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4732/ind._431-2023_guilherme.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4735/ind._432-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4736/ind._433-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4737/ind._434-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4738/ind._435-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4739/ind._436-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4740/ind._437-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4741/ind._438-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4742/ind._439-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4743/ind._440-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4744/ind._441-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4745/ind._442-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4750/ind._443-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4751/ind._444-2023_alex.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4763/ind._445-2023_comissao.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4764/ind._446-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4765/ind._447-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4766/ind._448-2023_carlos.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4767/ind._449-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4768/ind._450-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4769/ind._451-2023_pedro.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4770/ind._452-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4771/ind._453-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4772/ind._454-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4773/ind._455-2023_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3911/emenda_modif._01_ao_projeto_1995-2022.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3912/emenda_modif._02_ao_projeto_1995-2022.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3929/emenda_modif._01_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3930/emenda_modif._02_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3931/emenda_modif._03_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3932/emenda_modif._04_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3933/emenda_modif._05_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3934/emenda_modif._06_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3935/emenda_modif._07_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3936/emenda_modif._08_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3937/emenda_modif._09_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3938/emenda_modif._10_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3939/emenda_modif._11_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3940/emenda_aditiva_01_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3941/emenda_aditiva_02_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3942/emenda_aditiva_03_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3943/emenda_supressiva_01_ao_projeto_1996-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3944/emenda_modif._12_ao_projeto_1996-2022_gerson.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3945/emenda_modif._13_ao_projeto_1996-2022_marinho.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3946/emenda_aditiva_04_ao_projeto_1996-2022_alex.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3965/emenda_aditiva_no_01_ao_projeto_de_lei_2002-2022_guilherme.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/3966/emenda_aditiva_no_01_ao_projeto_de_lei__1997-2022_gerson.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4152/emenda_modificativa_no_01_ao_projeto_de_lei_2019-2023.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4247/emenda_modificativa_no_01_ao_projeto_de_lc_no_132-2023.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4253/emenda_modificativa_no_01_ao_projeto_de_lc_no_131-2023-guilherm.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4255/emenda_modificativa_no_02_ao_projeto_de_lc_no_132-2023-guilherm.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4257/emenda_modificativa_no_02_da_lei_c._no_132-2023-executi.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4266/emenda_modificativa_no_01_ao_projeto_de_lei_2021-2023.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4267/emenda_modificativa_no_02_ao_projeto_de_lei_2021-2023.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4319/emenda_modificativa_no_03_da_lei_c._no_132-2023-executi.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4341/emenda_modificativa_no_01_ao_projeto_de_lc_no_125-2023-antonio.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4356/emenda_modificativa_no_02_ao_projeto_de_lc_no_125-2023-antonio.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4357/emenda_modificativa_no_03_ao_projeto_de_lc_no_125-2023-antonio.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4366/proposta_de_subemenda_no_01_a_emenda_no_01_lom.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4438/emenda_modificativa_no_04_ao_projeto_de_lc_no_125-2023-gerson.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4443/emenda_modificativa_no_05_ao_projeto_de_lc_no_125-2023-alex.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4444/emenda_modificativa_no_06_ao_projeto_de_lc_no_125-2023-alex.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4445/emenda_modificativa_no_07_ao_projeto_de_lc_no_125-2023-alex.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4482/emenda_modificativa_no_01_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4483/emenda_modificativa_no_02_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4484/emenda_modificativa_no_03_ao_pl_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4485/emenda_modificativa_no_04_ao_pl_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4508/emenda_modificativa_no_08_ao_projeto_de_lc_no_125-2023-zezinho-.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4509/emenda_modificativa_no_09_ao_projeto_de_lc_no_125-2023-zezinho-.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4510/emenda_modificativa_no_10_ao_projeto_de_lc_no_125-2023-zezinho-.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4526/emenda_modificativa_no_11_ao_projeto_de_lc_no_125-2023-alex.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4527/emenda_modificativa_no_12_ao_projeto_de_lc_no_125-2023-alex.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4528/emenda_modificativa_no_13_ao_projeto_de_lc_no_125-2023-guilherm.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4627/emenda_01_ao_pl_no_2036-2023.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4651/emenda_modificatica_01_gerson_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4686/emenda_modificatica_02_carlos_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4687/emenda_modificatica_03_carlos_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4691/emenda_modificatica_04_zezinho_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4695/emenda_modificatica_05_marinho_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4696/emenda_modificatica_06_marinho_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4697/emenda_modificatica_07_marinho_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4698/emenda_modificatica_08_marinho_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4711/emenda_modificatica_09_alex_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4712/emenda_modificatica_10_carlos_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4713/emenda_modificatica_11_guilherme_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4714/emenda_modificatica_12_guilherme_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4715/emenda_modificatica_13_guilherme_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4716/emenda_modificatica_14_guilherme_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4717/emenda_modificatica_15_guilherme_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4733/emenda_modificatica_16_gerson_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4748/emenda_modificatica_17_guilherme_pl_2034.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4774/emenda_modificativa_01_jose_silvino_plc_134.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4783/emenda_modificativa__18_guilherme.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4486/emenda_supressiva_no_01_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4487/emenda_supressiva_no_02_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4488/emenda_supressiva_no_03_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4489/emenda_supressiva_no_04_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4490/emenda_supressiva_no_05_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4491/emenda_supressiva_no_06_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4492/emenda_supressiva_no_07_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4493/emenda_supressiva_no_08_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4494/emenda_supressiva_no_09_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4495/emenda_supressiva_no_10_ao_plc_no_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4734/emenda_supressiva_01_marinho_plc_134.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4775/emenda_supressiva_02_joao_batista_plc_134.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4248/emenda_aditiva_no_01_ao_projeto_de_lc_no_132-2023.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4268/emenda_aditiva_no_01_ao_projeto_de_lei_no_2021-2023.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4371/emenda_aditiva_no_01_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4378/emenda_aditiva_no_02_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4388/emenda_aditiva_no_03_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4418/emenda_aditiva_no_04_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4419/emenda_aditiva_no_05_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4420/emenda_aditiva_no_06_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4421/emenda_aditiva_no_07_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4423/emenda_aditiva_no_08_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4442/emenda_aditiva_no_01_ao_projeto_de_lc_no_125-2023-alex.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4451/emenda_aditiva_no_09_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4452/emenda_aditiva_no_10_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4511/emenda_aditiva_no_02_ao_projeto_de_lc_no_125-2023-zezinho-gerson.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4512/emenda_aditiva_no_03_ao_projeto_de_lc_no_125-2023-zezinho-gerson.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4513/emenda_aditiva_no_04_ao_projeto_de_lc_no_125-2023-zezinho-gerson.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4514/emenda_aditiva_no_05_ao_projeto_de_lc_no_125-2023-zezinho-gerson.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4516/emenda_aditiva_no_06_ao_projeto_de_lc_no_125-2023-guilherme.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4520/emenda_aditiva_no_07_ao_projeto_de_lc_no_125-2023-zezinho-gerso.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4523/emenda_aditiva_no_08_ao_projeto_de_lc_no_125-2023-guilherme.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4407/proposta_de_subemenda_no_01_a_emenda_no_01_lom.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4146/parecer_do_projeto_resolucao_669_ljrf.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4148/parecer_do_projeto_resolucao_668_ljrf.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4208/parecer_do_projeto_resolucao_670-ljrf.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4209/parecer_do_projeto_resolucao_671-ljrf.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4210/parecer_do_projeto_resolucao_672_-ljrf.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4211/parecer_do_projeto_resolucao_673_-ljrf.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4227/parecer_do_projeto_resolucao_676-ljrf.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4229/parecer_do_projeto_resolucao_678-ljrf.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4230/parecer_do_projeto_resolucao_679-ljrf.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4327/parecer_proposta_de_emenda_lom_no_01_da_lei_._no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4334/parecer_proposta_de_emenda_lom_no_02_da_lom.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4335/parecer_do_projeto_resolucao_683-ljrf.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4336/parecer_do_projeto_resolucao_684-ljrf.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4337/parecer_do_projeto_resolucao_685-ljrf.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4373/parecer_do_projeto_lc_no_133-2023-ljrf.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4374/parecer_do_projeto_resolucao_686-ljrf.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4375/parecer_do_projeto_resolucao_687-ljrf.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4376/parecer_do_projeto_resolucao_688-ljrf.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4377/parecer_do_projeto_resolucao_689-ljrf.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4460/parecer_legislacao_ao_projeto_de_lc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4461/parecer_legislacao_emenda_aditiva_no_01_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4462/parecer_legislacao_emenda_aditiva_no_02_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4463/parecer_legislacao_emenda_aditiva_no_04_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4464/parecer_legislacao_emenda_aditiva_no_05_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4465/parecer_legislacao_emenda_aditiva_no_06_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4466/parecer_legislacao_emenda_aditiva_no_07_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4467/parecer_legislacao_emenda_aditiva_no_08_ao_plc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4470/parecer_comissao__legislacao_emenda_aditiva_n_03_ao_plc_133_2023_1.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4517/parecer_comissao__legislacao__veto__ao_plo_2024-2023.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4518/parecer_comissao_legislacao_plo_2030-2023.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4524/parecer_comissao_legislacao_plo_2027-2023.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4533/parecer_comissao__legislacao__emendas_ao_plo_2027-2023.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4580/parecer_comssao__legislacao__plo_2031-2023.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4614/parecer_comissao_legislacao_plo_2033-2023.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4618/parecer__comissao_legislacao_plo_2036-2023.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4626/parecer__plo_2038-2023__comissao__legislacao.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4721/plo_2034_2023-comissao__legislacao.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4722/parecer_plo_2043_2023-comissao__legislacao.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4723/parecer_2046_2023-comissao__legislacao.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4726/plc_134_2023-comissao__legislacao.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4727/parecer_a_emenda_01_ao_plo_2024_2023-comissao__legislacao.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4756/parecer_comissao_legislacao_emenda_09_plo_2034-2023.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4757/parecer_comissao_legislacao_plo_2047-2023.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4758/parecer_comissao_legislacao_plo_2051-2023.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4760/parecer_comissao_legislacao-_emendas_ao_plo_2034-2023.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4254/parecer_projeto_de_lei_comp._no_132-2023-executivo.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4265/parecer_projeto_de_lei_comp._no_131-2023-executivo.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4286/parecer_projeto_de_lei_._no_2022-2023-executivo-ldo.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4288/parecer_emenda_aditiva_no_01_da_lei_._no_132-2023-executivo.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4289/parecer_emenda_modificativa_no_01_da_lei_._no_132-2023-executiv.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4290/parecer_emenda_modificativa_no_02_da_lei_._no_132-2023-executiv.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4291/parecer_emenda_modificativa_no_01_da_lei_._no_131-2023-executiv.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4326/parecer_proposta_de_emenda_lei_organica_no_01_da_lei_._no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4364/parecer_proposta_de_emenda_lei_organica_no_03_2023.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4425/parecer_ao_projeto_de_lc_no_125-2023.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4426/parecer_emenda__no_02_da_lei_._no_125-2023-executiv.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4427/parecer_emenda__no_03_da_lei_._no_125-2023-executiv.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4428/parecer_emenda_modif._no_01_lc_no_125-2023.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4458/parecer_orcamento_ao_projeto_de_lei_no_2027-2023.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4459/parecer_orcamento_ao_projeto_de_lc_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4471/parecer_comissao__orcamentos_emenda_aditiva__01_ao_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4472/parecer_comissao_orcamentos_emenda_aditiva_02_ao_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4473/parecer_comissao_orcamentos_emenda_aditiva_03_ao_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4474/parecer_comissao_orcamentos_emenda_aditiva_04_ao_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4475/parecer_comissao_orcamentos_emenda_aditiva_05_ao_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4476/parecer_comissao_orcamentos_emenda_aditiva_06_ao_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4477/parecer_comissao_orcamentos__emenda_aditiva_07_ao_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4478/parecer_comissao_orcamentos_emenda_aditiva__08_ao_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4529/parecer__comissao_orcamentos__plo_2030-2023.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4554/parecer_comissao_orcamentos_emendas_ao_plo_2027-2023.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4555/parecer_comissao_orcamentos_o_projeto_de_lei_n_2031-2023.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4628/parecer_comissao_orcamento_plo_2034-2023.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4629/parecer_comissao_orcamento_plo_2036-2023.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4630/parecer_comissao_orcamento_plo_2039-2023.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4680/parecer_comissao_orcamento_plo_2042-2023.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4681/parecer_comissao_orcamento_emenda__01_ao_plo_2034-2023.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4682/parecer_comissao_orcamento_plc_134-2023.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4720/parecer_plo_2045-2023-comissao_orcamentos.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4752/parecer_comissao_orcamento_emendas__ao_plo_2034-2023.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4753/parecer_comissao_orcamento_plo_2048-2023.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4754/parecer_comissao_orcamento_plo_2049-2023.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4777/parecer_emenda_modificativa_no_13_da_lei_._no_2034-2023.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4784/parecer_emendas_16-17_ao_plo_2034-2023-_comissao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4785/parecer_comissao_orcamento_plo_2053-2023.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4292/parecer_emenda_modificativa_no_01-02_e_a_lei_c._no_131-2023-exe.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4293/parecer_emenda_modificativa_no_01-02_e_a_lei_c._no_131-2023-exe.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4294/parecer_emenda_modificativa_no_01-02_e_a_lei_c._no_131-2023-exe.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4417/parecer_eao_projeto_lei_no_2026-2023.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4581/parecer_comissao_cultura-plo_2032_2023.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4616/parecer__comissao_cultura_plo_2033-2023.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4617/parecer_comissao_saude_2036-2023.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4622/parecer__plo_2040-2023__comissao_educacao_saude.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4623/parecer__plo_2041_2023-_comissao_educacao_saude.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4625/parecer__comissao_educacao_plo_2035_2023.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4759/parecer_comissao_legislacao_emendas_ao_plo_2034-2023.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4761/parecer__comissao_educacao_plo_2051_2023.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4762/parecer__comissao_educacao_-plc_134_2023.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4332/parecer_ao_projeto_de_lc_no_125-2022.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4653/parecer_plo_2037-2023_comissao_agricultura.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4654/parecer_plo_2034-2023__comissao_agricultura.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4719/parecer_a_emenda_mod._no_01_pl_no_2034.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4781/parecer_a_emendas_mod._no_02_03_05_06_07_pl_no_2034.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4782/parecer_a_emendas_mod._no_11_12__13__14_pl_no_2034.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4325/parecer_comissao_especial_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4469/relatorio_de_vista.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4525/relatorio_de_vista_pl_2027-2023_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4250/parecer_juridico_ao_projeto_no_2020-2023-gerson.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4362/parecer_juridico-_proposta_de_emenda_a__lom-_01_2023.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4413/parecer_juridico_proposta_de_emenda_a_lom_no_03-2023-gerson.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4436/parecer_juridico__emendas_no_01_02_03_do_plc_133-2023.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4779/parecer_juridico_ao_projeto_no_2042-2023-_compdec.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4664/impacto_orcamentario_projeto_de_lei_no_134-2023.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4321/oficio_33-_reuniao_20-06.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4368/oficio_36-_reuniao_02-08.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4398/oficio_37_executivo_09-08-23.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4424/oficio_38-_reuniao_15-08.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4521/oficio_no_39_encaminha_proposicoes_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4531/oficio_n40_2023_sec__envia__proposicoes__executivo.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4566/oficio_42-2023-sec_envio_proposicoes_executivo.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4567/oficio_43-2023-sec_envio_proposicoes__executivo.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4588/oficio_no45_2023_sec_-_encaminha__proposicoes__executivo.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4619/oficio_47_2023_sec_-encaminha_proposicoes_executivo.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4620/oficio_48_sec_2023_-encaminha_proposicoes_executivo.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4652/oficio_50_2023_sec-encaminha_proposicoes_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4679/oficio_51_sec_2023-_encaminha_proposicoes_executivo.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4749/oficio_53_2023_sec-_encaminha_proposicoes_executivo.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4786/oficio_55_2023_sec-_encaminha_proposicoes_executivo.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4168/oficio_retirada_projeto_lei_no_2017-2023-_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4169/oficio_retirada_indicacao_no_122-2023_marinho.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4212/retirada_do_projeto_de_lei_no_2019-2023.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4271/retirada_indicacao_213_2023-oficio_n_011_2023_gabi_9.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4348/oficio_retirada-gab-pref_no_116.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4354/oficio_no__134-2023_gab_06-retirada__indicacao_no_263.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4415/oficio_de_retirada_da_indicacao_no_262-noka.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4416/oficio_de_retirada_do_pl_no_2025-2023.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4519/oficio_de_retirada_das_emendas_ao_plc_no_125-2022.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4468/oficio_nomeacao_suplente_emenda_aditiva_03-133-2023.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4522/plc_n_o_133-2023_com_emendas_incorporadas.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4532/oficio__41_2023_sec-_encaminha_proposicoes_presidente_da_camara_1.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4552/oficio_no_0103_secretaria_de_saude_vrb.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4553/oficio_no_69_secretaria_de_desenvolvimento_social.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4589/oficio_no_46_2023_sec-_encaminha_proposicoes_presidente_presidente_legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4621/oficio_49_sec_2023-_encaminha__proposicoes__presidente__camara.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4778/oficio_relator_pl_2047-gerson.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2023/4780/oficio_de_retirada_emenda_modificativa_no_01_plc134-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H870"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="180.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="164.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="163.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>