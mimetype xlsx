--- v0 (2025-10-15)
+++ v1 (2026-03-28)
@@ -54,4009 +54,4009 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3312/projeto_de_lei_complementar_no_122-2022_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3312/projeto_de_lei_complementar_no_122-2022_executivo.pdf</t>
   </si>
   <si>
     <t>ALTERA POR FORÇA DE DECISÃO JUDICIAL, O INCISO II DO ARTIGO 21; O ARTIGO 22; OS INCISOS, IV, V VI DO ARTIGO 23; O ARTIGO 24; O §1º DO ARTIGO 26; O §1º INCISOS I E II, O §2º E OS INCISOS I E II DO §6º DO ARTIGO 27, DA LEI COMPLEMENTAR Nº025/2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3313/projeto_de_lei_complementar_no_123-2022_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3313/projeto_de_lei_complementar_no_123-2022_executivo.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS I, II E III DA LEI COMPLEMENTAR Nº089 DE 01/03/2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3382/projeto_de_lei_complementar_no_124-2022_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3382/projeto_de_lei_complementar_no_124-2022_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PISO DOS PROFISSIONAIS DO MAGISTÉRIO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3383/01_-__pdvrb_anteprojeto_da_lei_de_revisao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3383/01_-__pdvrb_anteprojeto_da_lei_de_revisao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DA LEI COMPLEMENTAR Nº 23, DE 29 DE DEZEMBRO DE 2006, QUE INSTITUIU O PLANO DIRETOR DE VISCONDE DO RIO BRANCO - MG.</t>
   </si>
   <si>
     <t>3423</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3423/projeto_de_lei_complementar_no_126-2022_refis.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3423/projeto_de_lei_complementar_no_126-2022_refis.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL DO MUNICÍPIO DE VISCONDE DO RIO BRANCO -REFIS 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3441/projeto_de_lei_complementar_no_127-2022_assuntos_legislativos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3441/projeto_de_lei_complementar_no_127-2022_assuntos_legislativos.pdf</t>
   </si>
   <si>
     <t>CRIA O DEPARTAMENTO DE ASSUNTOS LEGISLATIVOS E ATOS ADMINISTRATIVOS DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Marinho Jose de Almeida Neto - Marinho do Hospital</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3205/projeto_de_lei_no_1959-2022-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3205/projeto_de_lei_no_1959-2022-_marinho.pdf</t>
   </si>
   <si>
     <t>INSTITUI CAMPANHA MUNICIPAL PARA CONSCIENTIZAÇÃO E PREVENÇÃO AO HPV E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3212/projeto_de_lei_no_1960-2022-_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3212/projeto_de_lei_no_1960-2022-_executivo.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES PÚBLICOS DO QUADRO DE PESSOAL DO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>Gerson Gomes de Freitas - Amigo Xereba</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3216/projeto_de_lei_no_1961-2022-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3216/projeto_de_lei_no_1961-2022-_gerson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE PRAÇA NA COMUNIDADE RURAL DA BELA VISTA, VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3228/projeto_de_lei_no_1962_-_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3228/projeto_de_lei_no_1962_-_executivo.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES PÚBLICOS DO QUADRO DE PESSOAL DO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>Guilherme Guimarães de Azevedo</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3251/projeto_de_lei_no_1963_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3251/projeto_de_lei_no_1963_-_guilherme.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O USO DO NOME SOCIAL DE PESSOAS TRAVESTIS, TRANSEXUAIS E TRANSGÊNEROS NO ÂMBITO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO - MG".</t>
   </si>
   <si>
     <t>3284</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>Alex Vinicius Coelho - Alex da Autoescola</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3284/projeto_de_lei_no_1964_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3284/projeto_de_lei_no_1964_-_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA NA LOCALIDADE DENOMINADA BAIRRO BELO HORIZONTE, RUA DENOMINADA RUA D COMO RUA JOÃO BATISTA DE AZEVEDO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>Carlos Antônio da Cruz - Asa Branca</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3298/projeto_de_lei_no_1965-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3298/projeto_de_lei_no_1965-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA MUNICIPAL "FICA PROIBIDA A CIRCULAÇÃO DE CAMINHÕES PESADOS NA ÁREA CENTRAL DO MUNICÍPIO DE VISCONDE DO RIO BRANCO MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>João Batista Pazzini - Bereco</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3303/projeto_de_lei_no_1966-_joao_pazzini.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3303/projeto_de_lei_no_1966-_joao_pazzini.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA RUA DE Nº 03  NO LOTEAMENTO REAL BELA VISTA NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3304/projeto_de_lei_no_1967-_joao_pazzini.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3304/projeto_de_lei_no_1967-_joao_pazzini.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA RUA DE Nº 02  NO LOTEAMENTO REAL BELA VISTA NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3305/projeto_de_lei_no_1968-_joao_pazzini.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3305/projeto_de_lei_no_1968-_joao_pazzini.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA RUA DE Nº 01  NO LOTEAMENTO REAL BELA VISTA NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3309/projeto_de_lei_no_1969-_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3309/projeto_de_lei_no_1969-_executivo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE POLÍTICA DE INCENTIVO À INSTALAÇÃO, IMPLANTAÇÃO E/OU AMPLIAÇÃO DE EMPRESAS PARA O RAMO INDUSTRIAL, AGROINDUSTRIAL, COMERCIAL E SERVIÇOS NO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3314/projeto_de_lei_no_1970-_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3314/projeto_de_lei_no_1970-_executivo.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 1º DA LEI MUNICIPAL Nº1033 DE 30 DE AGOSTO DE 2010, QUE ALTERADA PELA LEI Nº 1201 DE 06 DE NOVEMBRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3369/projeto_de_lei_no_1971-2022-_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3369/projeto_de_lei_no_1971-2022-_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONSTITUIÇÃO DE FUNDO MUNICIPAL DE SANEAMENTO BÁSICO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3376/projeto_de_lei_no_1972-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3376/projeto_de_lei_no_1972-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS PERCENTUAIS PARA CADA SEXO NA DENOMINAÇÃO DE BENS PÚBLICOS MUNICIPAIS EM VISCONDE DO RIO BRANCO-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>Antônio de Souza Lima Neto - Nôka do Fizico</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3388/projeto_de_lei_no_1973-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3388/projeto_de_lei_no_1973-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO EDIFÍCIO SEDE DO TIRO DE GUERRA 14-015 DE VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3392/projeto_de_lei_no_1974-_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3392/projeto_de_lei_no_1974-_executivo.pdf</t>
   </si>
   <si>
     <t>"INSTITUI NO ÂMBITO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO, O INCENTIVO FINANCEIRO VARIÁVEL DO PMAQ-CEO, DENOMINADO COMPONENTE DE QUALIDADE DA ATENÇÃO ESPECIALIZADA EM SAÚDE BUCAL DO PROGRAMA DE MELHORIA DO ACESSO E QUALIDADE DOS CENTROS DE ESPECIALIDADES ODONTOLÓGICAS (PMAQ-CEO) AOS PROFISSIONAIS DO CENTRO DE ESPECIALIDADES ODONTOLÓGICAS (CEO) DA SECRETARIA MUNICIPAL DE SAÚDE, CONFORME PORTARIA Nº 1.599, DE 30 DE SETEMBRO DE 2015 E PORTARIA Nº 2.979, DE 12 DE NOVEMBRO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3393/projeto_de_lei_no_1975-_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3393/projeto_de_lei_no_1975-_executivo.pdf</t>
   </si>
   <si>
     <t>" INSTITUI NO ÂMBITO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO, O INCENTIVO FINANCEIRO VARIÁVEL POR DESEMPENHO (IFVD) AOS PROFISSIONAIS DA ATENÇÃO PRIMÁRIA À SAÚDE DA SECRETARIA MUNICIPAL DE SAÚDE, CONFORME PORTARIA Nº 2.979, DE 12 DE NOVEMBRO DE 2019 E PORTARIA DE Nº 3.222, DE 10 DE DEZEMBRO DE 2019 E REVOGA A LEI MUNICIPAL Nº 1.209/2014 QUE ESTABELECE O INCENTIVO FINANCEIRO POR DESEMPENHO DE METAS DO PROGRAMA NACIONAL DE MELHORIAS DO ACESSO E DA QUALIDADE DA ATENÇÃO BÁSICA - PMAQ-AB E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3470/projeto_de_lei_no_1976-_executivo-_ldo-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3470/projeto_de_lei_no_1976-_executivo-_ldo-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3480/projeto_de_lei_no_1977-_executivo-_tempo_de_espera.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3480/projeto_de_lei_no_1977-_executivo-_tempo_de_espera.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O TEMPO DE ATENDIMENTO AO CONSUMIDOR NAS FILAS DAS AGÊNCIAS BANCÁRIAS, DAS CASAS LOTÉRICAS E DOS ESTABELECIMENTOS SIMILARES, NO ÂMBITO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3515/projeto_de_lei_no_1978-_executivo-_credito_especial.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3515/projeto_de_lei_no_1978-_executivo-_credito_especial.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3532/projeto_de_lei_no_1979-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3532/projeto_de_lei_no_1979-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA CASA DO EMPREENDEDOR QUE FOI INAUGURADA E JÁ ESTÁ EM PLENO FUNCIONAMENTO DESDE 18 DE MARÇO DE 2022.</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3599/projeto_de_lei_no_1980-_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3599/projeto_de_lei_no_1980-_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO PARA 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3612/oficio_gab_pref_no100-2022_proj_de_lei_1981.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3612/oficio_gab_pref_no100-2022_proj_de_lei_1981.pdf</t>
   </si>
   <si>
     <t>REQUER O PROJETO DE LEI QUE AUTORIZA A "ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO PARA EXERCÍCIO DE 2022, COM FINALIDADE PONTUAL E ESPECÍFICA, DE ENCAMPAR O CUSTEIO DE DESPESAS COM VENCIMENTOS E DÉCIMO TERCEIRO SALÁRIO DE SERVIDORES DO QUADRO GERAL E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3613/projeto_de_lei_no_1982_-_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3613/projeto_de_lei_no_1982_-_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO PARA O EXERCÍCIO DE 2022, COM FINALIDADE, PONTUAL E ESPECÍFICA, DE ENCAMPAR O CUSTEIO DE DESPESAS COM VENCIMENTOS E DÉCIMO TERCEIRO SALÁRIO DE SERVIDORES COM LOTAÇÃO NAS SECRETARIAS DE SAÚDE E EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3614/projeto_de_lei_no1983_-_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3614/projeto_de_lei_no1983_-_executivo.pdf</t>
   </si>
   <si>
     <t>REQUER PROJETO DE LEI QUE REGULAMENTA A FIXAÇÃO DO PISO SALARIAL DOS AGENTES COMUNITÁRIOS DA SAÚDE E DOS AGENTES DE COMBATE DE ENDEMIAS NOS TERMOS DA EMENDA CONSTITUICIONAL Nº 120/2022, AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL EM ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3653/projeto_de_lei_no_1984_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3653/projeto_de_lei_no_1984_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA RUA Q PASSA A DENOMINAR: JAIRO NOGUEIRA DA SILVA NO BAIRRO CIDADE NOVA II NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3654/projeto_de_lei_no_1985-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3654/projeto_de_lei_no_1985-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA RUA P, PASSA A DENOMINAR: FÁBIO FERREIRA VALENTE NO BAIRRO CIDADE NOVA II NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3655/projeto_de_lei_no1986_-_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3655/projeto_de_lei_no1986_-_executivo.pdf</t>
   </si>
   <si>
     <t>PLANO INTERMUNICIPAL DE GESTAO INTEGRADA DE RESÍDUOS SÓLIDOS PARA OS MUNICÍPIOS ASSOCIADOS AO CONSÓRCIO INTERMUNICIPAL MULTISSETORIAL DO VALE DO PIRANGA - CIMVALPI E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3686/projeto_de_lei_no_1987-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3686/projeto_de_lei_no_1987-_gerson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA RUA PÚBLICA MUNICIPAL, JÁ COM PAVIMENTAÇÃO ASFÁLTICA, NA LOCALIDADE DO BARRAL EM VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3689/projeto_de_lei_no_1988-_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3689/projeto_de_lei_no_1988-_executivo.pdf</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3690/projeto_de_lei_no_1989-_executivo_30.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3690/projeto_de_lei_no_1989-_executivo_30.pdf</t>
   </si>
   <si>
     <t>ALTERA LIMITE DE ABERTURA DE CRÉDITOS SUPLEMENTARES PASSANDO PARA 30%.</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3725/projeto_de_lei_no_1990-2022-loa-2023.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3725/projeto_de_lei_no_1990-2022-loa-2023.pdf</t>
   </si>
   <si>
     <t>ESTIMA  A RECEITA E FIXA A DESPESA DO MUNICÍPIO DO EXERCÍCIO D ANO DE 2023 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3736/projeto_de_lei_no_1991-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3736/projeto_de_lei_no_1991-_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA GRUTA NOSSA SENHORA APARECIDA, PASSA A DENOMINAR: PRAÇA JOÃO BATISTA PAZZINI (BERECO), NO BAIRRO ALTO DA BOA VISTA NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>João B. de Freitas do Nascimento-Joãozinho Bigode</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3737/projeto_de_lei_no_1992-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3737/projeto_de_lei_no_1992-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO CIVIL "CENTRO ESPÍRITA CAMINHO DA LUZ".</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3756/projeto_de_lei_no_1993-_executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3756/projeto_de_lei_no_1993-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ORGANIZAÇÃO DA POLÍTICA DE ASSISTÊNCIA SOCIAL NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3757/projeto_de_lei_no_1994-_executivo-fumprev.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3757/projeto_de_lei_no_1994-_executivo-fumprev.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL NO ORÇAMENTO VIGENTE DO FUMPREV-VRB, COM A FINALIDADE PONTUAL E ESPECÍFICA, DE ENCAMPAR O CUSTEIO DE DESPESAS COM BENEFÍCIOS DOS APOSENTADOS E PENSIONISTAS DO FUMPREV, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3761/projeto_de_lei_no_1995-_executivo-previdencia_complementar.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3761/projeto_de_lei_no_1995-_executivo-previdencia_complementar.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REGIME DE PREVIDÊNCIA COMPLEMENTAR NO ÂMBITO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO; FIXA O LIMITE MÁXIMO PARA A CONCESSÃO DE APOSENTADORIA E PENSÕES PELO REGIME DE PREVIDÊNCIA DE QUE TRATA O ART. 40 DA CONSTITUIÇÃO FEDERAL; AUTORIZA A ADESÃO A PLANO DE BENEFÍCIOS DE PREVIDÊNCIAS COMPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3796</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3796/projeto_de_lei_no_1996-_executivo-politica_habitacional.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3796/projeto_de_lei_no_1996-_executivo-politica_habitacional.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA HABITACIONAL DE INTERESSE SOCIAL DO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3797</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3797/projeto_de_lei_no_1997-_executivo-fundo_do_idoso.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3797/projeto_de_lei_no_1997-_executivo-fundo_do_idoso.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DIREITOS DO IDOSO, DO FUNDO MUNICIPAL DE DIREITOS DO IDOSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3835</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3835/projeto_de_lei_no_1998-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3835/projeto_de_lei_no_1998-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ATENDIMENTO PRIORITÁRIO AOS ADVOGADOS QUE ESTIVEREM REPRESENTANDO OS INTERESSES DOS CLIENTES NAS INSTITUIÇÕES QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3842</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3842/projeto_de_lei_no_1999-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3842/projeto_de_lei_no_1999-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA "CAMPANHA PERMANENTE DE EDUCAÇÃO E COMBATE A VIOLÊNCIA CONTRA A MULHER" NO ÂMBITO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3843</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3843/projeto_de_lei_no_2000-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3843/projeto_de_lei_no_2000-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA RUA R. PARA RAFAEL ALVES DA CRUZ, NO BAIRRO CIDADE NOVA II NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3845</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3845/projeto_de_lei_no_2001-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3845/projeto_de_lei_no_2001-_guilherme.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A CASA E PROMOÇÃO E CAMINHO FRANCISCO CÂNDIDO XAVIER.</t>
   </si>
   <si>
     <t>3893</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3893/projeto_de_lei_no_2002-_executivo_vale_alimentacao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3893/projeto_de_lei_no_2002-_executivo_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO AR.1º DA LEI MUNICIPAL Nº 1.033, DE 30 DE AGOSTO DE 2010, QUE ALTERADA PELA LEI Nº 1.201 DE 06 DE NOVEMBRO DE 2.014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3282/projeto_de_resolucao_no_639-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3282/projeto_de_resolucao_no_639-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA A MARIA THEREZA VIEIRA PINTO ALVES._x000D_
 TITULO ENTREGUE NA DATA 15/11/2022.</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3283/projeto_de_resolucao_no_640-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3283/projeto_de_resolucao_no_640-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA A LUIZ MENDONÇA ALVES._x000D_
 _x000D_
 _x000D_
 TITULO ENTREGUE NA DATA 15/11/2022.</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3311/projeto_de_resolucao_no_641-2022_-_joao_pazzini.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3311/projeto_de_resolucao_no_641-2022_-_joao_pazzini.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO DIPLOMA DO MÉRITO LEGISLATIVO AO SR. ISMAEL GOMES DOS SANTOS._x000D_
 TITULO ENTREGUE NA DATA 14/11/2022.</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>COMISSÃO DE VEREADORES</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3346/projeto_de_resolucao_no_642-2022_-_tce-2019.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3346/projeto_de_resolucao_no_642-2022_-_tce-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO EXECUTIVO MUNICIPAL REFERENTE AO EXERCÍCIO DE 2019 DO MUNICÍPIO DE VISCONDE DO RIO BRANCO -MG.</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3367/projeto_de_resolucao_no_643-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3367/projeto_de_resolucao_no_643-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA A TEREZINHA PAULA GUIMARÃES._x000D_
 TITULO ENTREGUE NA DATA 15/11/2022.</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3377/projeto_de_resolucao_no_644-2022_-_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3377/projeto_de_resolucao_no_644-2022_-_carlos.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 16, 40 E 102 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE VISCONDE DE RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3438/projeto_de_resolucao_no_645-2022_-_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3438/projeto_de_resolucao_no_645-2022_-_carlos.pdf</t>
   </si>
   <si>
     <t>REVOGA A RESOLUÇÃO Nº 547/2021-ALTERA O ART. 16, 40 E 102 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE VISCONDE DE RIO BRANCO-MG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3439/projeto_de_resolucao_no_646-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3439/projeto_de_resolucao_no_646-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA RIOBRANQUENSE AO SR. ANDRÉ LUIZ MELO CUNHA._x000D_
 TITULO ENTREGUE NA DATA 15/11/2022.</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3440/projeto_de_resolucao_no_647-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3440/projeto_de_resolucao_no_647-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA RIOBRANQUENSE A SR.ª DANIELE RODRIGUES MAROTA TEIXEIRA._x000D_
 TITULO ENTREGUE NA DATA 15/11/2022.</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3525/projeto_de_resolucao_no_648-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3525/projeto_de_resolucao_no_648-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO DIPLOMA DO MÉRITO LEGISLATIVO AO SR. GILMAR DE OLIVEIRA._x000D_
 TITULO ENTREGUE NA DATA 14/11/2022.</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3530/projeto_de_resolucao_no_649-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3530/projeto_de_resolucao_no_649-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DO DIPLOMA DE MÉRITO LEGISLATIVO AO SR. JOÃO TADEU DE OLIVEIRA LOPES._x000D_
 TITULO ENTREGUE NA DATA 14/11/2022.</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3531/projeto_de_resolucao_no_650-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3531/projeto_de_resolucao_no_650-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DO DIPLOMA DE MÉRITO LEGISLATIVO AO SR. CLÁUDIO JOÃO DE OLIVEIRA._x000D_
 TITULO ENTREGUE NA DATA 14/11/2022.</t>
   </si>
   <si>
     <t>3536</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3536/projeto_de_resolucao_no_651-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3536/projeto_de_resolucao_no_651-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA RIOBRANQUENSE AO SR. FÁBIO HENRIQUE FREITAS PEREIRA._x000D_
 TITULO ENTREGUE NA DATA 15/11/2022.</t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3561/projeto_de_resolucao_no_652-2022_-_mesa_diretora.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3561/projeto_de_resolucao_no_652-2022_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE RECOMPOSIÇÃO ANUAL DO SUBSÍDIO DOS VEREADORES DE VISCONDE DO RIO BRANCO, MINAS GERAIS PARA A 19ª LEGISLATURA (2021/2024) E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3563/projeto_de_resolucao_no_653-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3563/projeto_de_resolucao_no_653-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA À SENHORA DANIELA PIRES ALVES VIEIRA._x000D_
 TITULO ENTREGUE NA DATA 15/11/2022.</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3564/projeto_de_resolucao_no_654-2022_-_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3564/projeto_de_resolucao_no_654-2022_-_antonio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO SENHOR FRÂNCEL MARZORK._x000D_
 TITULO ENTREGUE NA DATA 15/11/2022.</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>Pedro Júlio Sobrinho</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3568/projeto_de_resolucao_no_655-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3568/projeto_de_resolucao_no_655-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO DIPLOMA DO MÉRITO LEGISLATIVO AO SR. JOSÉ GERALDO DE SOUZA._x000D_
 TITULO ENTREGUE NA DATA 14/11/2022.</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3587/projeto_de_resolucao_no_656-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3587/projeto_de_resolucao_no_656-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO DIPLOMA DO MÉRITO LEGISLATIVO AO SR. JOSIAS SOARES BALDEZ._x000D_
 TITULO ENTREGUE NA DATA 14/11/2022.</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3593/projeto_de_resolucao_no_657-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3593/projeto_de_resolucao_no_657-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO SR. LUIZ FERNANDO SILVA._x000D_
 TITULO ENTREGUE NA DATA 15/11/2022.</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3675/projeto_de_resolucao_no_658-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3675/projeto_de_resolucao_no_658-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SESSÃO SOLENE ESPECIAL EM HOMENAGEM AO CENTENÁRIO DO EX-VEREADOR E PRESIDENTE DA CÂMARA MUNICIPAL , EX-VICE PREFEITO E EX-PREFEITO DA ADMINISTRAÇÃO PÚBLICA._x000D_
 TITULO ENTREGUE NA DATA 14/11/2022.</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3728/projeto_de_resolucao_no_659-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3728/projeto_de_resolucao_no_659-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA.</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3768/projeto_de_resolucao_no_660-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3768/projeto_de_resolucao_no_660-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FUNCIONAMENTO DO PLENARINHO DR. JAIR ROBERTO DA SILVA, QUE PASSA A TER AS SEGUINTES FINALIDADES E ATRIBUIÇÕES DE INTERESSE PÚBLICO.</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3772/projeto_de_resolucao_no_661-2022_-_comissao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3772/projeto_de_resolucao_no_661-2022_-_comissao.pdf</t>
   </si>
   <si>
     <t>REVOGA O §2º DO ART. 1º DA RESOLUÇÃO Nº 567/2021, CONFORME RECOMENDAÇÃO EXPEDIDA PELO MINISTÉRIO PÚBLICO ESTADUAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3880/projeto_de_resolucao_no_662-2022_-_galeria_constituintes.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3880/projeto_de_resolucao_no_662-2022_-_galeria_constituintes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA GALERIA DOS CONSTITUINTES DE 1990 E OUTRAS COMISSÕES.</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3344/veto_integral_no_01-2022_ao_projeto_de_lei_1910-2021.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3344/veto_integral_no_01-2022_ao_projeto_de_lei_1910-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE VEÍCULOS QUE PRESTAM SERVIÇOS A MUNICIPALIDADE E QUE ATUEM NA ÁREA DE TRANSPORTE COLETIVO SEJAM VISTORIADOS, LICENCIADOS E EMPLACADOS NO MUNICÍPIO DE VISCONDE DO RIO BRANCO DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3494/veto_parcial_ao_projeto_de_lei_1974-2022-_pmaq-ceo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3494/veto_parcial_ao_projeto_de_lei_1974-2022-_pmaq-ceo.pdf</t>
   </si>
   <si>
     <t>VETOR PARCIAL AO PROJETO DE LEI Nº 1974/2022-INCENTIVO FINANCEIRO VARIÁVEL DO PMAQ-CEO</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3714/veto_integral_ao_projeto_de_lei_no_1953-2022.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3714/veto_integral_ao_projeto_de_lei_no_1953-2022.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL AO PROJETO DE LEI Nº 1953/2022- INSTITUI O ESTATUTO MUNICIPAL DA IGUALDADE RACIAL E DE COMBATE À INTOLERÂNCIA RELIGIOSA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE SEJA CONGELADO O VALOR DO IPTU DE 2022, OU SEJA, QUE SEJA COBRADO O VALOR COBRADO EM 2021.</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE SEJA CONCEDIDO O PISO SALARIAL APROVADO PELO ORÇAMENTO DA UNIÃO DE 2022 AOS AGENTES DE SAÚDE (ACS) E AGENTE DE COMBATE A ENDEMIAS NO VALOR DE R$1.750,00.</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3203/req._03-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3203/req._03-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>QUE SEJA RESCINDIDO IMEDIATAMENTE O CONTRATO COM A EMPRESA COPASA OU TOME EM CARÁTER DE URGÊNCIA, MEDIDAS PARA SUSPENDER A COBRANÇA ALTÍSSIMA DA TAXA DE ESGOTO.</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO A LISTA DE ESPERA DE TODAS AS CIRURGIAS ELETIVAS QUE SE ENCONTRAM NA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Guilherme Guimarães de Azevedo, Alex Vinicius Coelho - Alex da Autoescola</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3223/req._05-2022_-_guilherme_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3223/req._05-2022_-_guilherme_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO QUE SEJA CONVOCADA A REALIZAÇÃO DE AUDIÊNCIA PÚBLICA ESPECÍFICA SOBRE A ADESÃO AO SISTEMA ÚNICO DE CADASTRO E ENCAMINHAMENTO PARA MATRÍCULA - SUCEM - PELO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3224/req._06-2022_-_guilherme_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3224/req._06-2022_-_guilherme_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO QUE A PRESTAÇÃO DE CONTAS DOS VALORES DO FUNDEB (FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO) SEJA REALIZADA EM AUDIÊNCIA PÚBLICA COM A PRESENÇA DOS REPRESENTANTES DO PODER EXECUTIVO, DOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA E DO REPRESENTANTE DO MINISTÉRIO PÚBLICO.</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3238/req._07-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3238/req._07-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO MUNICIPAL QUE SEJA INSTALADO UM CORRIMÃO CONFORME AS NECESSIDADES DO LOCAL, EM CARÁTER DE URGÊNCIA NA ESCADA DO BALAÚSTRE EM FRENTE A IGREJA MATRIZ DE SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3242/req._08-2022_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3242/req._08-2022_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO A SEGUINTE INFORMAÇÃO: 1 - POR QUE O APARELHO DE RAIO X DA POLICLÍNICA MUNICIPAL NÃO SE ENCONTRA EM FUNCIONAMENTO HÁ MAIS DE 1 ANO?</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3243/req._09-2022_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3243/req._09-2022_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA E AO PLENÁRIO A APROVAÇÃO DE MOÇÃO DE CONGRATULAÇÕES AO SR. JAIME SILVA, QUE SE ESTIVESSE VIVO COMPLETARIA 100 ANOS EM JANEIRO DE 2022.</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Carlos Antônio da Cruz - Asa Branca, Alex Vinicius Coelho - Alex da Autoescola, Guilherme Guimarães de Azevedo</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3253/req._10-2022_-_carlos_antonio_-_alex_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3253/req._10-2022_-_carlos_antonio_-_alex_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO MUNICIPAL A PROVIDENCIAÇÃO AOS FUNCIONÁRIOS PÚBLICOS DA PREFEITURA MUNICIPAL 200,00 (DUZENTOS REAIS) PARA O AUXÍLIO ALIMENTAÇÃO E 100,00 (CEM REAIS) POR FREQUENCIA.</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3254/req._11-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3254/req._11-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO AS SEGUINTES INFORMAÇÕES: 1- A RELAÇÃO DE TODO RESTO A PAGAR PROCESSADO E NÃO PROCESSADO. 2 - SALDO BANCÁRIO DE TODAS AS CONTAS DA PREFEITURA NA DATA DE 31/12/2021. 3 - TODOS OS EMPENHOS DE APORTE DO FUMPREV RELATIVOS AO ANO DE 2021.</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3255/req._12-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3255/req._12-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE SEJA DESTINADO UM LOCAL DE DESTINAÇÃO DE DESCARTE DE ENTULHOS DE OBRAS.</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3262/req._13-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3262/req._13-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO AS SEGUINTES INFORMAÇÕES: 1 - QUAL O VALOR TOTAL RECEBIDO PELA PREFEITURA MUNICIPAL DE VISCONDE DO RIO BRANCO PELO PROGRAMA PREVINE BRASIL EM 2021? 2 - ONDE FOI GASTO O VALOR, DE FORMA DISCRIMINADA, DO PROGRAMA PREVINE BRASIL EM 2021? 3 - QUAL O VALOR ATUAL DE VALORES DO PROGRAMA PREVINE BRASIL NO MUNICÍPIO DE VISCONDE DO RIO BRANCO? 4 - POR QUE A PREFEITURA AINDA NÃO IMPLANTOU O PROGRAMA PREVINE BRASIL?</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO AS SEGUINTES INFORMAÇÕES: A - EDUCAÇÃO INFANTIL: 1) QUANTAS VAGAS ESCOLARES E SALAS DA EDUCAÇÃO INFANTIL MUNICIPAL FORAM OFERTADAS NO ANO DE 2019 NO MUNICÍPIO? 2) QUANTAS VAGAS ESCOLARES E SALAS DA EDUCAÇÃO INFANTIL MUNICIPAL FORAM OFERTADAS NO ANO DE 2020 NO MUNICÍPIO? 3) QUANTAS VAGAS ESCOLARES E SALAS DA EDUCAÇÃO INFANTIL MUNICIPAL FORAM OFERTADAS NO ANO DE 2021 NO MUNICÍPIO? 4) QUANTAS VAGAS ESCOLARES E SALAS DA EDUCAÇÃO INFANTIL MUNICIPAL ESTÃO SENDO OFERTADAS NO ANO DE 2022 NO MUNICÍPIO? B - EDUCAÇÃO FUNDAMENTAL: 5) QUANTAS VAGAS ESCOLARES E SALAS DA EDUCAÇÃO FUNDAMENTAL MUNICIPAL FORAM OFERTADAS NO ANO DE 2019 NO MUNICÍPIO? 6) QUANTAS VAGAS ESCOLARES E SALAS DA EDUCAÇÃO FUNDAMENTAL MUNICIPAL FORAM OFERTADAS NO ANO DE 2020 NO MUNICÍPIO?QUANTAS VAGAS ESCOLARES E SALAS DA EDUCAÇÃO FUNDAMENTAL MUNICIPAL FORAM OFERTADAS NO ANO DE 2021 NO MUNICÍPIO? 7) QUANTAS VAGAS ESCOLARES E SALAS DA EDUCAÇÃO FUNDAMENTAL MUNICIPAL ESTÃO SENDO OFERTADAS NO ANO DE 2022 NO MUNICÍPIO? C - ENSINO MÉDIO: 9) QUANTAS VAGAS ESCOLARES E SALAS DO ENSINO MÉDIO MUNICIPAL FORAM OFERTADAS NO ANO DE 2019 NO MUNICÍPIO? 10) QUANTAS VAGAS ESCOLARES E SALAS DO ENSINO MÉDIO MUNICIPAL FORAM OFERTADAS NO ANO DE 2020 NO MUNICÍPIO? 11) QUANTAS VAGAS ESCOLARES E SALAS DO ENSINO MÉDIO MUNICIPAL FORAM OFERTADAS NO ANO DE 2021 NO MUNICÍPIO? 12) QUANTAS VAGAS ESCOLARES E SALAS DO ENSINO MÉDIO MUNICIPAL ESTÃO SENDO OFERTADAS NO ANO DE 2022 NO MUNICÍPIO? D - CAEF - CENTRO DE APOIO AO ENSINO FUNDAMENTAL: 13) QUANTAS VAGAS ESCOLARES NO CAEF - CENTRO DE APOIO AO ENSINO FUNDAMENTAL - FORAM OFERTADAS NO ANO DE 2019 NO MUNICÍPIO? 14)  QUANTAS VAGAS ESCOLARES NO CAEF - CENTRO DE APOIO AO ENSINO FUNDAMENTAL - FORAM OFERTADAS NO ANO DE 2020 NO MUNICÍPIO? 15) QUANTAS VAGAS ESCOLARES NO CAEF - CENTRO DE APOIO AO ENSINO FUNDAMENTAL - FORAM OFERTADAS NO ANO DE 2021 NO MUNICÍPIO? 16)  QUANTAS VAGAS ESCOLARES NO CAEF - CENTRO DE APOIO AO ENSINO FUNDAMENTAL - ESTÃO SENDO OFERTADAS NO ANO DE 2022 NO MUNICÍPIO?</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3271/req._15-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3271/req._15-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE SEJA INFORMADO A DATA DE INÍCIO DAS OBRAS DO CAMPO DO CRUZEIRO DO BARREIRO.</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3272/req._16-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3272/req._16-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE SEJA INFORMADO QUAIS MEDIDAS O EXECUTIVO TOMOU PARA A MELHORA DA SEGURANÇA PÚBLICA NA ZONA RURAL.</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3279/req._17-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3279/req._17-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO AS SEGUINTES INFORMAÇÕES: 1) QUE O PREFEITO FORNEÇA À CÂMARA TODA A DOCUMENTAÇÃO EM POSSE DO PODER EXECUTIVO QUE SEJA REFERENTE À DENUNCIA  POR ELE REALIZADA DA EXISTÊNCIA DE "MÁFIA DOS LOTEAMENTOS", ESPECIFICANDO OS NOMES, LOTEAMENTOS E VALORES ENVOLVIDOS. 2) CÓPIA DE TODOS OS RELATÓRIOS DA CONSULTORIA MENCIONADA PELO PREFEITO. 3) OS VALORES ARRECADADOS DE ITBI EM VRB NOS ANOS DE 2020 E 2021. 4) QUE ESTE REQUERIMENTO SEJA REMETIDO AO MINISTÉRIO PÚBLICO.</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3287/req._18-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3287/req._18-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE O EMBARQUE E DESEMBARQUE DE ALUNOS UNIVERSITÁRIOS SEJA EM FRENTE A ANTIGA ESTAÇÃO FERROVIÁRIA.</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3299/req._19-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3299/req._19-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE O VALOR DA EMENDA NO VALOR DE R$230.000,00 DO DEPUTADO ESTADUAL BRÁULIO BRAZ PARA AQUISIÇÃO DE UMA VAN PARA A APAE (ASSOCIAÇÃO DE PAIS E AMIGOS) DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3300/req._20-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3300/req._20-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE SEJA FEITA A REFORMA DO ANTIGO POSTO DE SAÚDE NO BAIRRO SANTA RITA, ESPORTIVO E PROXIMIDADES EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3307/req._21-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3307/req._21-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER  AO SR. PREFEITO QUE SEJA ENVIADO O NOVO PROJETO DO AUMENTO DO CARTÃO ALIMENTAÇÃO DOS FUNCIONÁRIOS DA PREFEITURA  MUNICIPAL PARA R$200,00.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3317/req._22-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3317/req._22-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONVOCADA A SECRETÁRIA DE OBRAS DO MUNICÍPIO PARA QUE ELABORE E APRESENTE EM 15 DIAS UM PLANO DE RESTRUTURAÇÃO E RECUPERAÇÃO DE TODA A MALHA VIÁRIA DO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3338/req._23-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3338/req._23-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO AS SEGUINTES INFORMAÇÕES: SE TODAS AS CÂMARAS DO OLHO VIVO ESTÃO FUNCIONANDO 24 HORAS POR DIA.</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3339/req._24-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3339/req._24-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO AS SEGUINTES INFORMAÇÕES: 1- A LISTA DE TODAS AS PESSOAS CONTRATADAS COM REGIME JURÍDICO,JUNTO À SECRETARIA DE EDUCAÇÃO NO ANO DE 2022. 2- A LISTA DE TODAS AS PESSOAS CONTRATADAS COM REGIME JURÍDICO,JUNTO À SECRETARIA DE SAÚDE NO ANO DE 2022</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3340/req._25-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3340/req._25-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO AS SEGUINTES INFORMAÇÕES: _x000D_
 1- QUAL FOI O CRONOGRAMA DE AVALIAÇÕES DO COLÉGIO MUNICIPAL EM 2019, 2020 E 2021? _x000D_
 2- QUAL O CRONOGRAMA DE AVALIAÇÃO DO COLÉGIO MUNICIPAL PARA O ANO DE 2022? _x000D_
 3- QUAL O CRITÉRIO PEDAGÓGICO QUE AMPARA A DECISÃO DA REALIZAÇÃO DE PROVAS SOMENTE EM 02 (DOIS) DIAS LETIVOS? _x000D_
 4- A COMUNIDADE ESCOLAR, PROFESSORES, PAIS E ESTUDANTES, FORAM CONSULTADOS SOBRE A ALTERAÇÃO DO REGIME DE AVALIAÇÕES? _x000D_
 5- QUAL A POSIÇÃO DA DIREÇÃO DO COLÉGIO DIANTE DA LEGÍTIMA REIVINDICAÇÃO DE ESTUDANTES E FAMILIARES DE AUMENTO DE DIAS LETIVOS PARA A APLICAÇÃO DAS AVALIAÇÕES?</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3343/req._26-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3343/req._26-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO: _x000D_
 1-PROVIDENCIE O QUE ESTÁ ESTABELECIDO NOS TERMOS DA LEI MUNICIPAL Nº710/2003, REQUER AO EXECUTIVO QUE SEJA FEITA A ALTERAÇÃO NA PLACA INFORMATIVA SOBRE A OBRA DE REFORMA QUE ESTÁ LOCALIZADA EM FRENTE AO PRÉDIO DA PREFEITURA ACRESCENTANDO O QUE ESTÁ ESTABELECIDO NO CAP. DO ART. 1º "PAÇO MUNICIPAL PREFEITO RAUL CARDOSO DA SILVA". _x000D_
 2-QUE APÓS A CONCLUSÃO DA REFERIDA OBRA, PROVIDENCIE A CONFECÇÃO DE UMA PLACA EM HOMENAGEM AO SR. PREFEITO RAUL CARDOSO DA SILVA AFIXADA AO LADO DA PORTA PRINCIPAL QUE DÁ ENTRADA AO PRÉDIO DA PREFEITURA, COM A DENOMINAÇÃO EPIGRAFADA NO ART. 1º DESTA LEI. O CONVITE À FAMÍLIA DO HOMENAGEADO PARA INAUGURAÇÃO E DESCERRAMENTO É INDISPENSÁVEL.</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3351/req._27-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3351/req._27-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE AS DEVIDAS PROVIDÊNCIAS CONTRA AS FALAS DO VEREADOR MARINHO JOSÉ DE ALMEIDA NETO, FACE AS DECLARAÇÕES DO MESMO SOBRE ESTE VEREADOR.</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3363/req._28-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3363/req._28-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE QUE SEJA PROIBIDO QUE QUALQUER CIDADÃO, INCLUINDO POLICIAS, ENTRE NO PLENÁRIO DA CÂMARA MUNICIPAL, PARA PARTICIPAR DE DEBATES, PALESTRAS OU SOLENIDADES, PORTANDO ARMAS DE FOGO.</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3364/req._29-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3364/req._29-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE SEJA FEITO MELHORIAS NA CAPTAÇÃO DE ÁGUAS PLUVIAIS EM TODA EXTENSÃO NAS ESTRADAS DA FAZENDINHA E TAMBÉM O ASFALTAMENTO DA ESTRADA QUE LIGA A COMUNIDADE DAS PEDRAS ATÉ A FAZENDINHA PRÓXIMO AO SR. JOSÉ LUIZ E FAMÍLIA ABRÃO.</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3365/req._30-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3365/req._30-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER A MESA DIRETORA QUE DETERMINE À PROCURADORIA DA CÂMARA MUNICIPAL QUE OFICIE A SUPOSTA INFRAÇÃO POLÍTICO-ADMINISTRATIVA DO PREFEITO MUNICIPAL AO MINISTÉRIO PÚBLICO.</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3378/req._31-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3378/req._31-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA REPASSADO ATRAVÉS DO CONVÊNIO QUE O EXECUTIVO MANTÉM COM O HOSPITAL SÃO JOÃO BATISTA O VALOR NECESSÁRIO PARA O CONSERTO DO TOMOGRAFO.</t>
   </si>
   <si>
     <t>3391</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3391/req._32-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3391/req._32-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO MUNICIPAL O RECAPEAMENTO ASFÁLTICO E MELHORIAS DAS RUAS JOCAB F. DUTRA E RAPOSO TAVÁRES NO BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>3400</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3400/req._33-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3400/req._33-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO AS SEGUINTES INFORMAÇÕES: _x000D_
 1- QUAIS AS ESPECIALIDADES MÉDICAS ATENDIDAS PELA POLICLÍNICA MUNICIPAL? _x000D_
 2-QUANTAS CONSULTAS COM ESPECIALISTAS SÃO DISPONIBILIZADAS MENSALMENTE?</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3401/req._34-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3401/req._34-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO AS SEGUINTES INFORMAÇÕES: _x000D_
 1- SE JÁ FOI CONTRATADO UM MÉDICO PRO PSF DO ALTO DA BOA VISTA? _x000D_
 2- QUAIS PSFs AINDA SE ENCONTRAM SEM MÉDICOS? _x000D_
 3- SE AINDA ESTIVER ALGUM PSF SEM MÉDICO, QUAL A PREVISÃO DE CONTRATAÇÃO</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3402/req._35-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3402/req._35-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO AS SEGUINTES INFORMAÇÕES: _x000D_
 1-POR QUAIS MOTIVOS ESTÃO FALTANDO MEDICAMENTOS BÁSICOS NA FARMÁCIA MUNICIPAL?</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3403/req._36-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3403/req._36-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO MUNICIPAL EM CARÁTER DE URGÊNCIA A LIMPEZA DA RUA VEREADOR ADÃO AMORIM, NO BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3404/req._37-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3404/req._37-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE SEJA CONCEDIDO REAJUSTE PARA OS PROFISSIONAIS DA LIMPEZA.</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3420/req._38-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3420/req._38-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO AS SEGUINTES INFORMAÇÕES: _x000D_
 1- PORQUE AINDA NÃO FOI LICITADA A COMPRA DA ENSILADEIRA COM O RECURSO DESTINADO PELO DEPUTADO MARQUINHOS LEMOS, RECURSO JÁ DEPOSITADO NA CONTA DA PREFEITURA NA CONTA DO BANCO DO BRASIL AGENCIA 0881-8 CONTA CORRENTE 50.26.76-6 ORIUNDO DA EMENDA 66558, DO VALOR DE R$50.000,00.</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3433/req._39-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3433/req._39-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER A MESA DIRETORA FAÇA AUDIÊNCIA PUBLICA SOBRE O PROJETO DE LEI COMPLEMENTAR Nº125/2022 QUE TRATA DO PLANO DIRETOR.</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3434/req._40-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3434/req._40-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE QUE SEJA MARCADO UM REUNIÃO COM A PROVEDORIA DO HOSPITAL SÃO JOÃO BATISTA PARA TRATAR DE ASSUNTOS DE INTERESSE COLETIVO, NO DIA DA REUNIÃO ORDINÁRIA ÀS 18 HORAS COM A PARTICIPAÇÃO DOS NOBRES VEREADORES.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3435/req._41-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3435/req._41-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO AS SEGUINTES INFORMAÇÕES: _x000D_
 _x000D_
 1-NOME E TODOS OS DELEGADOS E CONTATO; _x000D_
 2-NOME DE TODOS OS SERVIDORES DA PREFEITURA QUE PARTICIPAM DA REVISÃO E ATUALIZAÇÃO DO PLANO DIRETOR E CONTATO; _x000D_
 3-NOME EMPRESA OU PROFISSIONAL TÉCNICO QUE REVISOU O PLANO DIRETOR, ALÉM DE TELEFONE E E-MAIL DE CADA.</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3436/req._42-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3436/req._42-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE O PLANO DIRETOR E SUA APLICAÇÃO CONFORME O ARTIGO 223 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3449/req._43-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3449/req._43-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO O RESUMO COM A FOLHA DE CONTRATAÇÃO DO MÊS DE MARÇO DE 2022, EXATAMENTE NO MODELO QUE COLOCAMOS EM ANEXO DE JANEIRO DE 2012.</t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3474/req._44-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3474/req._44-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE AS EMENDAS AO ORÇAMENTO MUNICIPAL: _x000D_
 1 A PREFEITURA IRÁ REALIZAR AS OBRAS DE INSTALAÇÃO TRIFÁSICA?NAS COMUNIDADES RURAIS RELACIONADAS NA EMENDA? _x000D_
 2 SE FOR REALIZAR QUAL A PREVISÃO DE INÍCIO DAS OBRAS?</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO E À EMPRESA "PLANO FAMILIAR EM VIDA" AS SEGUINTES INFORMAÇÕES: _x000D_
 1-RELATÓRIO DE TODAS AS REMOÇÕES DE UTI, SIMPLES REMOÇÃO COM TÉCNICO DE ENFERMAGEM E SIMPLES REMOÇÃO REALIZADAS PELA EMPRESA "PLANO FAMILIAR EM VIDA"NOS ANOS 2021 E 2022. _x000D_
 2-QUE O RELATÓRIO CONTENHA AS SEGUINTES INFORMAÇÕES DAS REMOÇÕES: I-NOME DA EQUIPE PROFISSIONAL: MÉDICO, TÉCNICO DE ENFERMAGEM E MOTORISTA; II-DADOS DOS PACIENTES DAS REMOÇÕES: DOCUMENTOS DE IDENTIFICAÇÃO (RG E CPF), CARTÃO DO SUS E COMPROVANTE DE RESIDÊNCIA; III-ORIGEM E DESTINO DA REMOÇÕES, EM ESPECIAL DOS HOSPITAIS; IV DADOS ADIMINISTRATIVOS-FINANCEIRO: CÓPIA DE TODO PROCESSO LICITATÓRIO DAS ORDENS DE SERVIÇO, NOTAS FISCAIS, ORDENS DE COMPRA, EMPENHOS, E TODOS OS DESPACHOS ENTRE PODER EXECUTIVO E A EMPRESA PRIVADA. _x000D_
 3- QUE, CASO O PREFEITO MUNICIPAL E A EMPRESA NÃO RESPONDAM NO PRAZO LEGAL ESTA CASA REMETA IMEDIATAMENTE ESTE REQUERIMENTO AO MINISTÉRIO PÚBLICO.</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3518/req._46-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3518/req._46-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE A VERBA DE EMENDA PARLAMENTAR QUE O DEPUTADO ESTADUAL ALENCAR DA SILVEIRA, À PEDIDO DESTE VEREADOR, DESTINOU A PREFEITURA DE VISCONDE DO RIO BRANCO, NO VALOR DE 200 MIL REIAS, SEJA REPASSADA PARA AS SEGUINTES: CRECHE SÃO FRANCISCO DE ASSIS- 50 MIL REAIS, FEIRANTE ARTESANATOS 50 MIL REIAS, NACIONAL ATLÉTICO CLUBE, 50 MIL REIAS, E ESCOLA RAFAELA 50 MIL REAIS.</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Alex Vinicius Coelho - Alex da Autoescola, Guilherme Guimarães de Azevedo</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3534/req._47-2022_-_alex_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3534/req._47-2022_-_alex_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE DA CÂMARA MUNICIPAL QUE SOLICITE AO PODER EXECUTIVO E A EMPRESA COLETIVOS RIO BRANCO LTDA ME: 1) CÓPIA DE TODO O PROCESSO LICITATÓRIO, DAS ORDENS DE SERVIÇO, NOTAS FISCAIS, ORDENS DE COMPRA, EMPENHOS, E TODOS OS DESPACHOS ENTRE PODER EXECUTIVO E A EMPRESA PRIVADA RELACIONADOS AO PROGRAMA DE TRANSPORTE ESCOLAR ( VALE-TRANSPORTE) DOS ANOS DE 2021 E 2022. 2) QUE, CASO O PREFEITO MUNICIPAL E A EMPRESA NÃO RESPONDAM NO PRAZO LEGAL, QUE ESTA CASA REMETA IMEDIATAMENTE ESTE REQUERIMENTO AO MINISTÉRIO PÚBLICO.</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3535/req._48-2022_-_alex_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3535/req._48-2022_-_alex_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO OS SEGUINTES DOCUMENTOS: 1) CÓPIA DE TODO O PROCESSO DE LICITAÇÃO DE Nº 000071/2022, BEM COMO DOS CONTRATOS DE Nº 0041/2022 E Nº 0042/2022, QUE VERSAM SOBRE "FORNECIMENTO DE PÃES, LANCHES E OUTROS", DA PREFEITURA MUNICIPAL. 2) CÓPIA DE TODAS AS NOTAS FISCAIS, ORDENS DE COMPRA E EMPENHOS RELACIONADOS AO PROCESSO DE LICITAÇÃO DE Nº 000071/2022, E CONTRATOS DE Nº 0041/2022 E Nº 0042/2022, DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3538/req._49-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3538/req._49-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO MUNICIPAL AS SEGUINTES INFORMAÇÕES: 1) CÓPIA DE TODA DOCUMENTAÇÃO EXIGIDA INCLUINDO O AVCB E O LAUDO DO CORPO DE BOMBEIROS PARA A INSTALAÇÃO DO CIRCO QUE ESTÁ SE APRESENTANDO EM VISCONDE DO RIO BRANCO. 2) QUAL O VALOR COBRADO PARA A INSTALAÇÃO DO MESMO? E POR QUANTOS DIAS? 3) TEVE CORTESIA DO CIRCO PARA AS CRIANÇAS CARENTES? SE SIM, QUAIS ESCOLAS? E QUAL O TOTAL DE BENEFICIADOS? 4) QUAL A METRAGEM DO ESPAÇO UTILIZADO? 5) TEVE AUTORIZAÇÃO PARA A REALIZAÇÃO DA PUBLICIDADE VOLANTE NO MUNICÍPIO? SE SIM, QUEM AUTORIZOU?</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3556/req._50-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3556/req._50-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO AS SEGUINTES INFORMAÇÕES: 1) CÓPIA DE TODA DOCUMENTAÇÃO REFERENTE À CONTRATAÇÃO DO SHOW MUSICAL DA DUPLA DENIS E CRISTIANO, COMO NOTAS FISCAIS E EMPENHOS, ASSIM COMO TODOS OS DOCUMENTOS REFERENTES À ESTA CONTRATAÇÃO.</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3557/req._51-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3557/req._51-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO A SEGUINTE INFORMAÇÃO: 1) QUANTOS IMÓVEIS DO MUNICÍPIO ENCONTRAM- SE INUTILIZÁVEIS ATUALMENTE.</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3570/req._52-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3570/req._52-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE QUAIS AS AÇÕES FORAM REALIZADAS SOBRE APREENSÃO DE ANIMAIS SOLTOS EM VIAS PÚBLICOS INCLUSIVE NAS RODOVIAS E NOTIFICAÇÕES DE PROPRIETÁRIOS NOS ÚLTIMOS SESSENTA DIAS.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3608/req._53-2022_-_gerson_gomes_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3608/req._53-2022_-_gerson_gomes_de_freitas.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO MUNICIPAL AS SEGUINTES INFORMAÇÕES: SOLICITO INFORMAÇÕES REFERENTES AO REPASSE DA VERBA ÀS ENTIDADES:_x000D_
 *ASSOCIAÇÃO DOS ARTESÃOS - R$ 50.000,00_x000D_
 *NACIONAL ATLÉTICO CLUBE - R$ 50.000,00_x000D_
 *ESCOLA RAFAELA MENICUCCI - R$50.000,00_x000D_
 *CRECHE SÃO FRANCISCO E CRECHE SANTA CLARA ( OBRAS SOCIAIS DA PARÓQUIA SÃO JOÃO BATISTA- R$50.000,00(R$25.000,00 PARA CADA)</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3609/req_54_-2022_-_joao_batista_pazzini_-_pdt.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3609/req_54_-2022_-_joao_batista_pazzini_-_pdt.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO MUNICIPAL AS SEGUINTES INFORMAÇÕES_x000D_
 *QUAL A PREVISÃO DE REPASSE DA VERBA DE EMENDA PARLAMENTAR ENVIADA AO DEPUTADO ESTADUAL ALENCAR DA SILVEIRA JÚNIOR, A PEDIDO DO JOÃO BATISTA PAZZINI- BERECO NO VALOR DE 200 MIL REAIS DEPOSITADO NA CONTA DO MUNICÍPIO MÊS DE MAIO DE 2022, PARA SER REPASSADA PARA FEIRAART - ASSOCIAÇÃO DOS ARTESÃOS NACIONAL ATLÉTICO CLUBE, CRECHE SÃO FRANCISCO DE ASSIS E COLÉGIO RAFAELA SENDO O VALOR DE 50 MIL REAIS PARA CADA UMA DESSA ENTIDADES.</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3625/req._55_-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3625/req._55_-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR PREFEITO AS SEGUINTES INFORMAÇÕES:_x000D_
 1) SE FOI REALIZADO A SESSÃO DO AEROCLUBE DE VISCONDE DO RIO BRANCO PARA PREFEITURA MUNICIPAL DE VISCONDE DO RIO BRANCO NA ÁREAS DO VIVEIRO DE MUDAS E A PISTA DE MOTOCROSS?_x000D_
 2)SE FOI REALIZADO A SESSÃO, SOLICITO QUE ENVIE CÓPIAS DE TODA DOCUMENTAÇÃO?_x000D_
 3) CASO TENHA SIDO REALIZADO OUTRA MODALIDADE, QUE SEJA INFORMADO QUAL E QUE SEJA ENVIADO CÓPIA DE TODA DOCUMENTAÇÃO.</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3630/req._56-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3630/req._56-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO COPIAS DE TODAS AS NOTAS FISCAIS E EMPENHOS ENTRE PODER EXECUTIVO E A EMPRESA PRIVA RELACIONADOS AO PROGRAMA DE TRANSPORTE ESCOLAR (VALE-TRANSPORTE) DOS ANOS DE 2021 E 2022 E QUE SEJA REMETIDO À EMPRESA COLETIVOS RIO BRANCO ESTE REQUERIMENTO.</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3631/req._57-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3631/req._57-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE FUNCIONAMENTO GERAL DO COLÉGIO MUNICIPAL RIO BRANCO.</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3632/req._58-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3632/req._58-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE SEJA FEITA A PRORROGAÇÃO DO PRAZO ESTABELECIDO NO ART. 4º DA LEI MUNICIPAL Nº1.316/17.</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3636/req._59-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3636/req._59-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER A MESA DIRETORA DA CÂMARA MUNICIPAL QUE SOLICITE À RÁDIO CULTURA INFORMAÇÕES SOBRE LIMITAÇÕES DE PARTICIPAÇÃO QUE TENHA DIVERGÊNCIA POLÍTICA COM O ATUAL PREFEITO.</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3637/req._60-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3637/req._60-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO POR QUE AINDA NÃO FORAM REPASSADOS AS EMENDAS PARLAMENTARES DOS DEPUTADOS FEDERAL: FRED COSTA E O DOORGALNOS VALORES DE R$ 200.000,00 E R$100.000,00 RESPECTIVAMENTE PARA ORGANIZAÇÃO DE AMPARO AO IDOSO-ORAMI?</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3646/req._61-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3646/req._61-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO MUNICIPAL QUE SEJA FEITA A LICITAÇÃO EM CARÁTER DE URGÊNCIA PARA O PREENCHIMENTO DAS VAGAS DE MOTOBOYS QUE FALTAM PARA COMPLETAR A QUANTIDADE CONFORME A LEI Nº1316/17 APROVADA PARA A CATEGORIA.</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3657/req._62-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3657/req._62-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES DE QUANDO IRÁ RESTABELECER OS ATENDIMENTOS MÉDICOS NAS COMUNIDADES DE SANTA MARIA, PIEDADE DE CIMA, MEMÓRIA, GORDURA, SEMENTEIRA, CAPITÃO MACHADO E MASSAMBARÁ.</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3666/req._63-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3666/req._63-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE OS APORTES FEITOS AO FUMPREV NOS ANOS 2021 E 2022.</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3687/req._64-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3687/req._64-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE SEJA FEITO 3 REDUTORES DE VELOCIDADE NA RUA PRINCIPAL EM FRENTE AO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3713/req._65-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3713/req._65-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUAIS AÇÕES FORAM REALIZADAS NO ANO DE 2021 E 2022 EM BENEFÍCIO A MULHER, ASSIM COMO : PREVENÇÃO DE SAÚDE, SEGURANÇA E SOCIAL.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3752/req._66-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3752/req._66-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE O PORQUE DE NÃO ESTÁ PAGANDO O QUINQUÊNIO AOS SERVIDORES A QUE SÃO DE DIREITOS.</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3753/req._67-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3753/req._67-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE AS EMENDAS PARLAMENTARES DO DEPUTADO ESTADUAL CORONEL HENRIQUE, SE FORAM OU NÃO USADAS.</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3762/req._68-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3762/req._68-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER SEGURANÇA PÚBLICA E PAZ NAS COMUNIDADES DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3763/req._69-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3763/req._69-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE SEJA REALIZADO IMEDIATAMENTE O CONCURSO PÚBLICO, CONFORME O ART. 16 DA LEI COMPLEMENTAR 036/2014 E ART. 37 II, DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3769/req._70-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3769/req._70-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES DO FECHAMENTO DA CRECHE LOCALIZADA NO ANTIGO ALBERGUE NO BARREIRO.</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3770/req._71-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3770/req._71-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUANDO IRÁ TERMINAR A OBRA DO MURO DE ARRIMO DO BAIRRO PLANALTO?</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3773/req._72-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3773/req._72-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO ANALISE A POSSIBILIDADE DA CONTRATAÇÃO EM CARÁTER DE URGÊNCIA DE UM ENGENHEIRO DE AGRIMENSURA E CARTOGRAFIA PARA FAZER O LEVANTAMENTO PLANIALTIMÉTRICO DE DOIS TERRENOS PÚBLICOS ADQUIRIDOS PELA PREFEITURA NA COMUNIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3775/req._73-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3775/req._73-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE QUANDO SERÁ FEITO O ASFALTAMENTO NO BAIRRO CATETE.</t>
   </si>
   <si>
     <t>3776</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3776/req._74-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3776/req._74-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SE A SALA DE RAIO-X DA POLICLÍNICA MUNICIPAL DR. LAERTE SOARES DE MOURA FOI CONSTRUÍDA COM AS PAREDES BARITADAS.</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3780/req._75-2022_-_alex-_retirado.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3780/req._75-2022_-_alex-_retirado.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES REFERENTES A ASSISTÊNCIA TÉCNICA OFERECIDA AOS PRODUTOS RURAIS PELA EMATER/MG.</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3785/req._76-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3785/req._76-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES REFERENTES ASSISTÊNCIA TÉCNICA OFERECIDA AOS PRODUTORES RURAIS PELA EMATER/MG</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3786/req._77-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3786/req._77-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE FAÇA VALER O PROJETO DE LEI ORDINÁRIO 1765/2018 QUE ESTABELECE A OBRIGATORIEDADE DE IDENTIFICAÇÃO DOS VEÍCULOS E TODOS OS EQUIPAMENTOS OFICIAIS DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO COM NUMERAÇÃO ESPECÍFICA.</t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3787/req._78-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3787/req._78-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE ESSA GESTÃO (2021/2024) PASSE ATUAR PARA O RECEBIMENTO DO PRECATÓRIO DO FUNDEF PARA NOSSO MUNICÍPIO, E QUE ESSE VALOR SEJA RATEADOS PELOS PROFISSIONAIS E TRABALHADORES DA EDUCAÇÃO PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>3795</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE SEJA CONTRATADO UM PROFISSIONAL TÉCNICO PARA ACOMPANHAR OS TRABALHOS DA COPASA (CIA DE SANEAMENTO BÁSICO DE MINAS GERAIS).</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3799/req._80-2022_-_comissao_de_vereadores.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3799/req._80-2022_-_comissao_de_vereadores.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE A MESA DIRETORA DA CÂMARA MUNICIPAL REALIZE, EM CONJUNTO COM PODER EXECUTIVO, A DEVOLUÇÃO DOS VALORES ECONOMIZADOS PARA CÂMARA MUNICIPAL NO ANO CORRENTE DE 2022 PARA ASSOCIAÇÃO BENEFICENTE SÃO JOÃO BATISTA (HOSPITAL SÃO JOÃO BATISTA).</t>
   </si>
   <si>
     <t>3806</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3806/req._81-2022_-_carlos__antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3806/req._81-2022_-_carlos__antonio.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO QUE ATRAVÉS DO SETOR DE OBRAS AÇÃO SOCIAL E DEFESA CIVIL REALIZE AS OBRAS NECESSÁRIAS PARA A SEGURANÇA DOS MORADORES DO BAIRRO FILIPINHO E ALEXANDRE FERRAZ.</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3815/req._84-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3815/req._84-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE TODOS OS GASTOS COM A SAÚDE RETIRADOS DA FONTE 100.</t>
   </si>
   <si>
     <t>3816</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3816/req._83-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3816/req._83-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE QUANDO SERÁ A COLOCAÇÃO DE PROTEÇÃO NAS PAREDES PARA INSTALAÇÃO DO EQUIPAMENTO DE RAIO X NA POLICLÍNICA MUNICIPAL DR. LAERTE SOARES DE MOURA.</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3836/req._84-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3836/req._84-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>1-REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE VALORES GLOBAIS DE AQUISIÇÃO DE ALIMENTOS PARA A MERENDA ESCOLAR RECEBIDOS POR CONVÊNIO FEDERAL E ESTADUAL EM 2021 E 2022._x000D_
 2-QUAL MOTIVO DO ATRASO DE PAGAMENTO REFERENTE A COMPRA DA MERENDA AOS AGRICULTORES FAMILIARES DE VRB._x000D_
 3-QUEM ELABOROU A CHAMADA PÚBLICA DE Nº 002/2022, POR QUAL MOTIVO OS VALORES ESTÃO DESCONEXOS COM A REALIDADE, E QUAL MOTIVO NÃO SE TEVE AINDA ABERTURA DOS ENVELOPES DA REFERIDA CHAMADA PÚBLICA</t>
   </si>
   <si>
     <t>3846</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>José S. Reis de Bittencourt - Zezinho do SuperMais</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3846/req._85-2022_-_jose_silvio-zezinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3846/req._85-2022_-_jose_silvio-zezinho.pdf</t>
   </si>
   <si>
     <t>REQUER A PRESENÇA DOS SECRETÁRIOS MUNICIPAIS PARA A REUNIÃO DE COMISSÃO PARA O DIA 08/12/2022 ÀS 9 NO PLENARINHO DESTA CASA LEGISLATIVA.</t>
   </si>
   <si>
     <t>3853</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3853/req._86-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3853/req._86-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PRESIDENTE DA CÂMARA MUNICIPAL QUE SEJA CONVOCADO A SECRETÁRIA MUNICIPAL DE EDUCAÇÃO MÁRCIA LÚCIA DE BARROS BALBINO PARA AUDIÊNCIA PÚBLICA AINDA NO PRESENTE ANO PARA PRESTAÇÃO DE CONTAS DO FUNDEB (RECEITAS E DESPESAS) DEMONSTRAÇÃO DE VAGAS E FUNCIONAMENTO DAS CRECHES E ESCLARECIMENTO SOBRE A GESTÃO DO COLÉGIO MUNICIPAL.</t>
   </si>
   <si>
     <t>3854</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3854/req._87-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3854/req._87-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER  AO SR. PREFEITO E AO SECRETÁRIO MUNICIPAL DE SAÚDE ANTÔNIO DE PÁDUA VIEIRA SILVA INFORMAÇÕES REFERENTE AS MEDIDAS DO MUNICÍPIO SOBRE A NOVA ONDA DE COVID-19  E SOBRE  A 4º DOSE DE VACINA CONTRA A COVID-19.</t>
   </si>
   <si>
     <t>3858</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3858/req._88-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3858/req._88-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO INFORMAÇÕES SOBRE O PORQUE A SECRETÁRIA DE EDUCAÇÃO QUER FECHAR  O MATERNAL 3 DAS CRECHES?</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3879/req._89-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3879/req._89-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. PREFEITO E AO SECRETÁRIO MUNICIPAL DE SAÚDE INFORMAÇÃO SOBRE:_x000D_
 1- A PREFEITURA DE VISCONDE DO RIO BRANCO FARÁ O PAGAMENTO AOS AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATE ÀS ENDEMIAS DOS VALORES RELATIVOS AO INCENTIVO FINANCEIRO ADICIONAL._x000D_
 2-EM CASO NEGATIVO, POR QUAL RAZÃO NÃO O FARÁ?</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3206/ind._01-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3206/ind._01-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE DISPONIBILIZE 02 PROFISSIONAIS DE VARRIÇÃO PARA O BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3207/ind._02-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3207/ind._02-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE DISPONIBILIZE AGENTE DE SAÚDE PARA O BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3208/ind._03-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3208/ind._03-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA PRAÇA, UMA ACADEMIA AO AR LIVRE E ÁREA DE LAZER NOS BAIRROS PLANALTO E NOVO PLANALTO.</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3209/ind._04-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3209/ind._04-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA UMA PRAÇA E UMA ÁREA DE LAZER NO BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3210/ind._05-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3210/ind._05-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA INSTALADA UMA ACADEMIA AO AR LIVRE, NO BAIRRO ALTO DA BOA VISTA.</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3211/ind._06-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3211/ind._06-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA EM CARÁTER DE URGÊNCIA, A LIMPEZA, O ENTUPIMENTO DE CRATERAS, COLOCAÇÃO DE TAMPAS NAS CAIXAS DE ESGOTO E A REALIZAÇÃO DE REPAROS NA REDE DE ESGOTO, DE UMA VIA SITUADA NO BAIRRO COLÔNIA, CONHECIDA COMO BEIRA LINHA.</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3213/ind._07-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3213/ind._07-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A MELHORIA DA ESTRADA QUE DÁ ACESSO A ESTAÇÃO DE TRATAMENTO DE ÁGUA DA COPASA, SAINDO DA COHAB I, NO SENTIDO DE SANTA ROSA E QUEBRA CABO.</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3214/ind._08-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3214/ind._08-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA O COMPLEMENTO DO ASFALTO, SAINDO DA COLÔNIA, PASSANDO NOS FUNDOS DA FÁBRICA DE RAÇÃO, ATÉ A COMUNIDADE D SANTA ROSA.</t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3215/ind._09-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3215/ind._09-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A LIMPEZA, REFORMA GERAL, INSTALAÇÃO DE TOLDOS E RENOVAÇÃO DA MOBÍLIA, NO POSTO BEIRA RIO.</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3217/ind._10-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3217/ind._10-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UMA PONTE DE CONCRETO ARMADO NO CÓRREGO DOS BARBOSAS E ELIAS, EM SANTA MARIA (PONTE GUMERCINO GOMES DE FREITAS)</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3218/ind._11-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3218/ind._11-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITA A CONSTRUÇÃO DE DOIS BUEIROS NA RUA AVELINO CARDOSO, SAÍDA PARA O BAIRRO RANCHO VERDE ENTRE OS NÚMEROS 1287 E 1273, RESIDÊNCIA DOS FAMILIARES DO SAUDOSO JOSÉ MAURÍCIO DE SOUZA E O OUTRO ACIMA DO PORTÃO DO CLUBE TOKA DO TOKO. TAMBÉM É NECESSÁRIA A CONSTRUÇÃO DE 160M DE REDE DE CAPTAÇÃO PLUVIAL, LIGANDO A NA RUA GERALDO PIRES MILAGRES ATÉ O RIO PIEDADE.</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3219/ind._12-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3219/ind._12-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITA INSTALAÇÃO DE QUATRO REDUTORES DE VELOCIDADE, UMA LOMBADA ELEVADA PARA TRAVESSIA DE ALUNOS E COMUNIDADE, E SINALIZAÇÃO DE TRÂNSITO NA RUA AVELINO CARDOSO.</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3220/ind._13-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3220/ind._13-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE REALIZE O ASFALTAMENTO DE UMA ÁREA DE 66M X 10M NO ESTÁDIO DO NACIONAL ATLÉTICO CLUBE.</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3221/ind._14-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3221/ind._14-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE APRESENTE URGENTEMENTE O CALENDÁRIO DE VACINAÇÃO INFANTIL CONTRA À COVID-19, BEM COMO REALIZE CAMPANHA PARA ESTIMULAR A VACINAÇÃO PODENDO, COMO EM OUTRAS CIDADES, OFERTAR UM LIVRO INFANTIL PARA CADA CRIANÇA QUE FOR VACINADA.</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3222/ind._15-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3222/ind._15-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE DEMARQUE AS DIVISAS COM O MUNICÍPIO DE GUIRICEMA NAS ESTRADAS RURAIS DAS REGIÕES DO CLEMENTE, MEMÓRIA, CAMELINHA E BARRA DE GUIRICEMA PARA QUE FIQUE NÍTIDO PARA CADA MUNICÍPIO O LOCAL EM QUE TEM  O DEVER DE CUIDAR DAS ESTRADAS.</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3225/ind._16-2022_-_guilherme_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3225/ind._16-2022_-_guilherme_-_alex.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE APRESENTE PROJETO DE LEI PARA REAJUSTAR O PISO SALARIAL DO MAGISTÉRIO DE 2022 PARA 33,23%.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3226/ind._17-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3226/ind._17-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA PRAÇA DE LAZER COMPLETA NO DISTRITO INDUSTRIAL DO BAIRRO COLÔNIA (NOS FUNDOS DA FÁBRICA DE RAÇÃO), COM UM PARQUE INFANTIL COMPLETO, APARELHOS DE GINÁSTICA PARA A PRÁTICA DE EXERCÍCIOS FÍSICOS AO AR LIVRE E ÁREA DE RECREAÇÃO.</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3227/ind._18-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3227/ind._18-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA O RECAPEAMENTO DO ASFALTO DAS RUAS DO BAIRRO CAPITÃO GONÇALO BARRETO GOMES, EM ESPECIAL A RUA CLÁUDIA MARIA COELHO CARDOSO.</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3229/ind._19-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3229/ind._19-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE CÂMERAS DE "OLHO VIVO" EM FRENTE A RODOVIÁRIA.</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3230/ind._20-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3230/ind._20-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A LIMPEZA E CAPINA NO ENTRONCAMENTO DA RUA JOÃO FERREIRA DOS SANTOS COM A RUA RAIMUNDO FRANCISCO COELHO, NO BAIRRO GUSTAVO SABIONI.</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3231/ind._21-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3231/ind._21-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE 03 TOLDOS NAS VAGAS DE TÁXI DA RODOVIÁRIA.</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3232/ind._22-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3232/ind._22-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE ORGANIZE O TELEATENDIMENTO E TELEMONITORAMENTO DE PACIENTES COM SUSPEITA OU CONFIRMAÇÃO DE COVID-19 NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3233/ind._23-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3233/ind._23-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE IMPLEMENTE IMEDIATAMENTE A LEI Nº1525/2020 QUE DISPÕE SOBRE A CRIAÇÃO DA CENTRAL UNIFICADA DE REABILITAÇÃO E ACOMPANHAMENTO SOCIOFAMILIAR (CURAS) NO MUNICÍPIO DE VISCONDE DO RIO BRANCO - MG.</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3234/ind._24-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3234/ind._24-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITO O PATROLAMENTO E ENCASCALHAMENTO NA ESTRADA PERTO DO SÍTIO DO VAGALUME NO RUADO DAS PEDRAS.</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3235/ind._25-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3235/ind._25-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A TROCA DAS LÂMPADAS DA QUADRA POLIESPORTIVA, LOCALIZADA NA RUA SANTO ANTÔNIO (QUEBRA).</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3236/ind._26-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3236/ind._26-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITA A INSTALAÇÃO DE CÂMERAS DE OLHO VIVO PRÓXIMO A TODAS AS ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3237/ind._27-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3237/ind._27-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA INSTALADO UM CORRIMÃO CONFORME AS NECESSIDADES DO LOCAL, EM CARÁTER DE URGÊNCIA NA ESCADA DO BALAÚSTRE EM FRENTE A IGREJA MATRIZ DE SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3239/ind._28-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3239/ind._28-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE LATÕES DE LIXO EM TODAS AS RUAS DO BAIRRO PLANALTO E NOVO PLANALTO.</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3241/ind._29-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3241/ind._29-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE REALIZE A LIMPEZA DAS CANALETAS DA ESTRADA DE SANTA JULIANA, ASSIM COMO A CAPINA E A OPERAÇÃO TAPA-BURACOS, DESDE O INÍCIO DA ESTRADA ATÉ A APAE RURAL.</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3244/ind._30-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3244/ind._30-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA O FORNECIMENTO DE CAFÉ E LANCHES AOS FUNCIONÁRIOS DA POLICLÍNICA MUNICIPAL (UPA).</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3245/ind._31-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3245/ind._31-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITA A CONSTRUÇÃO DE UMA PRAÇA, ÁREA DE LAZER E UMA ACADEMIA DE GINÁSTICA AO AR LIVRE NO BAIRRO COHAB II.</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3246/ind._32-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3246/ind._32-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITO UM RECAPEAMENTO ASFÁLTICO, TAPA BURACOS E MELHORIAS NO CALÇAMENTO NO INÍCIO DA RUA SÃO JOSÉ, BAIRRO PITO ACESO.</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3247/ind._33-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3247/ind._33-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITA UMA LIMPEZA E TAPA BURACOS QUE LIGA A ESTRADA FLORESTA À PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3248/ind._34-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3248/ind._34-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITA UMA LIMPEZA DAS MARGENS E TAPA BURACOS NA ESTRADA PRINCIPAL RUADO DAS PEDRAS ATÉ A COMUNIDADE DE SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3249/ind._35-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3249/ind._35-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITA A COLOCAÇÃO CASO NÃO HOUVER E MELHORIAS NAS PLACAS DE IDENTIFICAÇÃO DE NOMES DE RUAS, PRAÇAS, AVENIDAS E LOGRADOUROS PÚBLICOS.</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3250/ind._36-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3250/ind._36-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITO UM ESCADÃO LIGANDO A RUA JOSÉ PASSOS E A RUA RUBÉNS TEIXEIRA LOPES, LOCALIZADAS NO BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3252/ind._37-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3252/ind._37-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO DA ESTRADA RURAL MARIO TEIXEIRA.</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3256/ind._38-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3256/ind._38-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A RECUPERAÇÃO DA ESTRADA DO PÃO DE LÓ COM LIMPEZA E COLOCAÇÃO DE CASCALHO.</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3257/ind._39-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3257/ind._39-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A MANUTENÇÃO DA REDE DE ESGOTO, REALIZE A TROCA DA TAMPA DO BUEIRO E A CORREÇÃO DO DESNÍVEL, NA RUA JOSÉ SARAIVA, PRÓXIMO A CASA DE Nº713 DA OFICINA DO SR. JORGE, NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3258/ind._40-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3258/ind._40-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA PRAÇA DE LAZER COMPLETA, COM PARQUE INFANTIL COMPLETO, APARELHOS DE GINÁSTICA PARA A PRÁTICA DE EXERCÍCIOS FÍSICOS AO AR LIVRE E ÁREA DE RECREAÇÃO, NO TERRENO PERTENCENTE AO MUNICÍPIO, TENDO COMO REFERÊNCIA, PRÓXIMO A ESCOLA MUNICIPAL PORFÍRIO SARAIVA, NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3259/ind._41-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3259/ind._41-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA COLOCADA UMA CAIXA D'ÁGUA DE 20.000 LITROS PARA ATENDER OS MORADORES DO BELA VISTA DE SÃO FRANCISCO PRÓXIMO AO LOCAL ONDE FOI CONSTRUÍDO O POÇO ARTESIANO.</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3260/ind._42-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3260/ind._42-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE REALIZE A TROCA DAS GRADES DOS BUEIROS E A CAPINA DA RUA ROSA PACHECO.</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3261/ind._43-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3261/ind._43-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE A SECRETARIA DE EDUCAÇÃO MUNICIPAL ATENDA TODOS OS CASOS DE INJUSTIÇA CAUSADOS PELA IMPLEMENTAÇÃO DO ZONEAMENTO ESCOLAR NAS MATRÍCULAS DE 2022.</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3264/ind._44-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3264/ind._44-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITA A REFORMA DE TODAS AS ACADEMIAS AO AR LIVRE QUE SE ENCONTRAM EM MAU ESTADO DE CONSERVAÇÃO.</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3265/ind._45-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3265/ind._45-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITA A LIMPEZA DAS RUAS LOCALIZADAS NO BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3266/ind._46-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3266/ind._46-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A PAVIMENTAÇÃO DA RUA DAS FLORES, NO BAIRRO PIEDADE.</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3268/ind._47-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3268/ind._47-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM ESCADÃO, COM RAMPA, CORRIMÃO, ILUMINAÇÃO E TODA ESTRUTURA DE SEGURANÇA E ACESSIBILIDADE, NO TERRENO PERTENCENTE AO MUNICÍPIO, LIGANDO A RUA JOSÉ SARAIVA (RUA PRINCIPAL), NO BAIRRO COLÔNIA AO BAIRRO LOURDES SARAIVA.</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3269/ind._48-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3269/ind._48-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A IMPLANTAÇÃO DE PLACAS DE ORIENTAÇÃO DE DESTINO E PLACAS DE INFORMAÇÕES DE SERVIÇOS, COMO PRÉDIOS PÚBLICOS E DEMAIS SERVIÇOS ESSENCIAIS, NAS PRINCIPAIS VIAS MUNICIPAIS, TENDO COMO PONTOS PRINCIPAIS OS SEMÁFOROS E PONTOS DE DIVISÃO DE BAIRROS.</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3270/ind._49-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3270/ind._49-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM POSTO DE SAÚDE/UBS (UNIDADE BÁSICA DE SAÚDE), NO TERRENO PERTENCENTE AO MUNICÍPIO, TENDO COMO REFERÊNCIA, PRÓXIMO A ESCOLA PORFÍRIO SARAIVA, NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3273/ind._50-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3273/ind._50-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA CONSTRUÍDO UM MURO GABIÃO EM FRENTE AO POSTO DE SAÚDE BEIRA RIO.</t>
   </si>
   <si>
     <t>3274</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3274/ind._51-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3274/ind._51-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITA A CAPINA, REPARO NOS BURACOS E A LIMPEZA GERAL DO BAIRRO RECANTO VERDE, NA COLÔNIA.</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3275/ind._52-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3275/ind._52-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REFORMA COMPLETA DA PRAÇA NO BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>3276</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3276/ind._53-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3276/ind._53-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO NA COMUNIDADE DA FAZENDINHA, NA RODOVIA MG-447 VRB X UBÁ. PRÓXIMO AO ENGENHO DE AÇÚCAR MASCAVO.</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3277/ind._54-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3277/ind._54-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O PATROLAMENTO E CASCALHAMENTO NA COMUNIDADE BOM FIM, PRÓXIMO AO MORRO SANTANA.</t>
   </si>
   <si>
     <t>3278</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3278/ind._55-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3278/ind._55-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE REALIZE EM ESPECIAL NAS ESCOLAS MUNICIPAIS E ESTADUAIS, UMA CAMPANHA DE CONSCIENTIZAÇÃO SOBRE A IMPORTÂNCIA DA VACINAÇÃO INFANTIL CONTRA A COVID-19, EM VIRTUDE DA BAIXA ADESÃO DAS FAMÍLIAS NA VACINAÇÃO EM VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>3280</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3280/ind._56-2022_-_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3280/ind._56-2022_-_antonio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA CONVÊNIO COM A ACISPES - AGÊNCIA DE COOPERAÇÃO INTERMUNICIPAL EM SAÚDE PÉ DA SERRA DE JUIZ DE FORA E DISPONIBILIZE TRANSPORTE AOS IDOSOS PARA A REALIZAÇÃO DE CONSULTAS E EXAMES NO REFERIDO HOSPITAL.</t>
   </si>
   <si>
     <t>3281</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3281/ind._57-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3281/ind._57-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA RECONSTRUÇÃO E MANUTENÇÃO DA PONTE DO PANAMÁ, (CACHOEIRINHA) NO BAIRRO COLÔNIA, BEM COMO REPARO NA ESTRADA NO MESMO LOCAL.</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3285/ind._58-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3285/ind._58-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO SERVIÇO DE CAPTAÇÃO DE ÁGUA PLUVIAL NO BAIRRO SEBASTIÃO CORREIA.</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3286/ind._59-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3286/ind._59-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO REPARO EM UM BARRANCO QUE ESTÁ DESMORONANDO NA RUA ÂNGELO AGOSTINHO BARBOSA, BAIRRO PLANALTO (EM FRENTE A CASA DO NACO).</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3288/ind._60-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3288/ind._60-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA  AO SR. PREFEITO FAÇA A REPARAÇÃO DA PONTE E O RECAPEAMENTO DO ASFALTO DA RUA GERALDO PIRES MILAGRES (RUA QUE LIGA A AVENIDA DR. LELÉ AO FINAL DO BAIRRO PIEDADE).</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3289/ind._61-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3289/ind._61-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE BICICLETÁRIO DE 10 VAGAS EM FRENTE AO BANCO DO BRASIL.</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3290/ind._62-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3290/ind._62-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA A REPARAÇÃO DA PONTE DE MADEIRA QUE DÁ ACESSO A RODOVIA RIO BAHIA (PRÓXIMO AO DÔBOCO), NO CLEMENTE DE BAIXO.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3291/ind._63-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3291/ind._63-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO RECAPEAMENTO ASFÁLTICO EM TODAS AS RUAS DO BAIRRO MUTIRÃO.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3292/ind._64-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3292/ind._64-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO EM CARÁTER DE URGÊNCIA QUE TAMPE UM BURACO NO ESCADÃO DO BAIRRO ANTÔNIO SOARES.</t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3293/ind._65-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3293/ind._65-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA EXIGIDO DE TODOS OS ALUNOS DAS ESCOLAS MUNICIPAIS A CARTEIRA DE VACINAÇÃO CONTRA O CORONAVÍRUS.</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3294/ind._66-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3294/ind._66-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA CONCEDIDO O ADICIONAL DE INSALUBRIDADE EM SEU GRAU MÁXIMO ÀS/AOS AUXILIARES DE SERVIÇOS GERAIS QUE ATUAM NA SAÚDE BÁSICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3295/ind._67-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3295/ind._67-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA ATENDIDA A REIVINDICAÇÃO DAS AUXILIARES DE EDUCAÇÃO DA REDE MUNICIPAL: _x000D_
 1-IMEDIATA CONTRATAÇÃO DE AUXILIARES, TENDO EM VISTA A INSUFICIÊNCIA DE FUNCIONÁRIOS PARA A DEMANDA EXISTENTE; _x000D_
 2-CONCEDER O MESMO REAJUSTE AOS AUXILIARES QUE OS CONCEDIDOS AO MAGISTÉRIO; _x000D_
 3-CONCEDER ADICIONAL DE INSALUBRIDADE; _x000D_
 4-APRESENTAR PLANO DE CARREIRA PARA OS AUXILIARES DE EDUCAÇÃO; _x000D_
 5-REALIZAR CONCURSO PÚBLICO PARA A CATEGORIA.</t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3296/ind._68-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3296/ind._68-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA O CORTE DE UMA ÁRVORE NA PRACINHA DO BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>3297</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3297/ind._69-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3297/ind._69-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE FAÇA EM CARÁTER DE URGÊNCIAS, A REPARAÇÃO DE CRATERA NA RUA MÁRIO CARLOS ZUIM UBALDO, NO BAIRRO ESPORTIVO (EM FRENTE A CRECHE SÃO FRANCISCO DE ASSIS).</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3301/ind._70-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3301/ind._70-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITA A REFORMA DA ANTIGA ESCOLA ALEXANDRE FERRAZ EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3302/ind._71-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3302/ind._71-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITA A REFORMA NO ANTIGO POSTO DE SAÚDE NO BAIRRO ESPORTIVO E PROXIMIDADES M CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3306/ind._72-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3306/ind._72-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE REALIZE A LIMPEZA DAS RUAS DO BAIRRO JARDIM DA BARRA.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3308/ind._73-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3308/ind._73-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITO A REMUNERAÇÃO DO ALIMENTAÇÃO DOS FUNCIONÁRIOS MUNICIPAIS PARA R$300,00.</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3310/ind._74-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3310/ind._74-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE NOS TERMOS DO OFÍCIO 002/2022 DO PRESIDENTE DO PARTIDO PATRIOTA VRB LEONARDO DE CÁSSIO SOUZA, SEJA CRIADO UM PAINEL, UTILIZANDO FERRAMENTAS POSSÍVEIS, SEJA MAPA OU MECANISMOS DIGITAIS, PARA O MAPEAMENTO DOS PONTOS CRÍTICOS DE ALAGAMENTOS, NECESSIDADE DE LIMPEZA, ENTRE OUTROS , RURAL OU URBANO, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3318/ind._75-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3318/ind._75-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO NO CÓRREGO DO MATUCHO, PRÓXIMO AO LAR DOS IDOSOS.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3320/ind._76-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3320/ind._76-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERINDO AO SR. PREFEITO QUE SEJA FEITO A COLOCAÇÃO DE 16 MANILHAS DE 1 METRO DE LARGURA NA ESTRADA QUE LIGA O CAMPO DO RENOVAÇÃO AO CLEMENTE, CONSTRUIR AS DUAS CABEÇAS, RETIRAR AS MANILHAS DE 0,60 DE FAZER A DRENAGEM.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3321/ind._77-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3321/ind._77-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR.  PREFEITO QUE SEJA FEITA UMA CONSTRUÇÃO DE UMA CICLOVIA BIDIRECIONAL COM 2,50M DE LARGURA, TENDO INÍCIO NO BAIRRO GILENO SIQUEIRA (FUNDOS DA COOPERTRAL, SEGUINDO PELA LINHA FÉRREA ATÉ O LOCAL ONDE FUNCIONAVA A SECRETARIA MUNICIPAL DE SAÚDE DE 2021), DEPOIS À DIREITA NA RUA MAJOR FELICÍSSIMO, PASSANDO PELO PONTILHÃO, RUA EUGÊNIO DE MELO BARRETO, ATÉ A BARRA DOS COUTOS NO VIADUTO EM FRENTE À POUSADA DO YPÊ.</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3322/ind._78-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3322/ind._78-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO INSTALAÇÃO DE TRÊS BICICLETÁRIOS: PRAÇA 28 DE SETEMBRO, PRAÇA SANTO ANTÔNIO E PRAÇA SÃO SEBASTIÃO (BARREIRO).</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3323/ind._79-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3323/ind._79-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O REPARO DA RUA JOÃO VIEIRA NO ALTO DA BOA VISTA.</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3324/ind._80-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3324/ind._80-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA CONCEDIDO O ADICIONAL DE INSALUBRIDADE EM SEU GRAU MÁXIMO (40%) ÀS/AOS AUXILIARES DE SAÚDE BUCAL, CIRURGIÕES DENTISTAS, ENFERMEIROS, TÉCNICOS DE ENFERMAGEM, MÉDICOS ENGLOBANDO TODA A EQUIPE DE SAÚDE DA FAMÍLIA QUE ATUA NA SAÚDE BÁSICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3325/ind._81-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3325/ind._81-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO O ASFALTAMENTO DE UMA VIA DE APROXIMADAMENTE 20 METROS DE COMPRIMENTO E 10 METROS DE LARGURA, QUE LIGA A RUA JOSÉ SARAIVA(RUA PRINCIPAL) A RUA MELO BARRETO (BEIRA LINHA), NO BAIRRO COLÔNIA, TENDO COMO REFERÊNCIA A CASA DE Nº 765, DOS MORADORES DANGELA DE JESUS E CARLOS GUILHERME.</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3326/ind._82-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3326/ind._82-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO EM CARÁTER DE URGÊNCIA CAPINA, LIMPEZA DA RUA ELIZA MIRANDA CARDOSO, NA BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA UMA CANALETA NA RODOVIA MG-120, EM FRENTE A FABRICA DE RAÇÃO.</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3328/ind._84-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3328/ind._84-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REVITALIZAÇÃO DA CALÇADA NO TRECHO DA ESCOLA DR. CARLOS SOARES ATÉ A BIG HOUSE.</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3329/ind._85-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3329/ind._85-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A LIMPEZA DE TODA A RUA CARINA BENHAME DE ALMEIDA, LOCALIZADA NO DISTRITO INDUSTRIAL DO BARREIRO.</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3330/ind._86-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3330/ind._86-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A LIMPEZA DE TODA A RUA LINO CORREIA, EM ESPECIAL O LOTE DE PROPRIEDADE DO MUNICÍPIO, NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3331/ind._87-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3331/ind._87-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO EM CARÁTER DE URGÊNCIA ASFALTAMENTO NA RUA ELIZA MIRANDA CARDOSO, NA BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3332/ind._88-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3332/ind._88-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A REMUNERAÇÃO DO ALIMENTAÇÃO DOS FUNCIONÁRIOS MUNICIPAIS PARA R$ 350,00 REIAS.</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3333/ind._89-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3333/ind._89-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA INSTALAÇÃO COM LÂMPADAS A VAPOR DE SÓDIO NOS TREVOS QUE DÃO ACESSO AO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3334/ind._90-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3334/ind._90-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UMA SALA DE COMPUTADORES NA ESCOLA MUNICIPAL PORFÍRIO SARAIVA NO BAIRRO COLÔNIA</t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3335/ind._91-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3335/ind._91-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A PAVIMENTAÇÃO ASFÁLTICA NA AVENIDA CARLOS GOMES, PRÓXIMOS A TORRE NO BAIRRO ANTÔNIO SOARES.</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3336/ind._92-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3336/ind._92-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UMA PRAÇA DE LAZER NO BAIRRO COHAB3, NO TERRENO JÁ DESTINADO PARA MESMA LOCALIZADO ENTRE AS RUAS: RUA MILTON DE PAIVA BARBOSA E RUA BRUNO DREI.</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3337/ind._93-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3337/ind._93-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O ASFALTAMENTO NA ESTRADA EM FRENTE O BITELÃO, NA FAZENDINHA SENTIDO A SERRALHERIA DOS TORMEN.</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3341/ind._94-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3341/ind._94-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O TAPA BURACO NAS RUAS DO BAIRRO NOVO HORIZONTE E NOVA CIDADE.</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3342/ind._95-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3342/ind._95-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A REFORMA DAS DUAS GALERIAS DE ÁGUAS PLUVIAIS DA RUA MARIANO DE SOUZA, EM FRENTE À CASA DO SANTANA, NA PARTE ALTA DO BAIRRO DE LOURDES, QUE DÁ ACESSO À RUA BIOQUINO DE ANDRADE.</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3347/ind._96-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3347/ind._96-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A PINTURA DE TODAS AS FAIXAS DE PEDESTRES QUE SE ENCONTRAM BASTANTE APAGADAS.</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3348/ind._97-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3348/ind._97-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA INSTALAÇÃO DE 04 (QUATRO) POSTES DE ILUMINAÇÃO PÚBLICA NA LOCALIDADE FAZENDINHA.</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3349/ind._98-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3349/ind._98-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A COLOCAÇÃO DE GRADE NO BUEIRO NA RUA THEÓFILO OTONI, EM FRENTE AO COMÉRCIO DO SR. ADÍLIO SABIONI.</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3350/ind._99-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3350/ind._99-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O PATROLAMENTO E ENCASCALHAMENTO DAS ESTRADAS DO CÓRREGO DO INHABÚ, CÓRREGO DO PINHEIRO E DEMAIS LOCALIDADE DA PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3352/ind._100-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3352/ind._100-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA INCLUÍDOS NO TRANSPORTE FORNECIDO PELA PREFEITURA OS ALUNOS DE CURSOS PRÉ-VESTIBULARES.</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3354/ind._101-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3354/ind._101-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA INCLUÍDO NA ROTA DO TRANSPORTE COLETIVO OS BAIRROS ANTÔNIO SOARES E JARDIM DA BARRA.</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3355/ind._102-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3355/ind._102-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UMA COBERTURA PARA ÁREA EXTERNA DO POSTO DE SAÚDE DA COMUNIDADE DO GORDURA.</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3356/ind._103-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3356/ind._103-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O ASFALTAMENTO NA RUA BENEDITO QUIRINO E RUA LOURIVAL G. SOARES NO BAIRRO BEIRA RIO, PRÓXIMO A PONTE DO BARREIRO.</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3357/ind._104-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3357/ind._104-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE MAIS UMA CAIXA DÁGUA NA MINA DO CENTENÁRIO SITUADA À RUA QUE LIGA AO BAIRRO JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3358/ind._105-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3358/ind._105-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE APARELHOS PARA A PRÁTICA DE CALISTENIA NA PRAÇA DO CENTENÁRIO E DEMAIS PRAÇAS DA CIDADE.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3359/ind._106-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3359/ind._106-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UM CALÇADÃO E ACADEMIA DE GINÁSTICA AO AR LIVRE NA RUA ALTINO PELUSO E DR. CELSO MACHADO.</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3360/ind._107-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3360/ind._107-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO ASFALTAMENTO DA ESTRADA QUE MARGEIA A RODOVIA VISCONDE DO RIO BRANCO X UBÁ NA FAZENDINHA.</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3361/ind._108-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3361/ind._108-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO UMA PRAÇA E UMA ACADEMIA DE GINÁSTICA AO AR LIVRE NO BAIRRO MUTIRÃO.</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3362/ind._109-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3362/ind._109-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA DISPONIBILIDADE CARTÃO VALE GÁS NO VALOR DE R$60,00 PARA TODOS OS SERVIDORES PÚBLICOS.</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3366/ind._110-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3366/ind._110-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO OS PROTOCOLOS REALIZADOS JUNTO À PREFEITURA MUNICIPAL E COPASA PELA MORADORA MARIA POMPEIA DOS SANTOS, À RUA MOREIRA CÉSAR Nº 44, CORONEL JOAQUIM LOPES, AO LADO DA PONTE SEJAM ATENDIDOS.</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3370/ind._111-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3370/ind._111-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O ASFALTAMENTO DA RUA JOSÉ LOPES COELHO NO BAIRRO RANCHO VERDE 1.</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3371/ind._112-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3371/ind._112-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UM MELHOR SERVIÇO DE LIMPEZA PÚBLICA NA COHAB 3.</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3372/ind._113-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3372/ind._113-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE REDE DE ESGOTO, REDE DE ÁGUAS PLUVIAIS, REDE DE ÁGUA POTÁVEL, MEIO FIO, PAVIMENTAÇÃO E O COMPLEMENTO DA REDE DE ENERGIA ELÉTRICA NA COMUNIDADE RURAL DO BOM JARDIM MASSAMBARÁ.</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3373/ind._114-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3373/ind._114-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE INTERCEDA JUNTO AOS CORREIOS, NO INTUITO DE REGULARIZAR O SERVIÇO DE ENTREGA NO BAIRRO NOVA AMÉRICA.</t>
   </si>
   <si>
     <t>3374</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3374/ind._115-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3374/ind._115-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO PAVIMENTAÇÃO ASFÁLTICA NO BAIRRO NOVA CIDADE.</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3375/ind._116-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3375/ind._116-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA CONSTRUÍDA UMA PRAÇA COM PLAYGROUND E UMA ACADEMIA AO AR LIVRE NO BAIRRO DE LOURDES.</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3379/ind._117-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3379/ind._117-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE FAÇA A MANUTENÇÃO NAS SEGUINTES RUAS; BUENO SIQUEIRA E ELIAS TEIXEIRA BARBOSA, SITUADAS NO BAIRRO SANTA CLARA.</t>
   </si>
   <si>
     <t>3380</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3380/ind._118-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3380/ind._118-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE INTERCEDA JUNTO A ENERGISA PARA QUE CONCLUA A ILUMINAÇÃO NO RUADO DAS PEDRAS ATÉ O CÓRREGO DAS PEDRAS.</t>
   </si>
   <si>
     <t>3381</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3381/ind._119-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3381/ind._119-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O ASFALTAMENTO DA ESTRADA RURAL SÍTIO BOA VISTA, CONHECIDO TAMBÉM COMO CÓRREGO DO SOSSEGO.</t>
   </si>
   <si>
     <t>3384</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3384/ind._120-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3384/ind._120-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA UM ÁREA DE LAZER ADAPTADA PARA PESSOAS COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>3385</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3385/ind._121-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3385/ind._121-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UM CENTRO COMUNITÁRIO NO BAIRRO MUTIRÃO.</t>
   </si>
   <si>
     <t>3386</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3386/ind._122-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3386/ind._122-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA UMA FAIXA DE PEDESTRE NO SINAL DO CORREIO.</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3387/ind._123-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3387/ind._123-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O RECAPEAMENTO ASFÁLTICO NA RUA JOSÉ ANCHIETA, BAIRRO BARRA.</t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3389/ind._124-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3389/ind._124-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UMA PRAÇA COM PRAYGROUND E UMA ACADEMIA AO AR LIVRE NO BAIRRO ALEXANDRE FERRAZ.</t>
   </si>
   <si>
     <t>3390</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3390/ind._125-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3390/ind._125-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O RECAPEAMENTO ASFÁLTICO E MELHORIAS DAS RUAS JACOB F. DUTRA E RAPOSO TAVÁRES NO BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3394/ind._126-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3394/ind._126-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UMA REPARAÇÃO DA CRATERA QUE SE FORMOU NA AVENIDA DR. LELÉ BAIRRO NOVA CIDADE.</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3395/ind._127-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3395/ind._127-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA UTILIZADO O TERRENO DA PREFEITURA QUE SE ENCONTRA SEM USO, PARA CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA COM COBERTURA NA RUA CAMPO BELO NO BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3396/ind._128-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3396/ind._128-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA EFETUADO PAGAMENTO RETROATIVO DO CARTÃO ALIMENTAÇÃO A PARTIR DE JANEIRO.</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3397/ind._129-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3397/ind._129-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UM MURO DE ARRIMO NA RUA FIRMINO CAETANO DE FARIA, NO BAIRRO NOVO PLANALTO.</t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3398/ind._130-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3398/ind._130-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO EM CARÁTER DE URGÊNCIA A LIMPEZA DA RUA VEREADOR ADÃO AMORIM , NO BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3399/ind._131-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3399/ind._131-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA COLOCAÇÃO DE UM CAMINHÃO DE AREIA NA PRAÇA DO CENTENÁRIO PARA A PRÁTICA DE VOLEI.</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3405/ind._132-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3405/ind._132-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA CONSTRUÇÃO DE UMA PRAÇA DE LAZER E UMA ACADEMIA AO AR LIVRE NO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3406/ind._133-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3406/ind._133-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE VOLTE COM O FUNCIONAMENTO DA USINA DE RECICLAGEM NA CIDADE.</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3407/ind._134-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3407/ind._134-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UM MURO DE GABIÃO AS MARGENS DO RIO XOPOTÓ EM FRENTE AO POSTO DE SAÚDE BEIRA RIO.</t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3408/ind._135-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3408/ind._135-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O RETORNO DO ATENDIMENTO MÉDICO PARA O PSF DA COMUNIDADE DO MEMÓRIA EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3409/ind._136-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3409/ind._136-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A OBRA DE MANUTENÇÃO EM TODA A REDE PLUVIAL DA RUA APARECIDA CARINA BENHAME DE ALMEIDA, DISTRITO INDUSTRIAL DO BARREIRO, SOBRETUDO À ALTURA DO Nº140.</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3410/ind._137-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3410/ind._137-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA CONSERTADA A RUA MARIA DO DODÔ, A ALTURA DO Nº 109.</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3411/ind._138-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3411/ind._138-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. QUE SEJA FEITO UM QUEBRA MOLAS NA AV. DR. CARLOS SOARES PERTO DO LAVA JATO, PRÓXIMO A CASA DO SR. MAURÍCIO CAMPOS.</t>
   </si>
   <si>
     <t>3412</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3412/ind._139-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3412/ind._139-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A PINTURA E UMA PASSARELA NO PONTILHÃO PRÓXIMO A LOJA DE PURINA.</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3413/ind._140-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3413/ind._140-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO EM CARÁTER DE URGÊNCIA , A LIMPEZA DE TODAS AS RUAS DO BAIRRO RECANTO VERDE, PRÓXIMO A CHÁCARA DOS CORRÊA (COLÔNIA).</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3414/ind._141-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3414/ind._141-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA UMA FARMACINHA POPULAR MUNICIPAL, PARA ATENDER AOS DONOS DE FELINOS E CANINOS DE BAIXA RENDA E AOS ANIMAIS DE RUA.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3416/ind._142-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3416/ind._142-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO A INSTALAÇÃO DE 3 REDUTORES DE VELOCIDADE NA RUA PRESIDENTE ARTHUR BERNARDES, NO BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3417/ind._143-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3417/ind._143-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A REFORMA DA RAMPA QUE DÁ ACESSO AO BAHAMAS PELA RODOVIA.</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3418/ind._144-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3418/ind._144-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A TROCA DA PLACA DE SINALIZAÇÃO NA ESQUINA DA AV. DR. CARLOS SOARES COM A AV. GOVERNADOR BENEDITO VALADARES.</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3419/ind._145-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3419/ind._145-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO APRESENTE PROJETO DE LEI PARA EXERCER O DIREITO DE PASSAGEM, OU , SUBSIDIARIAMENTE, REALIZE DESAPROPRIAÇÃO DO LOCAL, PARA REGULAMENTAR A EXTENSÃO DA RUA DR. LUCAS LACERDA À RUA DR. LUÍS SOARES DA ROCHA, NO CENTENÁRIO, AO LADO DO CEMITÉRIO.</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3421/ind._146-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3421/ind._146-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O PATROLAMENTO DA ESTRADA RURAL QUE FAZ A LIGAÇÃO DA ESTRADA CAMELINHA A ESTRADA BEIRA RIO (RIO DOS BAGRES) NAS PROXIMIDADES DA PROPRIEDADE DO ARI COELHO.</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3422/ind._147-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3422/ind._147-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A PAVIMENTAÇÃO APÓS O SALÃO DE FESTA CHICO ARNALDO SEGUINDO O ASFALTO ATÉ O FINAL DA RUA ATÉ O SALÃO DE FESTA RECANTO JP.</t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3424/ind._148-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3424/ind._148-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO JUNTO À SECRETARIA DE OBRAS E MOBILIDADE URBANA, PATROLAMENTO NA ESTRADA DA SEMENTEIRA, PRÓXIMO A CASA DO ISMAEL.</t>
   </si>
   <si>
     <t>3425</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3425/ind._149-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3425/ind._149-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE ACOLHA OS PRECEITOS DA LEI COMPLEMENTAR Nº 191 DE 08 DE MARÇO DE 2022 QUE ESTABELECEM NOVOS PARÂMETROS QUANTO AO PERÍODO AQUISITIVO DOS SERVIDORES PÚBLICOS DA ÁREA DA SAÚDE.</t>
   </si>
   <si>
     <t>3426</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3426/ind._150-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3426/ind._150-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A CESSÃO DE UM ESPAÇO NA PRAÇA DO TREVO DA BARRA PARA A COLOCAÇÃO DE UM MARCO DO CAPÍTULO DEMOLAY FRATERNIDADE RIOBRANQUENSE, Nº268.</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3427/ind._151-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3427/ind._151-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A COLOCAÇÃO DE UMA LOMBADA (QUEBRA-MOLAS) COM PINTURA, NA RUA MILTON DE PAIVA BARBOSA, EM FRENTE AO Nº 79, PRÓXIMO AO POSTO DE SAÚDE, NO BAIRRO COHAB 3.</t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3428/ind._152-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3428/ind._152-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO EM CARÁTER DE URGÊNCIA, A LIMPEZA NA RUA CONSELHEIRO SANTANA(BAIRRO FORMIGA, FINAL DO SANTO ANTÔNIO), RUA RAIMUNDO SIMÕES DE MATOS (BAIRRO SANTA RITA), RUA MÁRIO CARLOS ZUIM UBALDO (SANTA RITA/ESPORTIVO), RUA MARIA LENK, RUA MANOEL DOS SANTOS, RUA LUZIA DE MODESTO DE FARIA E RUA HELENO DE FRITAS (BAIRRO ESPORTIVO).</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3429/ind._153-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3429/ind._153-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CRIAÇÃO DO "AGENTE DE SAÚDE ANIMAL" NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3430/ind._154-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3430/ind._154-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO MELHORIAS NO CALÇAMENTO E CAPTAÇÃO DE ÁGUAS PLUVIAIS DAS SEGUINTES RUAS DOS BAIRROS SANTO CRISTO, SANTA CLARA E PIEDADE. SANTA CLARA: RUA ELIAS TEIXEIRA BARBOSA, FRANCISCA ROSA A. ROCHA, RUA BUENO SIQUEIRA, IDA DARCI BENATE, LIBERTINA WEBER, AMÉLIA MARTINS SOARES, FRANSCISCO DINIZ AMORIM, AIRES DE ANDRADE. SANTO CRISTO: JOÃO V. CARVALHO, AVELINO CARDOSO.</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3431/ind._155-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3431/ind._155-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UMA PAVIMENTAÇÃO ASFÁLTICA NA RUA TEÓFILO OTONI, NO CENTRO, ESQUINA DO FERRO VELHO ATE A CASA TELLES NO JARDIM ALICE.</t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3432/ind._156-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3432/ind._156-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A COLOCAÇÃO DE UMA FAIXA DE PEDESTRE ELEVADA E UM REDUTOR DE VELOCIDADE NA LADEIRA JOSÉ SOARES DA COSTA, EM FRENTE A APAE.</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3437/ind._157-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3437/ind._157-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O RECAPEAMENTO ASFÁLTICO E MELHORIAS NO BUEIRO NA RUA DELORME TAVEIRA PRÓXIMO AO NÚMERO 95, BAIRRO ALEXANDRE FERRAZ.</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3444/ind._158-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3444/ind._158-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE REFAÇA A PINTURA DE UMA FAIXA DE PEDESTRE, NA AVENIDA DR. CARLOS SOARES, EM FRENTE AO INSS.</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3445/ind._159-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3445/ind._159-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A MANUTENÇÃO DE PRAÇA (CALÇAMENTO, INSTALAÇÃO DE ILUMINAÇÃO E DE BANCOS), PODA DE ÁRVORE, LIMPEZA DA VIA, CAPTAÇÃO DE ÁGUAS PLUVIAIS E INSTALAÇÃO DE UM QUEBRA-MOLA (COM SINALIZAÇÃO E PINTURA), NA RUA ZUMBI DOS PALMARES, NO BAIRRO CAMPO BELO.</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3446/ind._160-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3446/ind._160-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA ESCOAMENTO PLUVIAL, REPARAÇÃO DE BURACO, IMPLANTAÇÃO DE REDE DE ESGOTO E COMPLEMENTO DE ASFALTO, NO FINAL DA RUA MARIA DO DODÔ (PRÓXIMO A CASA DE Nº 364 E TENDO COMO REFERÊNCIA ACIMA DO ANTIGO FLAMENGO BAR E DA CASA DO DADÁ).</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3447/ind._161-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3447/ind._161-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O RECAPEAMENTO DO ASFALTO DA RUA RAPOSO TAVARES (RUA DOS BOIS), NO BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3448/ind._162-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3448/ind._162-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO NA COMUNIDADE DO SÍTIO SANTA JULIANA, LOCALIZADA NA RODOVIA MG 447 KM 23.</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3450/ind._163-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3450/ind._163-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A REPARAÇÃO DE BURACO NA RUA SANTO ANTÔNIO, EM FRENTE À ENTRADA DA RUA DILERMANO FERREIRA MONTEIRO, NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3451/ind._164-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3451/ind._164-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA UM PONTO DE ÔNIBUS, UMA FAIXA DE PEDESTRES ELEVADA E QUEBRA MOLAS NO BAIRRO FILIPINHO E ALEXANDRE FERRAZ.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3452/ind._165-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3452/ind._165-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UM REDUTOR DE VELOCIDADE ADEQUADO NA FAZENDINHA.</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3453/ind._166-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3453/ind._166-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O ASFALTAMENTO DA ESTRADA QUE LIGA A COMUNIDADE DAS PEDRAS ATÉ A FAZENDINHA, PRÓXIMO AO SR. JOSÉ LUIZ E FAMÍLIA ABRAÃO.</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3454/ind._167-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3454/ind._167-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO EM TODAS AS CRECHES DA CIDADE, UM INCREMENTO NA SEGURANÇA DESSES LOCAIS.</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3455/ind._168-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3455/ind._168-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O RECAPEAMENTO ASFÁLTICO NA RUA DORALIZA GOMES MONTEIRO, BAIRRO CAPITÃO GONÇALO, PRÓXIMO AOS NÚMEROS 113,123 E 94.</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3456/ind._169-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3456/ind._169-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO 2OU 3 DESCARTES PARA MATERIAIS EM GERAL SEREM DESCARTADOS LEGALMENTE, CONFORME VEM ACONTECENDO NA NOSSA CIDADE DE MANEIRA INADEQUADA.</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3457/ind._170-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3457/ind._170-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A COLOCAÇÃO DE DOIS REDUTORES DE VELOCIDADE NA RUA MARIA DO DODÔ, UM DELES PRÓXIMO A CASA DO SR. JAIRO DUTRA E OUTRO PRÓXIMO AO BUSTER DA COPASA.</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3458/ind._171-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3458/ind._171-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA CONSTRUÍDA UMA PRAÇA COM ACADEMIA AO AR LIVRE E UMA CALÇADA PRÓXIMO AO ASILO LAR SÃO JOÃO BATISTA NA RUA VALDIR FORTUNATO, COHAB 1.</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3459/ind._172-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3459/ind._172-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJAM AMPLIADOS E MAIS DIVERSIFICADOS OS TRANSPORTES PARA TODOS OS PACIENTES COM CÂNCER QUE ESTEJAM EM PERÍODO DE TRATAMENTO, COMO QUIMIOTERAPIA E RADIOTERAPIA EM MURIAÉ.</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3460/ind._173-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3460/ind._173-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO EM CARÁTER DE URGÊNCIA, A COLOCAÇÃO DE TAMPA NA CAIXA DE CAPTAÇÃO DE ÁGUAS PLUVIAIS, NA RUA CAPITÃO GERALDO VALTER CUNHA, EM FRENTE A CASA DE Nº 540, TENDO COMO REFERÊNCIA AO LADO DA FÁBRICA DE PLACAS VEICULARES, SITUADAS NO BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3461/ind._174-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3461/ind._174-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CAPTAÇÃO DE ÁGUAS PLUVIAIS COM GRELHAS BUEIRAS E MANILHAS, NA LOCALIDADE CAPITÃO MACHADO (CÓRREGO DAS TACHAS).</t>
   </si>
   <si>
     <t>3462</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3462/ind._175-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3462/ind._175-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE E UMA FAIXA ELEVADA NA RUA SAID SLAID, EM FRENTE AO MANIA SOM, NO ALTO DA VOA VISTA.</t>
   </si>
   <si>
     <t>3463</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3463/ind._176-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3463/ind._176-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM QUEBRA MOLAS NA AV. GOVERNADOR BENEDITO VALADARES, ESQUINA COM RUA RAUL SOARES, PRÓXIMO À ESCOLA DR. CELSO MACHADO.</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3464/ind._177-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3464/ind._177-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA UMA FAIXA ELEVADA DE PEDESTRE NA ESQUINA DA AV. SÃO JOÃO BATISTA COM A AV. DR. CELSO MACHADO, NA RUA DA FEIRA.</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3465/ind._178-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3465/ind._178-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA INSTALADO UM POSTO DE SAÚDE AVANÇADO NA COMUNIDADE DO BOM JARDIM, ZONA RURAL DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3466</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3466/ind._179-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3466/ind._179-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO INSTALAÇÃO DE LIXEIRA NA RUA MAJOR FELICÍSSIMO, À ALTURA Nº 500, AO LADO DO ALBERGUE MUNICIPAL NELCI BRAZ.</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3467/ind._180-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3467/ind._180-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O PROJETO DE LEI DO ANTEPROJETO Nº 01/2022 QUE SEGUE EM ANEXO (ORIENTAÇÃO, DIAGNÓSTICO E TRATAMENTO DA ENDOMETRIOSE).</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O RECAPEAMENTO ASFÁLTICO, MELHORIAS NA ILUMINAÇÃO E CONSTRUA UNS BANCOS NA PRAÇA DO LIBANO, EM FRENTE O PARQUE DE EXPOSIÇÃO NA BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O RECAPEAMENTO ASFÁLTICO NA ESTRADA RURAL DO MASSAMBARÁ.</t>
   </si>
   <si>
     <t>3471</t>
   </si>
@@ -4069,3984 +4069,3984 @@
   <si>
     <t>3472</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE DOIS BANHEIROS DA QUADRA DO BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA CUMPRIDA A LEI APROVADA PELA CÂMARA MUNICIPAL NÃO SENDO DESCONTADO VALORES INJUSTAMENTE DO CARTÃO ALIMENTAÇÃO DOS SERVIDORES PÚBLICOS.</t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3475/ind._186-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3475/ind._186-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A PINTURA DE TODOS OS QUEBRAS MOLAS EXISTENTES NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3476/ind._187-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3476/ind._187-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA COLOCADO NAS ENTRADAS DA ZONA RURAL DO MUNICÍPIO DE VISCONDE DO RIO BRANCO, PLACAS IDENTIFICADORAS DA RESPECTIVA LOCALIDADE.</t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3477/ind._188-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3477/ind._188-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE FAÇA A INSTALAÇÃO DE UM QUEBRA-MOLAS COM SINALIZAÇÃO E PINTURA, NA RUA AGENOR NUNES SIQUEIRA, EM FRENTE À CASA DE Nº 406, NO BAIRRO NOVA RIO BRANCO.</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3478/ind._189-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3478/ind._189-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO NO BAIRRO CORONEL JOAQUIM LOPES, A PROIBIÇÃO DE CAMINHÕES E VEÍCULOS DE GRANDE PORTE ESTACIONAREM EM TODA EXTENSÃO DA AVENIDA PRESIDENTE ARTUR DA SILVA BERNARDES.</t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3479/ind._190-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3479/ind._190-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA UMA FAIXA ELEVADA DE PEDESTRE NA RUA DO DIVINO EM FRENTE À FISK.</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3482/ind._191-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3482/ind._191-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO EM CARÁTER DE URGÊNCIA A RETIRADA DOS CARROS, TRAILERS EQUIPAMENTOS E OUTROS QUE ENCONTRAM-SE EM SITUAÇÃO DE ABANDONO NAS RUAS, PRAÇAS E AVENIDAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>3483</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3483/ind._192-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3483/ind._192-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA DO CAPITÃO MACHADO ATÉ A RODOVIA QUE LIGA UBÁ X VRB.</t>
   </si>
   <si>
     <t>3484</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3484/ind._193-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3484/ind._193-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA QUE LIGA O CAPITÃO MACHADO ATÉ A ANTIGA ESCOLA DO SAPATEIRO.</t>
   </si>
   <si>
     <t>3485</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3485/ind._194-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3485/ind._194-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE O MUNICÍPIO DE VISCONDE DO RIO BRANCO REGULAMENTE O PISO SALARIAL DE ENFERMEIROS, TÉCNICOS DE ENFERMAGEM E PARTEIROS NOS TERMOS APROVADO PELO CONGRESSO NACIONAL.</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3486/ind._195-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3486/ind._195-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A PODA DE 04 ÁRVORES NA PRAÇA 28 DE SETEMBRO PRÓXIMO AO CARTÓRIO DO 2º OFÍCIO DE NOTAS.</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3487/ind._196-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3487/ind._196-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE O MUNICÍPIO COLOQUE UMA PROTEÇÃO NO BUEIRO DA RUA BUENO SIQUEIRA EM FRENTE AO Nº 40, BAIRRO SANTA CLARA.</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3488/ind._197-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3488/ind._197-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA PAVIMENTAÇÃO ASFÁLTICA NA COMUNIDADE DO MEMÓRIA ZONA RURAL.</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3489/ind._198-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3489/ind._198-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO SEJA FEITA A REGULARIZAÇÃO DE TODOS OS IMÓVEIS DO BAIRRO GILENO SIQUEIRA.</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3490/ind._199-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3490/ind._199-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FAÇA A PODA DAS ÁRVORES DA RUA MÁRIO BOUCHARDET NO BAIRRO JARDIM ALICE.</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3491/ind._200-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3491/ind._200-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O CONSERTO DO CALÇAMENTO DE BLOQUETES NA RUA CESÁRIO ALVIM ESQUINA COM RUA ANTÔNIO PAZZINI NO BAIRRO CHÁCARA E TAMBÉM RESTAURAR O BUEIRO.</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3492/ind._201-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3492/ind._201-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CAPINA E ASFALTAMENTO DA RUA DORALIZA GOMES MONTEIRO NO BARREIRO.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3493/ind._202-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3493/ind._202-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERINDO AO SR. PREFEITO QUE FAÇA UM PONTO DE ÔNIBUS FAIXA DE PEDESTRE E A IMPLANTAÇÃO DE UMA PLACA DE SINALIZAÇÃO DE ÁREA ESCOLAR, NA RUA JOSÉ SARAIVA (PRÓXIMO A ENTRADA DA ESCOLA MUNICIPAL PORFÍRIO SARAIVA), NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3495/ind._203-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3495/ind._203-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE FAÇA O MANILHAMENTO DE ÁGUA NA MARIA JUVENTINA, NO BAIRRO ANTÔNIO SOARES.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3496/ind._204-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3496/ind._204-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O RECAPEAMENTO ASFÁLTICO EM TODAS AS RUAS DO BAIRRO DE LOURDES.</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3497/ind._205-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3497/ind._205-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O MANILHAMENTO NOS FUNDOS DAS CASAS SITUADA NA RUA A, RANCHO VERDE 3 PARA CAPTAÇÃO DE ÁGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3498/ind._206-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3498/ind._206-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A PODA DAS ÁRVORES EM VÁRIOS PONTOS DA PRAÇA 28 DE SETEMBRO, PRINCIPALMENTE EM FRENTE A SORVETERIA MUNDO DO SORVETE E O CARTÓRIO DE REGISTROS DE IMÓVEIS.</t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3499/ind._207-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3499/ind._207-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA REALIZADO O RATEIO DOS VALORES ACUMULADOS DOS ANOS DE 2020 E 2021 DO PREVINE BRASIL ENTRE OS SERVIDORES PÚBLICOS DA SAÚDE PÚBLICA MUNICIPAL DO MONTANTE APROXIMADO DE R$637.958,00 (SEISCENTOS E TRINTA E SETE MIL E NOVECENTOS E CINQUENTA E OITO REAIS), CONFORME ATESTA O OFÍCIO Nº 0016/2022/SMS/SUS/VRB DE RESPOSTA AO REQUERIMENTO Nº 13/2022 DE NOSSA AUTORIA CONFORME É AUTORIZADO PELO ART. 8º PARÁGRAFO ÚNICO, DA LEI 1.619/2022.</t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>COMISSÃO DE VEREADORES, Alex Vinicius Coelho - Alex da Autoescola, Antônio de Souza Lima Neto - Nôka do Fizico</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3500/ind._208-2022_-_comissao_antonio-alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3500/ind._208-2022_-_comissao_antonio-alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA PINTURA DE UMA MOTO PISTA E UMA RAMPA NO PARQUE DE EXPOSIÇÃO PARA TREINAMENTO DE EXAME PRÁTICO DE DIREÇÃO DE CATEGORIA A.</t>
   </si>
   <si>
     <t>3501</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3501/ind._209-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3501/ind._209-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REFORMA GERAL NO TERMINAL RODOVIÁRIO MONSENHOR RAIMUNDO NONATO DE CARVALHO.</t>
   </si>
   <si>
     <t>3502</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3502/ind._210-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3502/ind._210-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A RETIRADA DO MATO DO BAIRRO NOVA CHÁCARA, A CAPINA FOI REALIZADA MAS O MATO FOI DEIXADO ESPALHADO PELO BAIRRO.</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3504/ind._211-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3504/ind._211-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO PREFEITO QUE FAÇA A REPARAÇÃO DE BURACO NA RUA CONSTÂNCIA DA ROCHA SOARES, PARTE ALTA DO BAIRRO DE LOURDES.</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3505/ind._212-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3505/ind._212-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE DOIS QUEBRA-MOLAS COM SINALIZAÇÃO E PINTURA NA RUA DORCELINO RIBEIRO (CHÁCARA DOS CORRÊAS) NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3506/ind._213-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3506/ind._213-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA ACADEMIA AO AR LIVRE NO TERRENO DO CENTRO COMUNITÁRIO DO BAIRRO RANCHO VERDE I.</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3507/ind._214-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3507/ind._214-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A RETIRADA DE UM QUEBRA-MOLA, NA RUA JOSÉ SARAIVA (PRÓXIMO A ENTRADA DA CHÁCARA DOS CORRÊA), NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3508/ind._215-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3508/ind._215-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO DA RUA FREI ZACARIAS E RUA GERVÁSIO MARTINS DE LIMA NO BAIRRO DE LOURDES (PRÓXIMO AO MERCADO DO JOSÉ ANANIAS).</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3509/ind._216-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3509/ind._216-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CAPTAÇÃO DE ÁGUAS PLUVIAIS COM GRELHAS, BUEIROS E MANILHAS E ASFALTAMENTO, NA TRAVESSA HEITOR VILLA LOBOS (CONHECIDA COMO MORRO DO ZÉ BONÉ) NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3510/ind._217-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3510/ind._217-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA INSTALAÇÃO DE DOIS QUEBRA-MOLAS NA RUA AUGUSTO FREDERICO SARAIVA UM EM FRENTE A LOJA DE BATERIAS (Nº 154) E OUTRO PRÓXIMO A QUADRA POLIESPORTIVA NO DISTRITO INDUSTRIAL DA COLÔNIA.</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3511/ind._218-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3511/ind._218-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O PATROLAMENTO E CASCALHAMENTO DA ESTRADA DA SERRA DA PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3512/ind._219-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3512/ind._219-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A TROCA DE LÂMPADAS QUEIMADAS E QUEBRADAS NOS POSTES DE ILUMINAÇÃO PÚBLICA DA CIDADE ALÉM DE VERIFICAR O FUNCIONAMENTO DOS REATORES DOS POSTES.</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3513/ind._220-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3513/ind._220-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA UMA MANUTENÇÃO NA GRADE MAIS CONHECIDO COMO MATA-BURRO DA RUA JOÃO VIEIRA NO ALTO DA BOA VISTA, PRÓXIMO AO BOQUEIRÃO.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3514/ind._221-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3514/ind._221-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA UMA LIMPEZA SEMANAL PARA TIRAR MÓVEIS JOGADO FORA NAS VIAS PÚBLICAS DA CIDADE.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3516/ind._222-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3516/ind._222-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA UMA LIMPEZA GERAL NA RUA JOSÉ MEDEIROS NO BAIRRO ANTÔNIO SOARES.</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3519/ind._223-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3519/ind._223-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A LIMPEZA E CAPINA DAS RUAS EXISTENTES NO BAIRRO NOVA CIDADE.</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3520/ind._224-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3520/ind._224-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO EM CARÁTER DE URGÊNCIA A CONSTRUÇÃO DE UM ACESSO PARA AS CASAS DOS MORADORES PARALELO A RUA DELORME TAVEIRA, BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3521/ind._225-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3521/ind._225-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA CONCEDIDO TRANSPORTE ESCOLAR AOS ESTUDANTES MATRICULADOS EM UNIVERSIDADES E ESCOLAS TÉCNICAS NO MUNICÍPIO DE JUIZ DE FORA, LEVANDO-OS AOS DOMINGOS E BUSCANDO NAS SEXTA-FEIRA.</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3522/ind._226-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3522/ind._226-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A CONSTRUÇÃO DE UMA PRAÇA ADAPTADA PARA PORTADORES DE DEFICIÊNCIA NO BAIRRO NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3523/ind._227-2022_-_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3523/ind._227-2022_-_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REFORMA DO PSF DA SEMENTEIRA.</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3524/ind._228-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3524/ind._228-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE VOLTE COM A CAÇAMBA DE LIXO NO TREVO DA SEMENTEIRA.</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3526/ind._229-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3526/ind._229-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE VOLTE COM CAEF (CENTRO DE ATENDIMENTO AO ESTUDANTE FUNDAMENTAL)</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3527/ind._230-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3527/ind._230-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONTINUIDADE DAS OBRAS DO CAMPO DO CRUZEIRO DO BARREIRO CONSTRUINDO VESTIÁRIOS, ARQUIBANCADAS E FAZENDO A ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3528/ind._231-2022_-_gerson_-_guilherme_-_joao_de_freitas_-_pedro_ju.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3528/ind._231-2022_-_gerson_-_guilherme_-_joao_de_freitas_-_pedro_ju.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CRIAÇÃO DA GUARDA CIVIL MUNICIPAL DE VISCONDE DO RIO BRANCO ATRAVÉS DE UM PROJETO DE LEI COMPLEMENTAR ENVIADO À CÂMARA.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3529/ind._232-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3529/ind._232-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA ATENDIDO AS REIVINDICAÇÕES DA COMUNIDADE DO BOM JARDIM RELATADA AO VEREADOR EM REUNIÃO NA COMUNIDADE NA DATA 21/05/2022, QUAIS SEJAM: _x000D_
 1- INSTALAÇÃO DE MAIS UMA CAIXA D'ÁGUA COM A LIGAÇÃO DE LUZ PARA QUE TODAS AS CAIXAS POSSUAM BOIA AUTOMÁTICA; _x000D_
 2- MANUTENÇÃO E REPARAÇÃO DAS DUAS ESTRADAS DA COMUNIDADE (EM CIMA E EMBAIXO, BEM COMO AS TRANSVERSAIS); _x000D_
 3-IMPLANTAÇÃO DO SISTEMA DE CAPTAÇÃO DE TRATAMENTO DO ESGOTO;_x000D_
 4- IMPLANTAÇÃO DO SISTEMA DE CAPTAÇÃO DE ÁGUA PLUVIAL COM MANILHAS E BUEIROS NAS RUAS E ESTRADAS DA COMUNIDADE; 5-INSTALAÇÃO DA PRAÇA DE LAZER COM ACADEMIA AO AR LIVRE; _x000D_
 6- INSTALAÇÃO DE POSTES E ILUMINAÇÃO AO PÚBLICO NA COMUNIDADE; _x000D_
 7-INSTALAÇÃO DE ANTENA DE TELEFONIA MÓVEL; _x000D_
 8- INSTALAÇÃO DE PONTO DE ÔNIBUS COM ILUMINAÇÃO; _x000D_
 9-INSTALAÇÃO DE POSTO MÉDICO, COM O ATENDIMENTO MÉDICO, NA COMUNIDADE; _x000D_
 10-ATENDIMENTO REGULAR DE AGENTES DE SAÚDE NA COMUNIDADE.</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3537/ind._233-2022_-_gerson_-_guilherme_-_joao_de_freitas_-_pedro_ju.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3537/ind._233-2022_-_gerson_-_guilherme_-_joao_de_freitas_-_pedro_ju.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE ATENDA AS REIVINDICAÇÕES DA COMUNIDADE DE PIEDADE DE CIMA RELATADAS AOS VEREADORES EM REUNIÃO NA COMUNIDADE NA DATA DE 27/05/2022.</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3539/ind._234-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3539/ind._234-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE A PREFEITURA INDIQUE O USO DE MÁSCARAS EM LOCAIS FECHADOS COMO ESCOLAS, COMÉRCIO, BANCOS E REPARTIÇÕES PÚBLICAS.</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3540/ind._235-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3540/ind._235-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA O CADASTRO DOS MORADORES SERRA VERDE E NOVA AMÉRICA NO PSF DA CHÁ                                                                                                                                                                                            CARA.</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3541/ind._236-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3541/ind._236-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A INTERVENÇÃO JUNTO A UMA EMPRESA DE TELEFONIA PARA INSTALAÇÃO DE UMA TORRE COM ANTENA DE SINAL MÓVEL NA COMUNIDADE DA PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3542/ind._237-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3542/ind._237-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A CONSTRUÇÃO DE UMA ACADEMIA AO AR LIVRE NO BAIRRO BELVEDERE.</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3543/ind._238-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3543/ind._238-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CAPINA DO PASSEIO E DA ESCADARIA EM FRENTE AO ANTIGO LACTÁRIO NO BAIRRO JARDIM ALICE.</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3544/ind._239-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3544/ind._239-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CAPTAÇÃO DE ÁGUAS PLUVIAIS NO BAIRRO CHÁCARA - RUA CESÁRIO ALVIM, PRÓXIMO AO CLUBE AABB.</t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3545/ind._240-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3545/ind._240-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE PASSE A OFERTAR VAGAS PARA O MATERNAL NA ESCOLA MUNICIPAL DA COMUNIDADE DA PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3546/ind._241-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3546/ind._241-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UM PONTO DE ÔNIBUS EM CARÁTER DE URGÊNCIA NA COMUNIDADE DA FAZENDINHA.</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3547/ind._242-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3547/ind._242-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A INSTALAÇÃO DE UMA FAIXA ELEVADA DEVIDAMENTE SINALIZADA NA RUA MELO BARRETO, EM FRENTE A POLICLÍNICA NO CENTRO.</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3548/ind._243-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3548/ind._243-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A CONSTRUÇÃO DE UM CANTEIRO PARA A SEPARAÇÃO DE VIA AO LONGO DA RUA AVELINO CARDOSO PIEDADE DO Nº 949 AO Nº 1175, JUNTAMENTE COM REDUTORES DE VELOCIDADE E SINALIZAÇÃO ADEQUADA.</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3549/ind._244-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3549/ind._244-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UM REDUTOR DE VELOCIDADE NA RUA DO CONTORNO, BAIRRO NOSSA SENHORA APARECIDA, PRÓXIMO AO Nº 177.</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3550/ind._245-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3550/ind._245-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO TRÊS QUEBRAS MOLAS NO INÍCIO DA RUA DELORME TAVEIRA, BAIRRO FILIPINHO, NOS SEGUINTES PONTOS DE REFERÊNCIA: 1 PRÓXIMO A CASA DA SENHORA RENATA CARRIM, 1 PRÓXIMO A CASA DA SENHORA ELAINE ROSÁRIO E OUTRO PERTO DO BUSTER DA COPASA.</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3551/ind._246-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3551/ind._246-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO NA RUA MELO BARRETO, ESQUINA COM A RUA SÃO JOSÉ NA ENTRADA DO PITO ACESO, UM ESPAÇO COM BANCOS E PLANTIO DE FLORES PARA QUE SE TORNE UM AMBIENTE AGRADÁVEL E ÚTIL PARA OS CIDADÃOS.</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3552/ind._247-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3552/ind._247-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UM POSTO DE SAÚDE PARA ATENDIMENTO DAS FAMÍLIAS NA COMUNIDADE DA FAZENDINHA, INCLUINDO ATENDIMENTO ODONTOLÓGICO.</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3553/ind._248-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3553/ind._248-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO JUNTO À SECRETARIA DE OBRAS E MOBILIDADE URBANA, ALARGAMENTO DA PONTE DO BEIRA RIO.</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3554/ind._249-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3554/ind._249-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO JUNTO À SECRETARIA DE OBRAS E MOBILIDADE URBANA, ALARGAMENTO DA PONTE DO BAIRRO PITO ACESO.</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3555/ind._250-2022_-_joao_pazzini_-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3555/ind._250-2022_-_joao_pazzini_-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A LIMPEZA DA RUA DO POSTO DE SAÚDE DO JARDIM DA BARRA, E TAMBÉM O SERVIÇO DE TAPA BURACO NAS RUAS DO BAIRRO ANTÔNIO SOARES E TAMBÉM JARDIM DA BARRA.</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3558/ind._251-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3558/ind._251-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CRIAÇÃO DE UM CENTRO DE RECUPERAÇÃO E REABILITAÇÃO FEMININA DE DEPENDENTES QUÍMICAS.</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3559/ind._252-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3559/ind._252-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O COMPLEMENTO DO ASFALTO EM TODA EXTENSÃO DA BEIRA LINHA.</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3560/ind._253-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3560/ind._253-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O RECAPEAMENTO DO ASFALTO EM TODA EXTENSÃO DA RUA SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3571/ind._254-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3571/ind._254-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA CALÇADA EM TORNO DA ESCOLA MUNICIPAL DEPUTADO LUIZ SOARES DA ROCHA NO BAIRRO CORONEL JOAQUIM LOPES, NAS RUAS JOSÉ MAXIMINO DE ALMEIDA E RUA JOÃO CÂNDIDO DUTRA.</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3572/ind._255-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3572/ind._255-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE DISPONIBILIZE MAIS VAGAS DE ESTACIONAMENTO PARA PESSOAS COM DEFICIÊNCIA NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3573/ind._256-2022_-_joao_pazzini-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3573/ind._256-2022_-_joao_pazzini-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA UMA OPERAÇÃO TAPA BURACOS NA RUA LOURIVAL GONÇALVES NO BARREIRO.</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3574/ind._257-2022_-_joao_pazzini-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3574/ind._257-2022_-_joao_pazzini-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERINDO QUE FAÇA O REPARO DO CALÇAMENTO DA RUA RAUL SOARES EM FRENTE À ENTRADA DO CONSERVATÓRIO.</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3575/ind._268-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3575/ind._268-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA UMA LIMPEZA GERAL NO BAIRRO RANCHO VERDE 3 E INSTALE UMA CAÇAMBA.</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3576/ind._259-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3576/ind._259-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UM CALÇADÃO E UMA ACADEMIA DE GINÁSTICA AO AR LIVRE NA RUA MARIA ANTÔNIA CARNEIRO, BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3577/ind._260-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3577/ind._260-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA AQUISIÇÃO DE UM TERRENO PARA CONSTRUÇÃO DE UM MERCADO MUNICIPAL.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3578/ind._261-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3578/ind._261-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE DISPONIBILIZE NO SITE DA PREFEITURA TODAS AS EMENDAS PARLAMENTARES QUE JÁ FORAM RECEBIDAS NO ANO DE 2021 E AS FUTURAS A SEREM RECEBIDA PELO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3579/ind._262-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3579/ind._262-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A REPARAÇÃO DE TODA ILUMINAÇÃO DA QUADRA DO BARREIRO COM URGÊNCIA NA PRAÇA SEBASTIÃO PACHECO.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3580/ind._263-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3580/ind._263-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A LIBERAÇÃO PARA QUE O CLUBE DE AEROMODELISMO POSSA PRATICAR ATIVIDADE NA USINA 2 NO BARREIRO.</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3582/ind._264-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3582/ind._264-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A RESTAURAÇÃO E SEJA INSTALADOS DOIS QUEBRA-MOLAS NA RUA ELVIRA GRAZIOLE, NO BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3583/ind._264-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3583/ind._264-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO DE APROXIMADAMENTE 10 METROS DE COMPRIMENTO E 5 METROS DE LARGURA, NA RUA RITA ALVES DE MELO, NO BAIRRO OPERÁRIOS.</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3584/ind._266-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3584/ind._266-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A TROCA DAS LÂMPADAS DO BAIRRO NOVA CHÁCARA POR LÂMPADAS DE LED.</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3585/ind._267-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3585/ind._267-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEIRA A REPARAÇÃO DE CRATERA NA RUA JOSIAS MARTINS NOGUEIRA E A REPARAÇÃO DO ASFALTO NA RUA JOANA MARIA DO CARMO FARIA, AMBAS NO BAIRRO NOVO PLANALTO.</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3586/ind._268-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3586/ind._268-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE REALIZAÇÃO DE OBRAS E MELHORIAS DA SEGURANÇA NO CEMITÉRIO SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3588/ind._269-2022_-_joao_pazzini-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3588/ind._269-2022_-_joao_pazzini-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A EXTENSÃO DE REDE NO TREVO DA IGREJINHA DO CLEMENTE DO MEIO, PERTO DA CASA DO RAUL CÂNDIDO.</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3589/ind._270-2022_-_joao_pazzini-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3589/ind._270-2022_-_joao_pazzini-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CAPINA E O RECOLHIMENTO DO LIXO EM TODA A EXTENSÃO DA AV. SINHÔ DRUMOND.</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3590/ind._271-2022_-_joao_pazzini-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3590/ind._271-2022_-_joao_pazzini-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA UMA REVISÃO NA ESTRUTURA DA PONTE DA AV. LIBERDADE NO BARREIRO.</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3591/ind._272-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3591/ind._272-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERINDO QUE FAÇA UMA REFORMA GERAL, COM TROCA DO PISO E INSTALAÇÃO DE UMA COBERTURA NO CRUZEIRO DAS ALMAS, LOCALIZADO AO LADO DO CEMITÉRIO.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3592/ind._273-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3592/ind._273-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A LIMPEZA RECAPEAMENTO DO ASFALTAMENTO, MELHORIAS NA ILUMINAÇÃO E REFORMA DO CORRIMÃO DO ESCADÃO, NA TRAVESSA JOSÉ INOCÊNCIO (EM FRENTE AO PRESÍDIO).</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3594/ind._274-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3594/ind._274-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA INSTALAÇÃO DE UM BEBEDOURO NO POSTO DE SAÚDE SANTA RITA, NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3595/ind._275-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3595/ind._275-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O CALÇAMENTO OU ASFALTE A ENTRADA DA CRECHE MUNICIPAL GUILHERME BENATTI.</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3596/ind._276-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3596/ind._276-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA REDUZIDO O TEMPO DE PARADA NO SINAL DE TRÂNSITO DA RUA MAJOR FELICÍSSIMO, PRÓXIMO AOS CORREIOS.</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3597/ind._277-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3597/ind._277-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE APRESENTE A ESTA CASA PROJETO DE LEI, NOS TERMOS DO ANEXO, PARA QUE INSTITUA O PAGAMENTO DO PISO SALARIAL NACIONAL DOS AGENTES COMUNITÁRIOS DE SAÚDE - ACS E DE AGENTE DE COMBATE ÀS ENDEMIAS - ACE.</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3598/ind._278-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3598/ind._278-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE PROTOCOLE NOVAMENTE O PROJETO DE LEI ORDINÁRIA 1940/2021 (DOAÇÃO DE LOTE PARA PESSOA FÍSICA).</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3600/ind._279-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3600/ind._279-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO EM CARATER DE URGÊNCIA, QUE SEJA FEITA CAPINA, LIMPEZA,E PAVIMENTAÇÃO ASFÁLTICA DA RUA EGÍDIO ROBERTO DE ALMEIDA, RUADO DA USINA</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3601/ind._280_-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3601/ind._280_-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO,QUE PAGUE O RETROATIVOS DO PISO SALARIAL NACIONAL DOS AGENTES COMUNITÁRIOS DE SAÚDE -ACS E DE AGENTE DE COMBATE ÀS ENDEMIAS - ACE , A PARTIR DE MAIO DE 2022.</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3602/ind._281-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3602/ind._281-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO, QUE O MUNICÍPIO DE VISCONDE DO RIO BRANCO REGULAMENTE, NOS TERMOS PROJETO DE LEI Nº1731/2021, O PISO SALARIAL NACIONAL PARA OS FISIOTERAPEUTAS E TERAPEUTAS OCUPACIONAIS COM VALOR  R$4800,00 (QUATRO MIL E OITOCENTOS REAIS).</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3603/ind._282_-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3603/ind._282_-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A INSTALAÇÃO DE UM PONTO DE INTERNET E AQUISIÇÃO DE UMA IMPRESSORA E COPIADORA PARA O POSTO DE SAÚDE DA COMUNIDADE DA PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3604/ind._283-2022_-_pedro_julio_sobrinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3604/ind._283-2022_-_pedro_julio_sobrinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO, QUE SEJA CONSTRUÍDO UMA PASSARELA PARA PEDESTRE NA PONTE DO BARREIRO.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3605/ind._284-2022_-_pedro_julio_sobrinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3605/ind._284-2022_-_pedro_julio_sobrinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO QUE FAÇA PODA DAS ÁRVORES NA PRAÇA 28 DE SETEMBRO PRINCIPALMENTE EM FRENTE A SORVETERIA MUNDO DO SORVETE.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3606/ind._285-2022_-_pedro_julio_sobrinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3606/ind._285-2022_-_pedro_julio_sobrinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA CALÇADA EM FRENTE O LAVA JATO NA RUA MAJOR FELICÍSSIMO, PRÓXIMO AO NÚMERO 284.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3607/ind._286-2022_-_pedro_julio_sobrinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3607/ind._286-2022_-_pedro_julio_sobrinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A INSTALAÇÃO DE 03 POSTES DE ILUMINAÇÃO PÚBLICA NA RUA ARNALDO PACHECO DE MEDEIROS NO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3610/ind._287-2022_-_carlos_antonio_da_cruz.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3610/ind._287-2022_-_carlos_antonio_da_cruz.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO QUE SEJA FEITO RECAPEAMENTO DO CALÇAMENTO NO BAIRRO RANCHO VERDE I EM TODA EXTENSÃO DAS RUAS: JOÃO CORRÊA LINO, MÁRIO FERREIRA, JAIR DIAS BICALHO E JOSÉ TAGINO JACINTO.</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3611/ind._288-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3611/ind._288-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO ESTUDOS E TOMADA AS PROVIDÊNCIAS ADMINISTRATIVAS LEGAIS E NECESSÁRIAS, OBJETIVANDO-SE A CONSTRUÇÃO DE UM PORTAL NAS DUAS ENTRADAS PRINCIPAIS DA CIDADE, PELO BAIRRO FILIPINHO/NOVO HORIZONTE E BARRA DOS COUTOS CONFORME CROQUI EM ANEXO.</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3615/ind._289-2022_-_carlos_antonio_da_cruz.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3615/ind._289-2022_-_carlos_antonio_da_cruz.pdf</t>
   </si>
   <si>
     <t>SUGERE SR. PREFEITO QUE SEJA FEITO A PODA DE ÁRVORES NO BAIRRO NOVO HORIZONTE, RUA JOSÉ GERALDO NAMORATO (AO LADO DA ESCOLA)</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3616/ind._290-2022_-_antonio_de_souza_neto.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3616/ind._290-2022_-_antonio_de_souza_neto.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A DISTRIBUIÇÃO DE EPI (EQUIPAMENTO DE PROTEÇÃO INDIVIDUAL ) PARA GARI LIXEIRO OU COLETOR DE LIXO.</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3617/ind._291-2022_-_guilherme_guimaraes_azevedo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3617/ind._291-2022_-_guilherme_guimaraes_azevedo.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE ATENDA AS REIVINDICAÇÕES DO BAIRRO RANCHO VERDE III RELATADA AO VEREADOR EM REUNIÃO NO BAIRRO NA DATA DE 14/07/2022, QUAIS SEJAM:_x000D_
 1) A INSTALAÇÃO DE QUEBRA MOLA NOS CRUZAMENTOS;_x000D_
 2) A IMPLANTAÇÃO DO SISTEMA DE CAPTAÇÃO E TRATAMENTO DO ESGOTO;_x000D_
 3) A INSTALAÇÃO DA PRAÇA DE LAZER, COM ACADEMIA AO AR LIVRE;_x000D_
 4) A INSTALAÇÃO DE TELEFONIA MÓVEL;_x000D_
 5) A INSTALAÇÃO DE POSTO MÉDICO NO BAIRRO;_x000D_
 6) LIMPEZA NA ULTIMA RUA DO BAIRRO,EM PARALELO AO BARRANCO;_x000D_
 7) A INSTALAÇÃO DE UM BUEIRO NA RUA A;_x000D_
 8) COLOCAR UMA TAMPA OU ATERRAR A CAIXA ANTIGA DE ESGOTO QUE ESTÁ ABERTA,CORRENDO O RISCO DE CRIANÇAS CAÍREM LÁ DENTRO._x000D_
 9) REFORÇAR A SEGURANÇA PÚBLICA NO BAIRRO.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3618/ind._292-2022_-_guilherme_guimaraes.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3618/ind._292-2022_-_guilherme_guimaraes.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO QUE INSTALE UMA LIXEIRA DE CESTO SUSPENSO PRÓXIMO A ESCOLA ESTADUAL ANTÔNIO GOUVEIA DE LIMA.</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3619/ind._293-2022_-_guilherme_gumaraes_azevedo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3619/ind._293-2022_-_guilherme_gumaraes_azevedo.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA REALIZADO O RATEIO DOS VALORES DO PREVINE BRASIL E PMAQ-CEOBEM COMO CONCEDIDO, A QUEM TÊM DIREITO, A VALORIZAÇÃO POR QÜINQÜENIO, LICENÇAS- PRÊMIO E DEMAIS MECANISMOS DOS SERVIDORES PÚBLICOS DA ÁREA DE SAÚDE.</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3620/ind._294-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3620/ind._294-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A REPARAÇÃO DAS VIAS E A COLOCAÇÃO DE TAMPAS NOS BUEIROS DO BAIRRO NOVA CHÁCARA.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3621/ind._295-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3621/ind._295-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A TROCA DE PISO NA CALÇADA DO MUSEU MUNICIPAL, SITUADO NA RUA DO DIVINO.</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3622/ind._296-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3622/ind._296-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A PINTURA DE DUAS FAIXAS DE PEDESTRES NA RUA MAJOR FELICÍSSIMO, NO CENTRO DESTA CIDADE.</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3623/ind._297-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3623/ind._297-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE AO SR PREFEITO QUE SEJA FEITO UM REDUTOR DE VELOCIDADE NA RUA CONSELHEIRO SANTANA SENTIDO FORMIGA DE TRÁS Nº558.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3624/ind._298-2022_-alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3624/ind._298-2022_-alex.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE O SR PREFEITO QUE SEJA FEITO A LIMPEZA, PATROLAMENTO E CASCALHAMENTO DAS COMUNIDADES RURAIS CITADOS NA JUSTIFICATIVA.</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3626/ind._299-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3626/ind._299-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO PAVIMENTAÇÃO ASFÁLTICA NAS COMUNIDADES DO BOM JARDIM  DE CIMA E BOM JARDIM DE BAIXO.</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3627/ind._300-2022_-_joao_pazzini-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3627/ind._300-2022_-_joao_pazzini-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A LIMPEZA EM TODA EXTENSÃO DO RIO XOPOTÓ.</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3628/ind._301-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3628/ind._301-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJAM FEITAS VAGAS DE ESTACIONAMENTO PARA AS FARMÁCIAS DROGARIA AMERICANA, E DROGA MAIS POPULAR QUE SE ENCONTRAM NA PRAÇA TIRADENTES.</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3629/ind._302-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3629/ind._302-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A CONSTRUÇÃO DE REDE DE CAPTAÇÃO DE ÁGUA PLUVIAL ESCADÃO E BUEIROS NAS RUAS JOÃO VERÍSSIMO DE CARVALHO E IDA DARCY BENATTI, NO BAIRRO SANTO CRISTO.</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3633/ind.303_-_2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3633/ind.303_-_2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO QUE FAÇA O CALÇAMENTO OU ASFALTAMENTO NA RUA JOSÉ LOPES NA ESQUINA COM A RUA JOÃO CORRÊA LINO, PRÓXIMO AO NÚMERO 500 NO BAIRRO RANCHO VERDE I</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3634/ind.304-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3634/ind.304-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA DA RUA JOÃO CORRÊA LINO, ENTRE OS BAIRROS PIEDADE E RACHO VERDE I</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3635/ind._305-2022_-_guilherme_gumaraes_azevedo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3635/ind._305-2022_-_guilherme_gumaraes_azevedo.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE REGULAMENTE A AUMENTE OS VALORES DO PROGRAMA DE TRATAMENTO FORA DO DOMICÍLIO (TFD)DO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3638/ind._306-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3638/ind._306-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA REFEITA A BASE DE CONCRETO NO ENTORNO DO BUEIRO E TROCA DE LIXEIRA, NA RUA AVELINO CARDOSO, NO BAIRRO PIEDADE.</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3639/ind._307-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3639/ind._307-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A CONSTRUÇÃO DE UMA ACADEMIA AO AR LIVRE NA COMUNIDADE DO RUADO DAS PEDRAS.</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3640/ind._308-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3640/ind._308-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UMA ACADEMIA AO AR LIVRE E UMA PRAÇA COM PARQUINHO NA RUA AVELINO CARDOSO, BAIRRO PIEDADE.</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3641/ind._309-2022_-_joao_pazzini-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3641/ind._309-2022_-_joao_pazzini-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A EXTENSÃO DA REDE ELÉTRICA COM A INSTALAÇÃO DE TRÊS POSTES DE ILUMINAÇÃO NA ESTRADA DO BONFIM, ZONA RURAL, PRÓXIMO AO SÍTIO BENETTELO.</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3642/ind._310-2022_-_joao_pazzini-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3642/ind._310-2022_-_joao_pazzini-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE IMPLANTE NA REDE MUNICIPAL DE ENSINO PALESTRAS MENSAIS SOBRE PREVENÇÃO DO USO DE DROGAS.</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3643/ind._311-2022_-_joao_pazzini-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3643/ind._311-2022_-_joao_pazzini-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A PINTURA DE REDUTORES DE VELOCIDADE PRÓXIMOS AS ESCOLAS, COM A CONSTRUÇÃO DE REDUTORES ONDE NÃO HOUVER PRÓXIMOS A ESTAS ESCOLAS. ALÉM DE COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO.</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3644/ind._312-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3644/ind._312-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO UM QUEBRA MOLAS NA RUA CRISTIANO FERRAZ BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3645/ind._313-2022_-carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3645/ind._313-2022_-carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO UM REDUTOR DE VELOCIDADE NA RUA MATILDE CAMPOS, PRÓXIMO AO NÚMERO 189 BAIRRO FRANCISCANOS.</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3647/ind._314-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3647/ind._314-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO QUE SEJA FEITO UM PONTO DE EMBARQUE E DESEMBARQUE DE PASSAGEIROS NA AV.SÃO JOÃO BATISTA, EM FRENTE AO SENAI.</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3648/ind._315-2022_-_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3648/ind._315-2022_-_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO QUE SEJA FEITO A PINTURA DE FAIXAS DE SINALIZAÇÃO HORIZONTAL DE SOLO ALÉM DE TODAS AS SINALIZAÇÕES NECESSÁRIAS COMO PINTURA DE FAIXAS DE PEDESTRES QUEBRA MOLAS, VAGAS DE IDOSOS E DEFICIENTES E TAMBÉM TODA SINALIZAÇÃO VERTICAL QUE SEJA IMPORTANTE PARA A TODA EXTENSÃO DA AV. DR CARLOS SOARES.</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3649/ind._316_-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3649/ind._316_-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO QUE SEJA FEITO MELHORIAS NO CALÇAMENTO DA RUA SEBASTIÃO LOPES FERRAZ BAIRRO PRIMAVERA.</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3650/ind._317-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3650/ind._317-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A MANUTENÇÃO NA REDE PLUVIAL E REDE DE ESGOTO JUNTAMENTE COM A COPASA NA PONTE DA RUA PREFEITO JÚLIO CARONE NO BAIRRO NOSSA SENHORA DAS GRAÇAS.</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3651/ind._318-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3651/ind._318-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA INSTALADO 2 REDUTORES DE VELOCIDADE EM CARÁTER DE URGÊNCIA NA VIA QUE LIGA O RANCHO VERDE 3 AO FLORESTA DENOMINADA ESTRADA DOS BRÁZ.</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3652/ind._319-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3652/ind._319-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO PLACAS DE SINALIZAÇÃO DE PARE VERTICAL E HORIZONTAL NA RUA ELVIRA GRAZIOLE ESQUINA COM A RUA MARIA ANTONIETA CARNEIRO, BAIRRO FILIPINHO, EM FRENTE A AGROCARLOS</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3656/ind_320_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3656/ind_320_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO QUE SEJA FEITO A ELEVAÇÃO DE CONCRETO SOBRE A PONTE DO LÃO JA EXISTENTE.</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3658/ind._321-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3658/ind._321-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO MELHORIAS NA PARTE ELÉTRICA DA QUADRA NO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3659/ind._322-2022_-_guilherme_gumaraes_azevedo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3659/ind._322-2022_-_guilherme_gumaraes_azevedo.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE ADEQUE A OBRA DA RUA CORONEL GERALDO (CALÇADÃO) PARA QUE TENHA TOTAL ACESSIBILIDADE À PESSOAS COM DEFICIÊNCIA, EM ESPECIAL CADEIRANTES, EM TODO O PERCURSO E EM ESPECIAL NAS SUBIDAS E DESCIDAS (RAMPAS).</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3660/ind._323-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3660/ind._323-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A INSTALAÇÃO DE 4 (QUATRO) POSTES DE ILUMINAÇÃO NA ENTRADA DO TREVO DO MASSAMBARÁ NA RODOVIA.</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3661/ind._324-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3661/ind._324-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA ADQUIRIDO EM CARÁTER DE URGÊNCIA UM VEÍCULO PARA CAPTURA DE ANIMAIS SOLTOS EM VIAS PÚBLICAS COMO RUAS, AVENIDAS E RODOVIA.</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3663/ind._325-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3663/ind._325-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A AMPLIAÇÃO DA REDE DE ILUMINAÇÃO IMPLANTANDO MAIS 04 POSTES NA LOCALIDADE DO CAPITÃO MACHADO (PRÓXIMO A EMPRESA RIO BRANCO LARANJAS SELECIONADAS).</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3664/ind._326-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3664/ind._326-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM MURO DE CONTENÇÃO NA RUA ALAIR MOREIRA DA SILVA, NO BAIRRO OPERÁRIOS.</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3665/ind._327-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3665/ind._327-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA NOVA PRAÇA DE LAZER COMPLETA, COM ARBORIZAÇÃO, PARQUE INFANTIL COMPLETO, APARELHOS DE GINÁSTICA PARA A PRÁTICA DE EXERCÍCIOS FÍSICOS AO AR LIVRE E ÁREA DE RECREAÇÃO, NA PRAÇA EM FRENTE AO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3667/ind._328-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3667/ind._328-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UMA ACADEMIA AO AR LIVRE NO BAIRRO RANCHO VERDE II.</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3668/ind._329-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3668/ind._329-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA PAVIMENTAÇÃO ASFÁLTICA E ILUMINAÇÃO ELÉTRICA NA RUA DOM SARAIVA ANTIGA RUA DA MANGUEIRA, BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3669/ind._330-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3669/ind._330-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A DOAÇÃO DO TERRENO PARA IMPLANTAÇÃO DE MAIS INDÚSTRIAS AO LADO DA CRECHE DA COLÔNIA NA RUA MARIA EDWIRGES SARAIVA.</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3670/ind._331-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3670/ind._331-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REFORMA DA PONTE DA COMUNIDADE DO GORDURA E A LIMPEZA DO CÓRREGO.</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3671/ind._332-2022_-_jojao_pazzini-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3671/ind._332-2022_-_jojao_pazzini-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UM CALÇADÃO EM TODA A EXTENSÃO DO AV. DR. LELÉ.</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3672/ind._333-2022_-_jojao_pazzini-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3672/ind._333-2022_-_jojao_pazzini-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO AMPLIAÇÃO DA REDE ELÉTRICA NA ESTRADA DO ABRAÃO NA FAZENDINHA, ZONA RURAL.</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3673/ind._334-2022_-_jojao_pazzini-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3673/ind._334-2022_-_jojao_pazzini-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A PINTURA DE REDUTORES DE VELOCIDADE PRÓXIMOS AS ESCOLAS COM A CONSTRUÇÃO DE REDUTORES ONDE NÃO HOUVER PRÓXIMOS A ESTAS ESCOLAS, ALÉM DE COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO.</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3674/ind._335-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3674/ind._335-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O ASFALTAMENTO E AS MELHORIAS NECESSÁRIAS EM TODA A INFRAESTRUTURA DA RUA DAS FLORES, BAIRRO NOVA PIEDADE.</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3676/ind._336-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3676/ind._336-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA UMA ACADEMIA AO AR LIVRE NA PRAÇA ANTÔNIO LOPES DE FARIA BAIRRO DULCILIA CARONE PRÓXIMO AO ANTIGO MATADOURO.</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3677/ind._337-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3677/ind._337-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE ALGUNS BANCOS NA QUADRA DO BAIRRO COHAB I.</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3678/ind._338-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3678/ind._338-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UM REDUTOR DE VELOCIDADE NA RUA SÃO SEBASTIÃO, PRÓXIMO A OFICINA DO AILTON, BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3679/ind._339-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3679/ind._339-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO EM CARÁTER DE URGÊNCIA O ASFALTAMENTO NO BAIRRO RANCHO VERDE I EM TODA EXTENSÃO DAS RUAS: JOÃO CORRÊA LINO MÁRIO FERREIRA, JAIR DIAS BICALHO JOSÉ TAGINO JACINTO, ARNALDO PACHECO BENDEIROS FRANCISCO AMARAL, FRANCISCO BORGES VIEIRA, JOÃO CARDOSO DA SILVA E RUA VEREADOR ANTÔNIO TEIXEIRA BARBOSA.</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3680/ind._340-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3680/ind._340-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A IMPLANTAÇÃO DE POSTO DE SAÚDE DE UM PSF (PROGRAMA DE SAÚDE DA FAMÍLIA) NOS BAIRROS NOVO HORIZONTE E NOVA CIDADE.</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3681/ind._341-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3681/ind._341-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO OU INSTALAÇÃO DE UM POSTO DE SAÚDE/PSF NO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3682/ind._342-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3682/ind._342-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CAPTAÇÃO DE ÁGUAS PLUVIAIS COM GRELHAS, BUEIROS E MANILHAS E O NIVELAMENTO NA RUA JULIA LIPPARINI VENTURA, EM FRENTE AO Nº 148 QUADRA G, BAIRRO SOLAR.</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3683/ind._343-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3683/ind._343-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA MANUTENÇÃO EM UM BUEIRO NA ESTRADA DO BONFIM, PRÓXIMO À RESIDÊNCIA DO SR. LOURIVAL FERRAZ.</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3684/ind._344-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3684/ind._344-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM POÇO ARTESIANO NA COMUNIDADE DA PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3685/ind._345-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3685/ind._345-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO DA RUA JACOB FERREIRA DUTRA, NO BAIRRO FILIPINHO (CAMPO BELO).</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3688/ind._346-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3688/ind._346-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE REGULARIZE E ADEQUE O TRANSPORTE DE HEMODIÁLISE PRA UBÁ, DESTINANDO UM VEÍCULO ESPECÍFICO PARA O TRATAMENTO DA HEMODIÁLISE, COM MAIS CONFORTO E SEGURANÇA.</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3691/ind._347-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3691/ind._347-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA UMA CERCA NA DIVISA DO TERRENO DA PREFEITURA, PRÓXIMO À CRECHE, NA RUA MARIA EDWIRGES SARAIVA COLÔNIA.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3692/ind._348-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3692/ind._348-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O CALÇAMENTO, INSTALAÇÃO DE ILUMINAÇÃO E DE BANCOS, MANUTENÇÃO DOS APARELHOS DE GINÁSTICA E IMPLANTAÇÃO DE UM PARQUE INFANTIL, NO TERRENO ATRÁS DA ESCOLINHA TIA NANÁ NO BAIRRO COHAB I.</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3693/ind._349-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3693/ind._349-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE 02 (DOIS) POSTES DE ILUMINAÇÃO PÚBLICA NO LOCAL CONHECIDO COMO "BECO DA DONA CARMINHA" QUE LIGA A RUA JOSÉ SARAIVA (RUA PRINCIPAL) À RUA MELO BARRETO (BEIRA LINHA), NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3694/ind._350-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3694/ind._350-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REFORMA DA LAVANDERIA NA PRAÇA ANTÔNIO LOPES  DE FARIA NO BAIRRO DULCILIA CARONE PRÓXIMO AO ANTIGO MATADOURO.</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3695/ind._351-2022_-_joao_pazzini-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3695/ind._351-2022_-_joao_pazzini-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA UMA FAXINA GERAL NA PRAÇA 28 DE SETEMBRO, COM USO DE CAMINHÃO PIPA E DESINFETANTE.</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3696/ind._352-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3696/ind._352-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA EXTENSÃO DA REDE ELÉTRICA EM TODO O BAIRRO GILENO SIQUEIRA.</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3697/ind._353-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3697/ind._353-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA UMA ROTATÓRIA NA RUA VOLUNTÁRIOS DA PÁTRIA COM A RUA FLORIANO PEIXOTO.</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3698/ind._354-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3698/ind._354-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O RECAPEAMENTO ASFÁLTICO E CAPTAÇÃO DE ÁGUA PLUVIAL NA RUA GERALDO RODRIGUES MARTINS Nº 61 BAIRRO GILENO SIQUEIRA.</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3699/ind._355-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3699/ind._355-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO PREFEITO QUE SEJA FEITO POÇO ARTESIANO E A REDE DE INSTALAÇÃO DE ÁGUA NA COMUNIDADE DO GORDURA.</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3700/ind._356-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3700/ind._356-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3701/ind._357-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3701/ind._357-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE LIXEIRAS SUSPENSAS COM GRANDE CAPACIDADE DE ARMAZENAMENTO EM TODAS AS RUAS DO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3702/ind._358-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3702/ind._358-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CAPTAÇÃO DE ÁGUAS PLUVIAIS E A COLOCAÇÃO DE MAIS DOIS BUEIROS NA PRAÇA ANTÔNIO LOPES DE FARIA NO BAIRRO DULCILIA CARONE.</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3703/ind._359-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3703/ind._359-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE MAIS UM POÇO ARTESIANO NA COMUNIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3704/ind._360-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3704/ind._360-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO 3 REDUTORES DE VELOCIDADE NA RUA PRINCIPAL EM FRENTE AO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3705/ind._361-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3705/ind._361-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A IMPLANTAÇÃO DE POSTO DE SAÚDE DE UM PSF (PROGRAMA DE SAÚDE DA FAMÍLIA) NOS BAIRROS NOVO HORIZONTE/NOVA CIDADE.</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3706/ind._362-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3706/ind._362-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO AS MELHORIAS NECESSÁRIAS COMO A CAPTAÇÃO DE ÁGUAS PLUVIAIS E CONSTRUÇÃO DE BUEIROS EM TODA A INFRAESTRUTURA DA RUA DAS FLORES BAIRRO NOVA PIEDADE.</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3707/ind._363-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3707/ind._363-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A LIMPEZA DE TODA EXTENSÃO DO CÓRREGO QUE PASSA NO CENTRO NA AVENIDA DR. CARLOS SOARES, TRAVESSA SOUZA LIMA, RUA CORONEL GERALDO E RUA DO DIVINO (CENTRO).</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3708/ind._364-2022_-_joao_pazzini-_bereco.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3708/ind._364-2022_-_joao_pazzini-_bereco.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR.PREFEITO QUE FAÇA A REFORMA DAS BARRACA DA FEIRINHA QUE ACONTECE NA PRAÇA 28 DE SETEMBRO.</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3709/ind._365-2022_-__gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3709/ind._365-2022_-__gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA A CONTRATAÇÃO DE UMA EMPRESA PARA CONSTITUIR NO CÓRREGO DOS ELIAS (SETOR 1) UMA EXTENSÃO DE REDE ELÉTRICA COM DUAS FASES.</t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3710/ind._366-2022_-__gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3710/ind._366-2022_-__gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE 90 METROS DE UMA NOVA REDE SANITÁRIA DE ESGOTO NO CÓRREGO DOS ELIAS (SETOR 1).</t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3711/ind._367-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3711/ind._367-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO TODAS AS MELHORIAS NECESSÁRIAS COMO ASFALTAMENTO E CAPTAÇÃO DE ÁGUAS PLUVIAIS NA INFRAESTRUTURA DA ESTRADA QUE LIGA A SEMENTEIRA ATÉ A DIVISA COM O MUNICÍPIO DE SÃO GERALDO.</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3712/ind._368-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3712/ind._368-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O ASFALTAMENTO DA RUA SEBASTIÃO LOPES FERRAZ, BAIRRO PRIMAVERA.</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3715/ind._369-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3715/ind._369-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA PAVIMENTAÇÃO ASFÁLTICA EM TODA EXTENSÃO DO BAIRRO GILENO SIQUEIRA.</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3716/ind._370-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3716/ind._370-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O ENVIO DE UM PROJETO DE LEI QUE AUTORIZE O EXECUTIVO MUNICIPAL A IMPLANTAR E DOAR LOTEAMENTO SOCIAL EM FAVOR DAS FAMÍLIAS CARENTES, DEVENDO APLICAR A PENALIDADE DE REVERSÃO EM FAVOR DO PATRIMÔNIO MUNICIPAL CONFORME DISPÕE O ARTIGO 5º DA LEI 340/1997.</t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3717/ind._371-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3717/ind._371-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE DOIS BANHEIROS PÚBLICOS NA PRAÇA PREFEITO SEBASTIÃO PACHECO, SITUADA NO BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3718/ind._372-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3718/ind._372-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA INSTALADO MAIS UM BEBEDOURO INDUSTRIAL NA ESCOLA MUNICIPAL ALBERTINA SOARES DA COSTA MAIS CONHECIDA COMO TIA NANÁ.</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3719/ind._373-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3719/ind._373-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UMA MANUTENÇÃO NO PARQUINHO E NA ACADEMIA AO AR LIVRE DA PRAÇA PREFEITO SEBASTIÃO PACHECO NO BARREIRO.</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3720/ind._374-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3720/ind._374-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE SEMÁFOROS NO CRUZAMENTO EM FRENTE AO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3721/ind._375-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3721/ind._375-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE DOIS QUEBRA-MOLAS, NA RUA WILSON FONSECA (ANTIGA RUA DA MANGUEIRA) NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3722/ind._376-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3722/ind._376-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A COMPRA DE VEÍCULOS NOVOS PARA TRANSPORTE DE  PASSAGEIROS DOS PACIENTES PARA MURIAÉ  E JUIZ DE FORA (VAN, MICRO-ÔNIBUS OU ÔNIBUS).</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3723/ind._377-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3723/ind._377-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A TROCA DA TAMPA DO BUEIRO NA RUA CORONEL BELARMINO ESQUINA COM A RUA ONELIO JOSÉ DE LIMA BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3724/ind._378-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3724/ind._378-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA INSTALADA NO BAIRRO SÃO JORGE ACADEMIA AO AR LIVRE E PRAÇA DE ESPORTE, BEM COMO SEJA REALIZADO REPAROS E LIMPEZAS NOS BUEIROS E LIXEIRAS DO BAIRRO.</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3726/ind._379-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3726/ind._379-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO EM CARÁTER DE URGÊNCIA A REFORMA E MELHORIAS, NECESSÁRIAS DA PRAÇA RONALDO DRUMMOND COSTA NO BAIRRO CENTENÁRIO RUA DR. FUAD RACHILDE.</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3727/ind._380-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3727/ind._380-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O ASFALTAMENTO DAS RUAS DO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3729/ind._381-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3729/ind._381-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A INSTALAÇÃO DE UM QUEBRA MOLA NA RUA FRANCISCO MARTINIANO DA SILVA NO BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3730/ind._382-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3730/ind._382-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO MELHORIAS NA CAPTAÇÃO DAS ÁGUAS PLUVIAIS EM TODA EXTENSÃO NA RUA SÃO JOSÉ E JOSÉ TEIXEIRA DE OLIVEIRA PRIMO, BAIRRO PITO ACESO.</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3731/ind._383-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3731/ind._383-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO DA ESTRADA RURAL DA COMUNIDADE DO MASSAMBARÁ, ZONA RURAL.</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3732/ind._384-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3732/ind._384-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REFORMA DA PONTE NO CÓRREGO DO INHABÚ, NA COMUNIDADE DA ´PIEDADE DE CIMA, PRÓXIMO A CASA DO SR. OTÁVIO.</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3733/ind._385-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3733/ind._385-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A INTERVENÇÃO JUNTO A UMA EMPRESA DE TELEFONIA PARA INSTALAÇÃO DE UMA TORRE COM ANTENA DE SINAL MÓVEL NA COMUNIDADE DO MEMÓRIA.</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3734/ind._386-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3734/ind._386-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A LIMPEZA EM TODA EXTENSÃO DA RUA SÃO JOSÉ BAIRRO PITO ACESO.</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3735/ind._387-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3735/ind._387-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A REVITALIZAÇÃO DO CALÇADÃO DA BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3738/ind._388-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3738/ind._388-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A REFORMA E MELHORIAS NECESSÁRIAS NO CRUZEIRO DE SANTA EFIGÊNIA, RUA GENERAL OSÓRIO BAIRRO SÃO JORGE.</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3739/ind._389-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3739/ind._389-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA CONTRATADA PELA PREFEITURA UMA EMPRESA TERCEIRIZADA DE COLETA DE LIXO.</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3740/ind._390-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3740/ind._390-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO DE UMA VIA DE APROXIMADAMENTE 20 METROS DE COMPRIMENTO E 05 METROS DE LARGURA, CONHECIDA COMO "BECO DA DONA CARMINHA", QUE LIGA A RUA JOSÉ SARAIVA (RUA PRINCIPAL) À RUA MELO BARRETO (BEIRA LINHA) , NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3741/ind._391-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3741/ind._391-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE ILUMINAÇÃO, MANUTENÇÃO NO PARQUE INFANTIL E NA ACADEMIA AO AR LIVRE, NO TERRENO DESTINADO A PRAÇA DO BAIRRO COHAB III.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3742/ind._392-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3742/ind._392-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO MELHORIAS EM TODA EXTENSÃO DA ESTRADA DO CANEDO, E TAMBÉM NA CAPTAÇÃO DAS ÁGUAS PLUVIAIS DO MESMO.</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3743/ind._393-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3743/ind._393-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CAPTAÇÃO DE ÁGUAS PLUVIAIS COM GRELHAS, BUEIROS E MANILHAS NA RUA JOSÉ SARAIVA, PRÓXIMO A RESIDÊNCIA DA DONA CÉLIA, NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3744/ind._394-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3744/ind._394-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A RECONSTRUÇÃO DO MEIO-FIO NA RUA JUDITH TEREZINHA SILVA BRÁS, NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3745/ind._395-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3745/ind._395-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A TROCA DAS LÂMPADAS QUEIMADAS DO BOM JARDIM I ZONA RURAL.</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3746/ind._396-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3746/ind._396-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A PODA DAS ÁRVORES NA RIO BAHIA, ESTRADA RURAL PAVIMENTADA JOSÉ DE OLIVEIRA COELHO.</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3747/ind._397-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3747/ind._397-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE OFEREÇA CONDIÇÕES DE TRABALHO PARA OS SERVIDORES PÚBLICOS, SEJA COM MATERIAL PARA TRABALHO, EPI E CAFÉ COM PÃO AOS SERVIDORES PÚBLICOS, EM ESPECIAL PARA OS GARIS E AUXILIARES.</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3748/ind._398-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3748/ind._398-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE TOME AS DEVIDAS PROVIDÊNCIAS DE MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DO TRECHO QUE LIGA O BAIRRO DA PIEDADE ATÉ O RANCHO VERDE I E II, E TAMBÉM A EXTENSÃO ATÉ O RANCHO VERDE III.</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3749/ind._399-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3749/ind._399-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A TROCA DE TODAS AS TAMPAS DE BUEIROS NA COMUNIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3750/ind._400-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3750/ind._400-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO TRÊS FAIXAS ELEVADAS NO CRUZAMENTO DAS RUAS CAPITÃO GERALDO WALTER CUNHA E SÃO SEBASTIÃO, PRÓXIMO AO Nº239 NO BARREIRO.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3751/ind._401-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3751/ind._401-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM MURO DE ARRIMO NA RUA MARIA ELVIRA GRAVIOLA, EM FRENTE O Nº 35 NO BAIRRO FELIPINHO.</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3754/ind._402-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3754/ind._402-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO MELHORIAS NO CALÇAMENTO,PAVIMENTAÇÃO, LIMPEZA E A INCLUSÃO DO VARRIMENTO NAS RUAS JOSÉ NOLASCO, ANA CARDOSO E SÃO JOSÉ BAIRRO BARRA DOS COUTOS (ATRÁS DA RETIFICA)</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3755/ind._403-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3755/ind._403-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA UM BUEIRO PARA CONTENÇÃO DE ÁGUA PRÓXIMO À CASA DO SENHOR ALDAIR SEBASTIÃO DE SOUZA, NA RUA LAERTE BENATTI, EM FRENTE AO NÚMERO 364, BAIRRO SERRA VERDE.</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3758/ind._404-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3758/ind._404-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITO AS MELHORIAS NECESSÁRIAS NOS PONTOS DE ÔNIBUS JÁ EXISTENTES, E A CONSTRUÇÃO DE NOVOS PONTOS COBERTOS PARA EMBARQUE E DESEMBARQUE DE PASSAGEIROS NAS COMUNIDADES: FAZENDINHA, SEMENTEIRA, SANTA HELENA, SÃO FRANCISCO, BELA VISTA DE SÃO FRANCISCO, COLÔNIA,CAMELINHA, RENOVAÇÃO, SANTA JULIANA, MEMÓRIA, CLEMENTE, GORDURA, RUADO DAS PEDRAS, PIEDADE DE CIMA, FLORESTA, COHAB (1,2,3) BAIRRO DE LOURDES, NOVO HORIZONTE, NOVA CIDADE, BARRA DOS COUTOS, PIEDADE E RODOVIA VRB COM SEMENTEIRA.</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3759/ind._405-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3759/ind._405-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITA UMA FAIXA DE PEDESTRES ELEVADA NA AVENIDA DR. CARLOS SOARES, EM FRENTE A RODOVIÁRIA E OUTRO EM FRENTE AO INSS.</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3764/ind._406-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3764/ind._406-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO MELHORIAS NO RECAPEAMENTO ASFÁLTICO NA RUA MARIA DE LURDES F. LOPES BAIRRO JARDIM DA BARRA.</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3765/ind._407-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3765/ind._407-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA COLOCADO PLACAS DE IDENTIFICAÇÃO COM NOMES DE RUAS EM TODA EXTENSÃO DA BAIRRO CAPITÃO GONÇALO GOMES BARRETO E NA COMUNIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3766/ind._408-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3766/ind._408-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A PAVIMENTAÇÃO ASFÁLTICA NA RUA ANTÔNIO SOARES, BAIRRO NOVA VENEZA.</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3767/ind._409-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3767/ind._409-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE O PODER EXECUTIVO, JUNTO COM A SECRETARIA DE EDUCAÇÃO APRESENTE UM PROJETO DE LEI COM O PLANO DE CARREIRA PARA OS AUXILIARES DE SERVIÇOS GERAIS.</t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3771/ind._410-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3771/ind._410-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA PERFURAÇÃO DE UM POÇO ARTESIANO E QUE SEJA IMPLANTADO UM RESERVATÓRIO MAIOR NA COMUNIDADE DO CAPITÃO MACHADO ZONA RURAL.</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3774/ind._411-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3774/ind._411-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A LIMPEZA DE TODO O CEMITÉRIO MUNICIPAL, BEM COMO SUA DEDETIZAÇÃO PARA DIMINUIR A QUANTIDADE DE ESCORPIÕES E BARATAS.</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3777/ind._412-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3777/ind._412-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO JUNTO À SECRETARIA DE OBRAS E MOBILIDADE URBANA,  ASFALTAMENTO E RECAPEAMENTO ASFÁLTICO EM TODA EXTENSÃO DO BAIRRO CATETE</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3778/ind._413-2022_-_jose_silvino.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3778/ind._413-2022_-_jose_silvino.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO QUE SEJA FEITA A LIMPEZA DO RIO XOPOTÓ, EM TODA A SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3779/ind._414-2022_-_jose_silvino.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3779/ind._414-2022_-_jose_silvino.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA PAVIMENTAÇÃO ASFÁLTICA NA RUA JAYME SILVA NO BAIRRO ALTO DA BOA VISTA, NO TRECHO EM FRENTE AO NÚMERO 196.</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3781/ind._415-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3781/ind._415-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE LIXEIRAS SUSPENSAS E COM GRANDE CAPACIDADE DE ARMAZENAMENTO EM TODAS AS RUAS DOS BAIRROS COLÔNIA, DISTRITO INDUSTRIAL, PLANALTO, NOVO PLANALTO, LOURDES SARAIVA, RECANTO VERDE E GILENO SIQUEIRA.</t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3782/ind._416-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3782/ind._416-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE INSTALE CÂMARAS DE SEGURANÇA, INTERFONE OU CAMPAINHA, NO ALBERGUE MUNICIPAL, LOCALIZADO NA RUA MAJOR FELICÍSSIMO, CENTRO.</t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3783/ind._417-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3783/ind._417-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O COMPLEMENTO E PINTURA DO MURO, COBERTURA PARCIAL E REFAZER A PINTURA DO PISO DO PÁTIO E PINTURA NA PAREDE DO NOME DA ESCOLA MUNICIPAL PORFÍRIO SARAIVA, SITUADA NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3784/ind._418-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3784/ind._418-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO ATENDA AS REIVINDICAÇÕES DA COMUNIDADE SANTA HELENA REGULARIZANDO O TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>3788</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3788/ind._419-2022_-__gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3788/ind._419-2022_-__gerson.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA AQUISIÇÃO DOS SEGUINTES EQUIPAMENTO: UM CAMINHÃO EQUIPADO COM CESTO AÉREO, UMA CAMINHONETE PICK-UP EQUIPADA COM ESCADA GIRATÓRIA, UNIFORMES, LUVAS ISOLADAS, CAPACETES PRÓPRIOS E UMA ESCAVADEIRA DE ESTEIRA SIMILAR AO MODELO R220LC-9S DA HYUNDAI.</t>
   </si>
   <si>
     <t>3789</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3789/ind._420-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3789/ind._420-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O RECAPEAMENTO DO ASFALTO EM UM PEQUENO TRECHO DA RUA VIGÁRIO VARELA, PRÓXIMO AO ALMOXARIFADO, NO BAIRRO CHÁCARA.</t>
   </si>
   <si>
     <t>3790</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3790/ind._421-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3790/ind._421-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A PODA DAS ÁRVORES, EM TODA A EXTENSÃO DO BAIRRO COLÔNIA, NOVO PLANALTO, PLANALTO E DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>3791</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3791/ind._422-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3791/ind._422-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR.PREFEITO QUE FAÇA A PERFURAÇÃO DE UM POÇO ARTESIANO E INSTALE UMA CAIXA D'ÁGUA COM GRANDE CAPACIDADE DE ARMAZENAMENTO, NA PARTE ALTA DE SANTA MARIA, NO TERRENO DO SR. ORLANDO DEDEGO.</t>
   </si>
   <si>
     <t>3792</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3792/ind._423-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3792/ind._423-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CAPTAÇÃO DE ÁGUAS PLUVIAIS COM BUEIROS E MANILHAS, NA RUA JOSÉ MESQUITA, NOS FUNDOS DA FÁBRICA DE RAÇÃO (BEIRA LINHA), NO BAIRRO GILENO SIQUEIRA.</t>
   </si>
   <si>
     <t>3793</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3793/ind._424-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3793/ind._424-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA COBERTA NO TERRENO PERTENCENTE AO MUNICÍPIO, PRÓXIMO A ESCOLA MUNICIPAL PORFÍRIO SARAIVA, NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3794</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3794/ind._425-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3794/ind._425-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A REPARAÇÃO DE CRATERA NA RUA MARIA DAS GRAÇAS DE CARVALHO MIRANDA (DADAÇA) NO BAIRRO RANCHO VERDE 3.</t>
   </si>
   <si>
     <t>3798</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3798/ind._426-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3798/ind._426-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA REALIZADO DE FORMA URGENTE A PAVIMENTAÇÃO ASFÁLTICA DE TODA A RUA EUGÊNIO ANTONUCCI BAIRRO NOVA CIDADE.</t>
   </si>
   <si>
     <t>3801</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3801/ind._427-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3801/ind._427-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE FAÇA A IMPLANTAÇÃO DE DOIS BUEIROS NA RUA JOANA MARIA DO CARMO FARIA NO BAIRRO NOVO PLANALTO</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3803/ind._428-2022_-_carlos__antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3803/ind._428-2022_-_carlos__antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA LIMPEZA EM TODA EXTENSÃO DAS RUAS DELORME TAVEIRA, FRANCISCO DA COSTA BARROS BAIRRO ALEXANDRE FERRAZ E RUAS MARIA ELVIRA GRAZIOLE E MARIA ANTONIETA CARNEIRO NO BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>3804</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3804/ind._429-2022_-_carlos__antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3804/ind._429-2022_-_carlos__antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A LIMPEZA E AS MELHORIAS NECESSÁRIAS EM TODA EXTENSÃO DAS RUA ZUMBI DOS PALMARES RAPOSO TAVARES E JAIR FERREIRA DUTRA BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>3805</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3805/ind._430-2022_-_carlos__antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3805/ind._430-2022_-_carlos__antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITA A LIMPEZA E AS MELHORIAS NECESSÁRIAS EM TODA EXTENSÃO DA RUA MARIA DO DODÔ BAIRRO TIA VELHA.</t>
   </si>
   <si>
     <t>3807</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3807/ind._431-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3807/ind._431-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO CAPINA E LIMPEZA NAS RUAS DOS BAIRROS COLÕNIA, GILENO SIQUEIRA RECANTO VERDE, NOVO PLANALTO, PORFÍRIO SARAIVA,SANTA RITA,CORONEL JOAQUIM LOPES</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3808/ind._432-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3808/ind._432-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE  AO PREFEITO QUE SEJA FEITO ASFALTAMENTO NO TRECHO DA CAPELA DO SÃO FRANCISCO ATÉ O RESTAURANTE DA ROSÂNGELA, NO SÃO FRANCISCO- ZONA RURAL.</t>
   </si>
   <si>
     <t>3809</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3809/ind._433-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3809/ind._433-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO CAPINA LIMPEZA E QUE SEJA FEITA COLETA DE LIXO E VARREÇÃO NA RUA JUDITH  TEREZINHA DA SILVA BRAZ BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>3810</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3810/ind._434-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3810/ind._434-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO QUE FAÇA A CONSTRUÇÃO DE CALÇADA, NA RUA JOSÉ SARAIVA, PRÓXIMO A ENTRADA DO BAIRRO NOVO PLANALTO</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3811/ind._435-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3811/ind._435-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR PREFEITO QUE SEJA FEITO CAPINA LIMPEZA E DESOBSTRUÇÃO DOS BUEIROS EM TODA RUA JOSÉ SARAIVA, BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3812</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3812/ind._436-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3812/ind._436-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O ASFALTAMENTO DE UM PEQUENO TRECHO, QUE LIGA A RUA JOSÉ SARAIVA (RUA PRINCIPAL) À RUA MELO BARRETO (BEIRA LINHA), NO BAIRRO COLÔNIA TENDO COMO REFERÊNCIA AO LADO DA GRÁFICO SUPERCOR.</t>
   </si>
   <si>
     <t>3813</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3813/ind._437-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3813/ind._437-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERINDO QUE FAÇA O ASFALTAMENTO DE UM PEQUENO TRECHO, QUE LIGA A RUA JOSÉ SARAIVA (RUA PRINCIPAL) À RUA MELO BARRETO (BEIRA LINHA), NO BAIRRO COLÔNIA, TENDO COMO REFERÊNCIA PRÓXIMO AO MORRO DA DONA RITINHA.</t>
   </si>
   <si>
     <t>3814</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3814/ind._438-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3814/ind._438-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA REALIZADA, DE FORMA URGENTE, O CONSERTO E A PAVIMENTAÇÃO DA RUA DIDICO BICALHO, Nº48, NO BAIRRO ALTO DA BOA VISTA.</t>
   </si>
   <si>
     <t>3817</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3817/ind._439-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3817/ind._439-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PRESIDENTE QUE SEJA CONTRATADO O PLANO DE SAÚDE UNIMED PARA OS FUNCIONÁRIOS DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3818/ind._440-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3818/ind._440-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA CONTRATADO O PLANO DE SAÚDE UNIMED PARA OS FUNCIONÁRIOS DA PREFEITURA MUNICIPAL DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>3819</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3819/ind._441-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3819/ind._441-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A CONSTRUÇÃO DE UM PASSEIO NA RUA JOSÉ SARAIVA, NO TERRENO DESTINADO A QUADRA POLIESPORTIVA QUE ESTÁ EM CONSTRUÇÃO, NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3820/ind._442-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3820/ind._442-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A COLOCAÇÃO DE CASCALHO NA RUA CORONEL JOSÉ MESQUITA (BEIRA LINHA), NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3821/ind._443-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3821/ind._443-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UMA ACADEMIA AO AR LIVRE NA COMUNIDADE DO BELA VISTA, ZONA RURAL.</t>
   </si>
   <si>
     <t>3822</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3822/ind._444-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3822/ind._444-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A CAPTAÇÃO DE ÁGUAS PLUVIAIS NA RUA ORLANDO ALVES FERREIRA, PERTO DO POSTO DE SAÚDE NA COMUNIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>3823</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3823/ind._445-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3823/ind._445-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UMA PRACINHA NA RUA OSVALDO SANTOS SALERMO, NO BAIRRO CAPITÃO GONÇALO GOMES BARRETO.</t>
   </si>
   <si>
     <t>3824</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3824/ind._446-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3824/ind._446-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A REFORMA GERAL DA QUADRA E DA PRACINHA NO BAIRRO CHÁCARA.</t>
   </si>
   <si>
     <t>3825</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3825/ind._447-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3825/ind._447-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CAPTAÇÃO DE ÁGUAS PLUVIAIS NA RUA DELORME TAVEIRA.</t>
   </si>
   <si>
     <t>3826</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3826/ind._448-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3826/ind._448-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A INSTALAÇÃO DE UM QUEBRA-MOLAS NA RUA RUBENS TEIXEIRA LOPES, ENTRE AS OFICINA GIROCAR E FREICAR NO BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>3827</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3827/ind._449-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3827/ind._449-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A RETIRADA DA CURVA DO RIO QUE ESTA DESTRUINDO A ESTRADA NA COMUNIDADE DO BOA VISTA, ZONA RURAL.</t>
   </si>
   <si>
     <t>3828</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3828/ind._450-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3828/ind._450-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A COLOCAÇÃO DE UMA ESTÁTUA DO CRISTO ONDE SERÁ CONSTRUIDA A PRAÇA NA AVENIDA DR. LELÉ.</t>
   </si>
   <si>
     <t>3829</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3829/ind._451-2022_-_jose_silvino-zezinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3829/ind._451-2022_-_jose_silvino-zezinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA REALIZADA A TROCA DE TRÊS TAMPAS DE BUEIROS SENDO DOIS DELES EM FRENTE AO Nº 2.052, E UM PRÓXIMO AO Nº 1.694; BEM COMO SEJA CONSTRUÍDO UM MEIO FIO EM FRENTE AO Nº 1.063, TODOS LOCALIZADOS NA RUA CONSELHEIRO SANTANA BAIRRO FORMIGAS DE TRÁS.</t>
   </si>
   <si>
     <t>3830</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3830/ind._452-2022_-_jose_silvino-zezinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3830/ind._452-2022_-_jose_silvino-zezinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA REALIZADA A REFORMA DO CENTRO SOCIAL DO BAIRRO SANTA RITA, LOCALIZADO NA RUA SIMÃO DE MATOS ANTIGO PSF SANTA RITA, AO LADO DO Nº100.</t>
   </si>
   <si>
     <t>3831</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3831/ind._453-2022_-_jose_silvino-zezinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3831/ind._453-2022_-_jose_silvino-zezinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE PROVIDENCIE A RESERVA DE MAIS VAGAS DE ESTACIONAMENTO PARA A FROTA DE TÁXIS DA PRAÇA 28 DE SETEMBRO (ENTRE 03 E 05 VAGAS, DE FORMA A COMPLEMENTAR AS JÁ EXISTENTES.</t>
   </si>
   <si>
     <t>3833</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3833/ind._454-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3833/ind._454-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O RECAPEAMENTO ASFÁLTICO NAS RUAS  DR.  LUÍS SOARES DA ROCHA E RUA VALDOMIRO VIANA BAIRRO CENTENÁRIO.</t>
   </si>
   <si>
     <t>3834</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3834/ind._455-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3834/ind._455-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE PASSE A MÁQUINA E COLOQUE CASCALHO NA ESTRADA QUE DÁ ACESSO AO CÓRREGO DOS TONICOS, CÓRREGO DOS GOMES E FREITAS ATÉ O CÓRREGO DOS ELIAS, NO BAIRRO SANTA MARIA.</t>
   </si>
   <si>
     <t>3837</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3837/ind._456-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3837/ind._456-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A LIMPEZA DA RUA WILSON FONSECA (ANTIGA RUA DA MANGUEIRA), NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3838</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3838/ind._457-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3838/ind._457-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A LIMPEZA DE TODAS AS RUAS DO BAIRRO NOVA CHÁCARA.</t>
   </si>
   <si>
     <t>3839</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3839/ind._458-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3839/ind._458-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA A LIMPEZA DE TODAS AS RUAS DO BAIRRO NOVA RIO BRANCO.</t>
   </si>
   <si>
     <t>3840</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3840/ind._459-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3840/ind._459-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA EM CARÁTER DE URGÊNCIA, LIMPEZA NO TERRENO PERTENCENTE AO MUNICÍPIO ONDE ESTÁ SITUADA A ESCOLA MUNICIPAL PORFÍRIO, SARAIVA NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>3841</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3841/ind._460-2022_-_antonio_de_souza.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3841/ind._460-2022_-_antonio_de_souza.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA CONSTRUÍDA UMA PRAÇA COM ACADEMIA AO AR LIVRE NA RUA FREI ZACARIAS, BAIRRO DE LOURDES (RUA PRINCIPAL AO LADO DA ESCOLA).</t>
   </si>
   <si>
     <t>3847</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3847/ind._461-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3847/ind._461-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A INTERLIGAÇÃO DA REDE ELÉTRICA DO BOA VISTA ATÉ A COMUNIDADE DO GORDURA COM ILUMINAÇÃO DO GORDURA COM ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>3848</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3848/ind._462-2022_-_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3848/ind._462-2022_-_alex.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A INSTALAÇÃO DE PLACAS DE ENERGIA SOLAR NOS PRÉDIOS PÚBLICOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3850</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3850/ind._463-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3850/ind._463-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O ASFALTAMENTO DAS SEGUINTES RUAS: DOUTOR LUCAS LACERDA ORLANDO ALVES DA COSTA, ARISTIDES ALVIM E RUA BRASIL NOVO, TODAS LOCALIZADAS NO BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>3851</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3851/ind._464-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3851/ind._464-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A NOTIFICAÇÃO À COPASA E TODOS OS TERCEIRIZADOS JUNTO A EMPRESA. PARA QUE SEJA FEITO SERVIÇOS DE RECAPEAMENTO ASFÁLTICO, CALÇAMENTO, BLOQUETES E OUTROS.</t>
   </si>
   <si>
     <t>3852</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3852/ind._465-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3852/ind._465-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO MELHORIAS NA CAPTAÇÃO DE [AGUAS PLUVIAIS NO INÍCIO DA RUA ELVIRA GRAZIOLE COM A RUA MARIA ANTONIETA CARNEIRO PRÓXIMO A AGROCARLOS.</t>
   </si>
   <si>
     <t>3855</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3855/ind._466-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3855/ind._466-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE O PODER EXECUTIVO TOME AS DEVIDAS PROVIDÊNCIAS PARA A INSTALAÇÃO DE UM POSTE NA PRAÇA 28 DE SETEMBRO NA ESQUINA DA PADARIA CENTRAL COM A BIG HOUSE.</t>
   </si>
   <si>
     <t>3856</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3856/ind._467-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3856/ind._467-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PRESIDENTE QUE A CÂMARA MUNICIPAL ADQUIRA PRODUTOS DA AGRICULTURA FAMILIAR DE VISCONDE DO RIO BRANCO PARA A ALIMENTAÇÃO DOS SERVIDORES E DEMAIS EVENTOS DESTA CASA.</t>
   </si>
   <si>
     <t>3857</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3857/ind._468-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3857/ind._468-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE ACOLHA TODOS PRECEITOS DA LEI COMPLEMENTAR Nº191 DE 8 DE MARÇO DE 2022 E, ALÉM DE CONCEDER O QUINQUÊNIO  E OUTRO BENEFÍCIOS, REALIZE O PAGAMENTO DOS RETROATIVOS DESDE A DATA DE AQUISIÇÃO DO DIREITO PARA OS SERVIDORES PÚBLICOS MUNICIPAIS DA SAÚDE.</t>
   </si>
   <si>
     <t>3861</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3861/ind._469-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3861/ind._469-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE O CARRO FUMACÊ VOLTE A PASSAR EM TODAS OS BAIRROS DA CIDADE.</t>
   </si>
   <si>
     <t>3863</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3863/ind._470-2022_-_joao_de_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3863/ind._470-2022_-_joao_de_freitas.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE FAÇA O RECAPEAMENTO DO ASFALTO DA RUA LINO CORRÊA DA SILVA, PRÓXIMO A CASA DE Nº 170, NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>3865</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3865/ind._471-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3865/ind._471-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA FEITO A CAPTAÇÃO DE ÁGUA DE CHUVA E O DESENTUPIMENTO DAS MANILHAS DE ESCOAMENTO NA RUA JAIME SILVA, EM FRENTE AO Nº216, BAIRRO ALTO DA BOA VISTA.</t>
   </si>
   <si>
     <t>3866</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3866/ind._472-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3866/ind._472-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA UMA ANÁLISE PELA ADMINISTRAÇÃO COM A POSSIBILIDADE DA CRIAÇÃO DO "PROGRAMA BUEIRO INTELIGENTE" NA CIDADE VISANDO A PREVENÇÃO DE ENCHENTES A ALAGAMENTOS LIGADOS AO ENTUPIMENTO DAS GALERIAS DE ÁGUAS PLUVIAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3870</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3870/ind._473-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3870/ind._473-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA COLOCADO UMA CAÇAMBA DE LIXO NO TERRENO PÚBLICO A 100 METROS DA ENTRADA DA ESCOLA PORFÍRIO SARAIVA, NA RUA JOSÉ SARAIVA, COLÔNIA.</t>
   </si>
   <si>
     <t>3871</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3871/ind._474-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3871/ind._474-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA FEITO EM CARÁTER DE URGÊNCIA O REPARO NA CAPTAÇÃO DE AGUAS PLUVIAIS EM FRENTE A GRUTA NOSSA SENHORA DO ROSÁRIO NA RUA DO ROSÁRIO ESQUINA COM A RUA AVELINO CARDOSO.</t>
   </si>
   <si>
     <t>3883</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3883/ind._475-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3883/ind._475-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A PAVIMENTAÇÃO ASFÁLTICA NAS RUAS ARISTIDES ALVIN RUA ORLANDO ALVES DA COSTA RUA LUCAS LACERDA E RUA BRASIL NOVO NO BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>3884</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3884/ind._476-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3884/ind._476-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UMA COZINHA PARA O SETOR DE ODONTOLOGIA DO POSTO DE SAÚDE DO BAIRRO CORONÉL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>3885</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3885/ind._477-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3885/ind._477-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A MANUTENÇÃO DA ACADEMIA AO AR LIVRE E A MANUTENÇÃO NA TAMPA DOS BUEIROS DO BAIRRO COHAB III.</t>
   </si>
   <si>
     <t>3886</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3886/ind._478-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3886/ind._478-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CAPTAÇÃO DE ÁGUAS PLUVIAIS NA RUA PRESIDENTE ARTHUR DA SILVA BERNARDES PRÓXIMO AO Nº 76, NO BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>3887</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3887/ind._479-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3887/ind._479-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UMA NOVA PONTE NA RUA GERALDO PIRES MILAGRES QUE LIGA A AVENIDA PREFEITO JOSÉ MESQUITA (AV. DR. LELÉ) AO BAIRRO PIEDADE.</t>
   </si>
   <si>
     <t>3888</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3888/ind._480-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3888/ind._480-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UM MURO DE ARRIMO NA RUA JOSÉ DE OLIVEIRA CARDOSO NO BAIRRO CAPITÃO GONÇALO E GOMES BARRETO.</t>
   </si>
   <si>
     <t>3889</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3889/ind._481-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3889/ind._481-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A CONSTRUÇÃO DE UM PARQUINHO NA COMUNIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>3890</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3890/ind._482-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3890/ind._482-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A PAVIMENTAÇÃO ASFÁLTICA NA TRAVESSA MAJOR TITO VIANA E NA RUA JOSÉ CARLOS DA CRUZ NO BAIRRO DE LOURDES.</t>
   </si>
   <si>
     <t>3891</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3891/ind._483-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3891/ind._483-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO UMA ACADEMIA AO AR LIVRE NO BAIRRO QUEBRA PERTO DA QUADRA NO TERRENO DESTINADO PARA CONSTRUÇÃO DA MESMA.</t>
   </si>
   <si>
     <t>3892</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3892/ind._484-2022_-_pedro_julio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3892/ind._484-2022_-_pedro_julio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO A PODA DE TODAS AS ÁRVORES QUE FOR NECESSÁRIO NO BAIRRO CAPITÃO GONÇALO GOMES BARRETO.</t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3894/ind._485-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3894/ind._485-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA MELHORIAS NA CAPTAÇÃO DE ÁGUAS PLUVIAIS E TROCA DAS MANILHAS EXISTENTES NOS LOCAIS, POR MANILHAS MAIORES NA COMUNIDADE RURAL DE SANTA ROSA.</t>
   </si>
   <si>
     <t>3895</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3895/ind._486-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3895/ind._486-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITA A REPARAÇÃO DE UMA CRATERA NA RUA DR. JOÃO BATISTA LACERDA, PRÓXIMO AO NÚMERO 201, BAIRRO DE LURDES.</t>
   </si>
   <si>
     <t>3896</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3896/ind._487-2022_carlos_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3896/ind._487-2022_carlos_antonio.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SR. PREFEITO QUE SEJA FEITO O ASFALTAMENTO DA ESTRADA PRINCIPAL DE SANTA HELENA QUE LIGA DA RODOVIA BR 120 A BR447 E A ESTRADA QUE LIGA SANTA HELENA A SEMENTEIRA.</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
     <t>EMMOD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>Carlos Antônio da Cruz - Asa Branca, Gerson Gomes de Freitas - Amigo Xereba, Guilherme Guimarães de Azevedo, João Batista Pazzini - Bereco, João B. de Freitas do Nascimento-Joãozinho Bigode, Marinho Jose de Almeida Neto - Marinho do Hospital, Pedro Júlio Sobrinho</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3240/emenda_aditiva_ao_projeto_de_lei_no1962-2022_-_comissao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3240/emenda_aditiva_ao_projeto_de_lei_no1962-2022_-_comissao.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA AO PROJETO DE LEI Nº1962/2022- CONCEDE REVISÃO GERAL ANUAL DO QUADRO PESSOAL DO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA 01 AO PROJETO DE LEI Nº  1969/2022- DISPÕE SOBRE A CRIAÇÃO DE POLÍTICA DE INCENTIVO À INSTALAÇÃO, IMPLANTAÇÃO E/OU AMPLIAÇÃO DE EMPRESAS PARA O RAMO INDUSTRIAL, AGROINDUSTRIAL, COMERCIAL E SERVIÇOS NO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
     <t>EMENDA ADITIVA 01 AO PROJETO DE LEI Nº  1969/2022- DISPÕE SOBRE A CRIAÇÃO DE POLÍTICA DE INCENTIVO À INSTALAÇÃO, IMPLANTAÇÃO E/OU AMPLIAÇÃO DE EMPRESAS PARA O RAMO INDUSTRIAL, AGROINDUSTRIAL, COMERCIAL E SERVIÇOS NO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 01 AO PROJETO DE LEI Nº 1969/2022- DISPÕE SOBRE A CRIAÇÃO DE POLÍTICA DE INCENTIVO À INSTALAÇÃO, IMPLANTAÇÃO E/OU AMPLIAÇÃO DE EMPRESAS ARA O RAMO INDUSTRIAL, AGROINDUSTRIAL, COMERCIAL E SERVIÇOS NO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº01 AO PROJETO DE LEI DE Nº 1970/2022- VALE ALIMENTAÇÃO DO EXECUTIVO.</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3368/emenda_modificativa_no_01_a_lc_no_123-2022.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3368/emenda_modificativa_no_01_a_lc_no_123-2022.pdf</t>
   </si>
   <si>
     <t>CRIA O PARÁGRAFO ÚNICO NO ART. 1º E MODIFICA O TÓPICO 9.1.4 DO ANEXO I DO ITEM 3 DOS REQUISITOS NECESSÁRIOS.</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
     <t>COMISSÃO DE VEREADORES, Alex Vinicius Coelho - Alex da Autoescola, Guilherme Guimarães de Azevedo, João Batista Pazzini - Bereco</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI Nº 1975/2022.</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI Nº 1974/2022.</t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3481/emenda_supressiva_e_modificativa_no_01_ao_plc_no_126-2022_-_gui.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3481/emenda_supressiva_e_modificativa_no_01_ao_plc_no_126-2022_-_gui.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA E MODIFICATIVA Nº 01 AO PROJETO DE LEI COMPLEMENTAR 126/2022.</t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3533/emenda_modif._no_01_ao_projeto_de_lei_no_1978-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3533/emenda_modif._no_01_ao_projeto_de_lei_no_1978-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI Nº 1978/2022.</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3565/emenda_modif._no_02_ao_projeto_de_lei_no_1978-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3565/emenda_modif._no_02_ao_projeto_de_lei_no_1978-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 02/2022- AO PROJETO DE LEI Nº 1978/2022.</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3566/emenda_modif._supr._no_03_ao_projeto_de_lei_no_1978-2022_-_guilh.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3566/emenda_modif._supr._no_03_ao_projeto_de_lei_no_1978-2022_-_guilh.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA E MODIFICATIVA Nº 03 AO PROJETO DE LEI 1978/2022.</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3567/emenda_modif._no_04_ao_projeto_de_lei_no_1978-2022_-_carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3567/emenda_modif._no_04_ao_projeto_de_lei_no_1978-2022_-_carlos.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 04 AO PROJETO DE LEI Nº 1978/2022.</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3581/emenda_no_05_ao_projeto_de_lei_no_1978-2022_-_alex_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3581/emenda_no_05_ao_projeto_de_lei_no_1978-2022_-_alex_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 05 AO PROJETO DE LEI Nº 1978/2022 - "AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE".</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3662/emenda_aditiva_ao_projeto_de_lei_no_1972-2022_-_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3662/emenda_aditiva_ao_projeto_de_lei_no_1972-2022_-_gerson.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 01 AO PROJETO DE LEI Nº1972/2022.</t>
   </si>
   <si>
     <t>3832</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3832/emenda_modif._no_01_ao_projeto_lei_no_1990-2022_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3832/emenda_modif._no_01_ao_projeto_lei_no_1990-2022_antonio.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº01 AO PROJETO DE LEI Nº 1990/2022.</t>
   </si>
   <si>
     <t>3844</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3844/emenda_modif._no_10_ao_projeto_de_lei_no_1990-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3844/emenda_modif._no_10_ao_projeto_de_lei_no_1990-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº02 AO PROJETO DE LEI Nº 1990/2022.</t>
   </si>
   <si>
     <t>3849</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3849/emenda_modif._no_03_ao_projeto_lei_no_1990-2022_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3849/emenda_modif._no_03_ao_projeto_lei_no_1990-2022_gerson.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº03 AO PROJETO DE LEI Nº 1990/2022.</t>
   </si>
   <si>
     <t>3859</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3859/emenda_modif._no_04_ao_projeto_lei_no_1990-2022_joao_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3859/emenda_modif._no_04_ao_projeto_lei_no_1990-2022_joao_freitas.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 04 AO PROJETO DE LEI Nº 1990/2022.</t>
   </si>
   <si>
     <t>3860</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3860/emenda_modif._no_05_ao_projeto_lei_no_1990-2022_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3860/emenda_modif._no_05_ao_projeto_lei_no_1990-2022_gerson.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº05 AO PROJETO DE LEI Nº1990/2022.</t>
   </si>
   <si>
     <t>3862</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3862/emenda_modif._no_06_ao_projeto_lei_no_1990-2022_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3862/emenda_modif._no_06_ao_projeto_lei_no_1990-2022_alex.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 06 AO PROJETO DE LEI Nº 1990/2022.</t>
   </si>
   <si>
     <t>3864</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3864/emenda_modif._no_07_ao_projeto_lei_no_1990-2022_antonio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3864/emenda_modif._no_07_ao_projeto_lei_no_1990-2022_antonio.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº07 AO PROJETO DE LEI Nº 1990/2022.</t>
   </si>
   <si>
     <t>3867</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3867/emenda_modif._no_08_ao_projeto_lei_no_1990-2022_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3867/emenda_modif._no_08_ao_projeto_lei_no_1990-2022_alex.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 08 AO PROJETO DE LEI Nº 1990/2022.</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3868/emenda_modif._no_09_ao_projeto_lei_no_1990-2022_-carlos.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3868/emenda_modif._no_09_ao_projeto_lei_no_1990-2022_-carlos.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 09 AO PROJETO DE LEI Nº1990/2022.</t>
   </si>
   <si>
     <t>3869</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3869/emenda_modif._no_10_ao_projeto_de_lei_no_1990-2022_-_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3869/emenda_modif._no_10_ao_projeto_de_lei_no_1990-2022_-_marinho.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 10 AO PROJETO DE LEI Nº1990/2022.</t>
   </si>
   <si>
     <t>3872</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3872/emenda_modif._no_11_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3872/emenda_modif._no_11_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº11 AO PROJETO DE LEI DE Nº1990/2022.</t>
   </si>
   <si>
     <t>3873</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3873/emenda_modif._no_12_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3873/emenda_modif._no_12_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 12 AO PROJETO DE LEI Nº1990/2022.</t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3874/emenda_modif._no_13_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3874/emenda_modif._no_13_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 13 AO PROJETO DE LEI Nº1990/2022.</t>
   </si>
   <si>
     <t>3875</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3875/emenda_modif._no_14_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3875/emenda_modif._no_14_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 14 AO PROJETO DE LEI Nº1990/2022.</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3876/emenda_modif._no_15_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3876/emenda_modif._no_15_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 15 AO PROJETO DE LEI Nº1990/2022.</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3877/emenda_modif._no_16_ao_projeto_lei_no_1990-2022_joao_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3877/emenda_modif._no_16_ao_projeto_lei_no_1990-2022_joao_freitas.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 16 AO PROJETO DE LEI Nº1990/2022.</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3878/emenda_modif._no_17_ao_projeto_lei_no_1990-2022_joao_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3878/emenda_modif._no_17_ao_projeto_lei_no_1990-2022_joao_freitas.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 17 AO PROJETO DE LEI Nº1990/2022.</t>
   </si>
   <si>
     <t>3881</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3881/emenda_modif._no_18_ao_projeto_lei_no_1990-2022_comissao_veread.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3881/emenda_modif._no_18_ao_projeto_lei_no_1990-2022_comissao_veread.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 18 AO PROJETO DE LEI Nº 1990/2022.</t>
   </si>
   <si>
     <t>3882</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3882/emenda_modif._no_19_ao_projeto_lei_no_1990-2022_joao_freitas.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3882/emenda_modif._no_19_ao_projeto_lei_no_1990-2022_joao_freitas.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº19 AO PROJETO DE LEI Nº1990/2022.</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
     <t>LJRF</t>
   </si>
   <si>
     <t>Parecer Legislação, Justiça e Redação Final</t>
   </si>
   <si>
     <t>PARECER SOBRE AS PÚBLICAS EXERCÍCIO DE 2019.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -8365,67 +8365,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3312/projeto_de_lei_complementar_no_122-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3313/projeto_de_lei_complementar_no_123-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3382/projeto_de_lei_complementar_no_124-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3383/01_-__pdvrb_anteprojeto_da_lei_de_revisao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3423/projeto_de_lei_complementar_no_126-2022_refis.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3441/projeto_de_lei_complementar_no_127-2022_assuntos_legislativos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3205/projeto_de_lei_no_1959-2022-_marinho.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3212/projeto_de_lei_no_1960-2022-_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3216/projeto_de_lei_no_1961-2022-_gerson.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3228/projeto_de_lei_no_1962_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3251/projeto_de_lei_no_1963_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3284/projeto_de_lei_no_1964_-_alex.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3298/projeto_de_lei_no_1965-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3303/projeto_de_lei_no_1966-_joao_pazzini.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3304/projeto_de_lei_no_1967-_joao_pazzini.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3305/projeto_de_lei_no_1968-_joao_pazzini.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3309/projeto_de_lei_no_1969-_executivo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3314/projeto_de_lei_no_1970-_executivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3369/projeto_de_lei_no_1971-2022-_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3376/projeto_de_lei_no_1972-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3388/projeto_de_lei_no_1973-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3392/projeto_de_lei_no_1974-_executivo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3393/projeto_de_lei_no_1975-_executivo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3470/projeto_de_lei_no_1976-_executivo-_ldo-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3480/projeto_de_lei_no_1977-_executivo-_tempo_de_espera.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3515/projeto_de_lei_no_1978-_executivo-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3532/projeto_de_lei_no_1979-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3599/projeto_de_lei_no_1980-_executivo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3612/oficio_gab_pref_no100-2022_proj_de_lei_1981.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3613/projeto_de_lei_no_1982_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3614/projeto_de_lei_no1983_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3653/projeto_de_lei_no_1984_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3654/projeto_de_lei_no_1985-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3655/projeto_de_lei_no1986_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3686/projeto_de_lei_no_1987-_gerson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3689/projeto_de_lei_no_1988-_executivo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3690/projeto_de_lei_no_1989-_executivo_30.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3725/projeto_de_lei_no_1990-2022-loa-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3736/projeto_de_lei_no_1991-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3737/projeto_de_lei_no_1992-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3756/projeto_de_lei_no_1993-_executivo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3757/projeto_de_lei_no_1994-_executivo-fumprev.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3761/projeto_de_lei_no_1995-_executivo-previdencia_complementar.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3796/projeto_de_lei_no_1996-_executivo-politica_habitacional.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3797/projeto_de_lei_no_1997-_executivo-fundo_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3835/projeto_de_lei_no_1998-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3842/projeto_de_lei_no_1999-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3843/projeto_de_lei_no_2000-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3845/projeto_de_lei_no_2001-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3893/projeto_de_lei_no_2002-_executivo_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3282/projeto_de_resolucao_no_639-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3283/projeto_de_resolucao_no_640-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3311/projeto_de_resolucao_no_641-2022_-_joao_pazzini.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3346/projeto_de_resolucao_no_642-2022_-_tce-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3367/projeto_de_resolucao_no_643-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3377/projeto_de_resolucao_no_644-2022_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3438/projeto_de_resolucao_no_645-2022_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3439/projeto_de_resolucao_no_646-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3440/projeto_de_resolucao_no_647-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3525/projeto_de_resolucao_no_648-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3530/projeto_de_resolucao_no_649-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3531/projeto_de_resolucao_no_650-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3536/projeto_de_resolucao_no_651-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3561/projeto_de_resolucao_no_652-2022_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3563/projeto_de_resolucao_no_653-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3564/projeto_de_resolucao_no_654-2022_-_antonio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3568/projeto_de_resolucao_no_655-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3587/projeto_de_resolucao_no_656-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3593/projeto_de_resolucao_no_657-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3675/projeto_de_resolucao_no_658-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3728/projeto_de_resolucao_no_659-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3768/projeto_de_resolucao_no_660-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3772/projeto_de_resolucao_no_661-2022_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3880/projeto_de_resolucao_no_662-2022_-_galeria_constituintes.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3344/veto_integral_no_01-2022_ao_projeto_de_lei_1910-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3494/veto_parcial_ao_projeto_de_lei_1974-2022-_pmaq-ceo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3714/veto_integral_ao_projeto_de_lei_no_1953-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3203/req._03-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3223/req._05-2022_-_guilherme_-_alex.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3224/req._06-2022_-_guilherme_-_alex.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3238/req._07-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3242/req._08-2022_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3243/req._09-2022_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3253/req._10-2022_-_carlos_antonio_-_alex_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3254/req._11-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3255/req._12-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3262/req._13-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3271/req._15-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3272/req._16-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3279/req._17-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3287/req._18-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3299/req._19-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3300/req._20-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3307/req._21-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3317/req._22-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3338/req._23-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3339/req._24-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3340/req._25-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3343/req._26-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3351/req._27-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3363/req._28-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3364/req._29-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3365/req._30-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3378/req._31-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3391/req._32-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3400/req._33-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3401/req._34-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3402/req._35-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3403/req._36-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3404/req._37-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3420/req._38-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3433/req._39-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3434/req._40-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3435/req._41-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3436/req._42-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3449/req._43-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3474/req._44-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3518/req._46-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3534/req._47-2022_-_alex_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3535/req._48-2022_-_alex_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3538/req._49-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3556/req._50-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3557/req._51-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3570/req._52-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3608/req._53-2022_-_gerson_gomes_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3609/req_54_-2022_-_joao_batista_pazzini_-_pdt.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3625/req._55_-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3630/req._56-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3631/req._57-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3632/req._58-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3636/req._59-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3637/req._60-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3646/req._61-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3657/req._62-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3666/req._63-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3687/req._64-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3713/req._65-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3752/req._66-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3753/req._67-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3762/req._68-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3763/req._69-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3769/req._70-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3770/req._71-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3773/req._72-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3775/req._73-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3776/req._74-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3780/req._75-2022_-_alex-_retirado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3785/req._76-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3786/req._77-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3787/req._78-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3799/req._80-2022_-_comissao_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3806/req._81-2022_-_carlos__antonio.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3815/req._84-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3816/req._83-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3836/req._84-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3846/req._85-2022_-_jose_silvio-zezinho.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3853/req._86-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3854/req._87-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3858/req._88-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3879/req._89-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3206/ind._01-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3207/ind._02-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3208/ind._03-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3209/ind._04-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3210/ind._05-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3211/ind._06-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3213/ind._07-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3214/ind._08-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3215/ind._09-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3217/ind._10-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3218/ind._11-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3219/ind._12-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3220/ind._13-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3221/ind._14-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3222/ind._15-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3225/ind._16-2022_-_guilherme_-_alex.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3226/ind._17-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3227/ind._18-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3229/ind._19-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3230/ind._20-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3231/ind._21-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3232/ind._22-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3233/ind._23-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3234/ind._24-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3235/ind._25-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3236/ind._26-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3237/ind._27-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3239/ind._28-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3241/ind._29-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3244/ind._30-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3245/ind._31-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3246/ind._32-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3247/ind._33-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3248/ind._34-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3249/ind._35-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3250/ind._36-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3252/ind._37-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3256/ind._38-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3257/ind._39-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3258/ind._40-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3259/ind._41-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3260/ind._42-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3261/ind._43-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3264/ind._44-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3265/ind._45-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3266/ind._46-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3268/ind._47-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3269/ind._48-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3270/ind._49-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3273/ind._50-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3274/ind._51-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3275/ind._52-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3276/ind._53-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3277/ind._54-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3278/ind._55-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3280/ind._56-2022_-_antonio.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3281/ind._57-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3285/ind._58-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3286/ind._59-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3288/ind._60-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3289/ind._61-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3290/ind._62-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3291/ind._63-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3292/ind._64-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3293/ind._65-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3294/ind._66-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3295/ind._67-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3296/ind._68-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3297/ind._69-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3301/ind._70-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3302/ind._71-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3306/ind._72-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3308/ind._73-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3310/ind._74-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3318/ind._75-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3320/ind._76-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3321/ind._77-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3322/ind._78-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3323/ind._79-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3324/ind._80-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3325/ind._81-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3326/ind._82-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3328/ind._84-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3329/ind._85-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3330/ind._86-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3331/ind._87-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3332/ind._88-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3333/ind._89-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3334/ind._90-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3335/ind._91-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3336/ind._92-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3337/ind._93-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3341/ind._94-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3342/ind._95-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3347/ind._96-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3348/ind._97-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3349/ind._98-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3350/ind._99-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3352/ind._100-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3354/ind._101-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3355/ind._102-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3356/ind._103-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3357/ind._104-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3358/ind._105-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3359/ind._106-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3360/ind._107-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3361/ind._108-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3362/ind._109-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3366/ind._110-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3370/ind._111-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3371/ind._112-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3372/ind._113-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3373/ind._114-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3374/ind._115-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3375/ind._116-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3379/ind._117-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3380/ind._118-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3381/ind._119-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3384/ind._120-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3385/ind._121-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3386/ind._122-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3387/ind._123-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3389/ind._124-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3390/ind._125-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3394/ind._126-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3395/ind._127-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3396/ind._128-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3397/ind._129-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3398/ind._130-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3399/ind._131-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3405/ind._132-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3406/ind._133-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3407/ind._134-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3408/ind._135-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3409/ind._136-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3410/ind._137-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3411/ind._138-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3412/ind._139-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3413/ind._140-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3414/ind._141-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3416/ind._142-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3417/ind._143-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3418/ind._144-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3419/ind._145-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3421/ind._146-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3422/ind._147-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3424/ind._148-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3425/ind._149-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3426/ind._150-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3427/ind._151-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3428/ind._152-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3429/ind._153-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3430/ind._154-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3431/ind._155-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3432/ind._156-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3437/ind._157-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3444/ind._158-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3445/ind._159-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3446/ind._160-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3447/ind._161-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3448/ind._162-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3450/ind._163-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3451/ind._164-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3452/ind._165-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3453/ind._166-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3454/ind._167-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3455/ind._168-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3456/ind._169-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3457/ind._170-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3458/ind._171-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3459/ind._172-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3460/ind._173-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3461/ind._174-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3462/ind._175-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3463/ind._176-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3464/ind._177-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3465/ind._178-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3466/ind._179-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3467/ind._180-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3475/ind._186-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3476/ind._187-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3477/ind._188-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3478/ind._189-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3479/ind._190-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3482/ind._191-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3483/ind._192-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3484/ind._193-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3485/ind._194-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3486/ind._195-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3487/ind._196-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3488/ind._197-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3489/ind._198-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3490/ind._199-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3491/ind._200-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3492/ind._201-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3493/ind._202-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3495/ind._203-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3496/ind._204-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3497/ind._205-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3498/ind._206-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3499/ind._207-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3500/ind._208-2022_-_comissao_antonio-alex.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3501/ind._209-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3502/ind._210-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3504/ind._211-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3505/ind._212-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3506/ind._213-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3507/ind._214-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3508/ind._215-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3509/ind._216-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3510/ind._217-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3511/ind._218-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3512/ind._219-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3513/ind._220-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3514/ind._221-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3516/ind._222-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3519/ind._223-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3520/ind._224-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3521/ind._225-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3522/ind._226-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3523/ind._227-2022_-_antonio.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3524/ind._228-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3526/ind._229-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3527/ind._230-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3528/ind._231-2022_-_gerson_-_guilherme_-_joao_de_freitas_-_pedro_ju.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3529/ind._232-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3537/ind._233-2022_-_gerson_-_guilherme_-_joao_de_freitas_-_pedro_ju.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3539/ind._234-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3540/ind._235-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3541/ind._236-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3542/ind._237-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3543/ind._238-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3544/ind._239-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3545/ind._240-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3546/ind._241-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3547/ind._242-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3548/ind._243-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3549/ind._244-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3550/ind._245-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3551/ind._246-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3552/ind._247-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3553/ind._248-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3554/ind._249-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3555/ind._250-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3558/ind._251-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3559/ind._252-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3560/ind._253-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3571/ind._254-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3572/ind._255-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3573/ind._256-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3574/ind._257-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3575/ind._268-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3576/ind._259-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3577/ind._260-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3578/ind._261-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3579/ind._262-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3580/ind._263-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3582/ind._264-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3583/ind._264-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3584/ind._266-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3585/ind._267-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3586/ind._268-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3588/ind._269-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3589/ind._270-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3590/ind._271-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3591/ind._272-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3592/ind._273-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3594/ind._274-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3595/ind._275-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3596/ind._276-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3597/ind._277-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3598/ind._278-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3600/ind._279-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3601/ind._280_-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3602/ind._281-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3603/ind._282_-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3604/ind._283-2022_-_pedro_julio_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3605/ind._284-2022_-_pedro_julio_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3606/ind._285-2022_-_pedro_julio_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3607/ind._286-2022_-_pedro_julio_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3610/ind._287-2022_-_carlos_antonio_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3611/ind._288-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3615/ind._289-2022_-_carlos_antonio_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3616/ind._290-2022_-_antonio_de_souza_neto.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3617/ind._291-2022_-_guilherme_guimaraes_azevedo.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3618/ind._292-2022_-_guilherme_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3619/ind._293-2022_-_guilherme_gumaraes_azevedo.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3620/ind._294-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3621/ind._295-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3622/ind._296-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3623/ind._297-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3624/ind._298-2022_-alex.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3626/ind._299-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3627/ind._300-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3628/ind._301-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3629/ind._302-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3633/ind.303_-_2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3634/ind.304-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3635/ind._305-2022_-_guilherme_gumaraes_azevedo.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3638/ind._306-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3639/ind._307-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3640/ind._308-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3641/ind._309-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3642/ind._310-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3643/ind._311-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3644/ind._312-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3645/ind._313-2022_-carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3647/ind._314-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3648/ind._315-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3649/ind._316_-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3650/ind._317-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3651/ind._318-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3652/ind._319-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3656/ind_320_-_alex.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3658/ind._321-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3659/ind._322-2022_-_guilherme_gumaraes_azevedo.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3660/ind._323-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3661/ind._324-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3663/ind._325-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3664/ind._326-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3665/ind._327-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3667/ind._328-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3668/ind._329-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3669/ind._330-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3670/ind._331-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3671/ind._332-2022_-_jojao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3672/ind._333-2022_-_jojao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3673/ind._334-2022_-_jojao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3674/ind._335-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3676/ind._336-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3677/ind._337-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3678/ind._338-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3679/ind._339-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3680/ind._340-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3681/ind._341-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3682/ind._342-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3683/ind._343-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3684/ind._344-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3685/ind._345-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3688/ind._346-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3691/ind._347-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3692/ind._348-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3693/ind._349-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3694/ind._350-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3695/ind._351-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3696/ind._352-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3697/ind._353-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3698/ind._354-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3699/ind._355-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3700/ind._356-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3701/ind._357-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3702/ind._358-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3703/ind._359-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3704/ind._360-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3705/ind._361-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3706/ind._362-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3707/ind._363-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3708/ind._364-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3709/ind._365-2022_-__gerson.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3710/ind._366-2022_-__gerson.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3711/ind._367-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3712/ind._368-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3715/ind._369-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3716/ind._370-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3717/ind._371-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3718/ind._372-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3719/ind._373-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3720/ind._374-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3721/ind._375-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3722/ind._376-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3723/ind._377-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3724/ind._378-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3726/ind._379-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3727/ind._380-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3729/ind._381-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3730/ind._382-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3731/ind._383-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3732/ind._384-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3733/ind._385-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3734/ind._386-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3735/ind._387-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3738/ind._388-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3739/ind._389-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3740/ind._390-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3741/ind._391-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3742/ind._392-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3743/ind._393-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3744/ind._394-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3745/ind._395-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3746/ind._396-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3747/ind._397-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3748/ind._398-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3749/ind._399-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3750/ind._400-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3751/ind._401-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3754/ind._402-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3755/ind._403-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3758/ind._404-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3759/ind._405-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3764/ind._406-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3765/ind._407-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3766/ind._408-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3767/ind._409-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3771/ind._410-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3774/ind._411-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3777/ind._412-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3778/ind._413-2022_-_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3779/ind._414-2022_-_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3781/ind._415-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3782/ind._416-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3783/ind._417-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3784/ind._418-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3788/ind._419-2022_-__gerson.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3789/ind._420-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3790/ind._421-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3791/ind._422-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3792/ind._423-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3793/ind._424-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3794/ind._425-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3798/ind._426-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3801/ind._427-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3803/ind._428-2022_-_carlos__antonio.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3804/ind._429-2022_-_carlos__antonio.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3805/ind._430-2022_-_carlos__antonio.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3807/ind._431-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3808/ind._432-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3809/ind._433-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3810/ind._434-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3811/ind._435-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3812/ind._436-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3813/ind._437-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3814/ind._438-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3817/ind._439-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3818/ind._440-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3819/ind._441-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3820/ind._442-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3821/ind._443-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3822/ind._444-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3823/ind._445-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3824/ind._446-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3825/ind._447-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3826/ind._448-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3827/ind._449-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3828/ind._450-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3829/ind._451-2022_-_jose_silvino-zezinho.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3830/ind._452-2022_-_jose_silvino-zezinho.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3831/ind._453-2022_-_jose_silvino-zezinho.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3833/ind._454-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3834/ind._455-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3837/ind._456-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3838/ind._457-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3839/ind._458-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3840/ind._459-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3841/ind._460-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3847/ind._461-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3848/ind._462-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3850/ind._463-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3851/ind._464-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3852/ind._465-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3855/ind._466-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3856/ind._467-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3857/ind._468-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3861/ind._469-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3863/ind._470-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3865/ind._471-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3866/ind._472-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3870/ind._473-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3871/ind._474-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3883/ind._475-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3884/ind._476-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3885/ind._477-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3886/ind._478-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3887/ind._479-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3888/ind._480-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3889/ind._481-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3890/ind._482-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3891/ind._483-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3892/ind._484-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3894/ind._485-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3895/ind._486-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3896/ind._487-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3240/emenda_aditiva_ao_projeto_de_lei_no1962-2022_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3368/emenda_modificativa_no_01_a_lc_no_123-2022.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3481/emenda_supressiva_e_modificativa_no_01_ao_plc_no_126-2022_-_gui.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3533/emenda_modif._no_01_ao_projeto_de_lei_no_1978-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3565/emenda_modif._no_02_ao_projeto_de_lei_no_1978-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3566/emenda_modif._supr._no_03_ao_projeto_de_lei_no_1978-2022_-_guilh.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3567/emenda_modif._no_04_ao_projeto_de_lei_no_1978-2022_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3581/emenda_no_05_ao_projeto_de_lei_no_1978-2022_-_alex_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3662/emenda_aditiva_ao_projeto_de_lei_no_1972-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3832/emenda_modif._no_01_ao_projeto_lei_no_1990-2022_antonio.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3844/emenda_modif._no_10_ao_projeto_de_lei_no_1990-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3849/emenda_modif._no_03_ao_projeto_lei_no_1990-2022_gerson.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3859/emenda_modif._no_04_ao_projeto_lei_no_1990-2022_joao_freitas.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3860/emenda_modif._no_05_ao_projeto_lei_no_1990-2022_gerson.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3862/emenda_modif._no_06_ao_projeto_lei_no_1990-2022_alex.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3864/emenda_modif._no_07_ao_projeto_lei_no_1990-2022_antonio.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3867/emenda_modif._no_08_ao_projeto_lei_no_1990-2022_alex.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3868/emenda_modif._no_09_ao_projeto_lei_no_1990-2022_-carlos.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3869/emenda_modif._no_10_ao_projeto_de_lei_no_1990-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3872/emenda_modif._no_11_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3873/emenda_modif._no_12_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3874/emenda_modif._no_13_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3875/emenda_modif._no_14_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3876/emenda_modif._no_15_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3877/emenda_modif._no_16_ao_projeto_lei_no_1990-2022_joao_freitas.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3878/emenda_modif._no_17_ao_projeto_lei_no_1990-2022_joao_freitas.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3881/emenda_modif._no_18_ao_projeto_lei_no_1990-2022_comissao_veread.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3882/emenda_modif._no_19_ao_projeto_lei_no_1990-2022_joao_freitas.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3312/projeto_de_lei_complementar_no_122-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3313/projeto_de_lei_complementar_no_123-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3382/projeto_de_lei_complementar_no_124-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3383/01_-__pdvrb_anteprojeto_da_lei_de_revisao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3423/projeto_de_lei_complementar_no_126-2022_refis.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3441/projeto_de_lei_complementar_no_127-2022_assuntos_legislativos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3205/projeto_de_lei_no_1959-2022-_marinho.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3212/projeto_de_lei_no_1960-2022-_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3216/projeto_de_lei_no_1961-2022-_gerson.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3228/projeto_de_lei_no_1962_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3251/projeto_de_lei_no_1963_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3284/projeto_de_lei_no_1964_-_alex.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3298/projeto_de_lei_no_1965-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3303/projeto_de_lei_no_1966-_joao_pazzini.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3304/projeto_de_lei_no_1967-_joao_pazzini.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3305/projeto_de_lei_no_1968-_joao_pazzini.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3309/projeto_de_lei_no_1969-_executivo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3314/projeto_de_lei_no_1970-_executivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3369/projeto_de_lei_no_1971-2022-_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3376/projeto_de_lei_no_1972-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3388/projeto_de_lei_no_1973-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3392/projeto_de_lei_no_1974-_executivo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3393/projeto_de_lei_no_1975-_executivo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3470/projeto_de_lei_no_1976-_executivo-_ldo-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3480/projeto_de_lei_no_1977-_executivo-_tempo_de_espera.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3515/projeto_de_lei_no_1978-_executivo-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3532/projeto_de_lei_no_1979-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3599/projeto_de_lei_no_1980-_executivo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3612/oficio_gab_pref_no100-2022_proj_de_lei_1981.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3613/projeto_de_lei_no_1982_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3614/projeto_de_lei_no1983_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3653/projeto_de_lei_no_1984_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3654/projeto_de_lei_no_1985-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3655/projeto_de_lei_no1986_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3686/projeto_de_lei_no_1987-_gerson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3689/projeto_de_lei_no_1988-_executivo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3690/projeto_de_lei_no_1989-_executivo_30.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3725/projeto_de_lei_no_1990-2022-loa-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3736/projeto_de_lei_no_1991-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3737/projeto_de_lei_no_1992-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3756/projeto_de_lei_no_1993-_executivo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3757/projeto_de_lei_no_1994-_executivo-fumprev.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3761/projeto_de_lei_no_1995-_executivo-previdencia_complementar.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3796/projeto_de_lei_no_1996-_executivo-politica_habitacional.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3797/projeto_de_lei_no_1997-_executivo-fundo_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3835/projeto_de_lei_no_1998-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3842/projeto_de_lei_no_1999-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3843/projeto_de_lei_no_2000-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3845/projeto_de_lei_no_2001-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3893/projeto_de_lei_no_2002-_executivo_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3282/projeto_de_resolucao_no_639-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3283/projeto_de_resolucao_no_640-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3311/projeto_de_resolucao_no_641-2022_-_joao_pazzini.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3346/projeto_de_resolucao_no_642-2022_-_tce-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3367/projeto_de_resolucao_no_643-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3377/projeto_de_resolucao_no_644-2022_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3438/projeto_de_resolucao_no_645-2022_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3439/projeto_de_resolucao_no_646-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3440/projeto_de_resolucao_no_647-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3525/projeto_de_resolucao_no_648-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3530/projeto_de_resolucao_no_649-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3531/projeto_de_resolucao_no_650-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3536/projeto_de_resolucao_no_651-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3561/projeto_de_resolucao_no_652-2022_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3563/projeto_de_resolucao_no_653-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3564/projeto_de_resolucao_no_654-2022_-_antonio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3568/projeto_de_resolucao_no_655-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3587/projeto_de_resolucao_no_656-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3593/projeto_de_resolucao_no_657-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3675/projeto_de_resolucao_no_658-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3728/projeto_de_resolucao_no_659-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3768/projeto_de_resolucao_no_660-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3772/projeto_de_resolucao_no_661-2022_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3880/projeto_de_resolucao_no_662-2022_-_galeria_constituintes.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3344/veto_integral_no_01-2022_ao_projeto_de_lei_1910-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3494/veto_parcial_ao_projeto_de_lei_1974-2022-_pmaq-ceo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3714/veto_integral_ao_projeto_de_lei_no_1953-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3203/req._03-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3223/req._05-2022_-_guilherme_-_alex.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3224/req._06-2022_-_guilherme_-_alex.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3238/req._07-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3242/req._08-2022_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3243/req._09-2022_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3253/req._10-2022_-_carlos_antonio_-_alex_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3254/req._11-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3255/req._12-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3262/req._13-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3271/req._15-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3272/req._16-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3279/req._17-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3287/req._18-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3299/req._19-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3300/req._20-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3307/req._21-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3317/req._22-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3338/req._23-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3339/req._24-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3340/req._25-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3343/req._26-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3351/req._27-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3363/req._28-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3364/req._29-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3365/req._30-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3378/req._31-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3391/req._32-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3400/req._33-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3401/req._34-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3402/req._35-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3403/req._36-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3404/req._37-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3420/req._38-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3433/req._39-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3434/req._40-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3435/req._41-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3436/req._42-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3449/req._43-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3474/req._44-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3518/req._46-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3534/req._47-2022_-_alex_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3535/req._48-2022_-_alex_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3538/req._49-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3556/req._50-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3557/req._51-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3570/req._52-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3608/req._53-2022_-_gerson_gomes_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3609/req_54_-2022_-_joao_batista_pazzini_-_pdt.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3625/req._55_-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3630/req._56-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3631/req._57-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3632/req._58-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3636/req._59-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3637/req._60-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3646/req._61-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3657/req._62-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3666/req._63-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3687/req._64-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3713/req._65-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3752/req._66-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3753/req._67-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3762/req._68-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3763/req._69-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3769/req._70-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3770/req._71-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3773/req._72-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3775/req._73-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3776/req._74-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3780/req._75-2022_-_alex-_retirado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3785/req._76-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3786/req._77-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3787/req._78-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3799/req._80-2022_-_comissao_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3806/req._81-2022_-_carlos__antonio.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3815/req._84-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3816/req._83-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3836/req._84-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3846/req._85-2022_-_jose_silvio-zezinho.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3853/req._86-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3854/req._87-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3858/req._88-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3879/req._89-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3206/ind._01-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3207/ind._02-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3208/ind._03-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3209/ind._04-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3210/ind._05-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3211/ind._06-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3213/ind._07-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3214/ind._08-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3215/ind._09-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3217/ind._10-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3218/ind._11-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3219/ind._12-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3220/ind._13-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3221/ind._14-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3222/ind._15-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3225/ind._16-2022_-_guilherme_-_alex.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3226/ind._17-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3227/ind._18-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3229/ind._19-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3230/ind._20-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3231/ind._21-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3232/ind._22-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3233/ind._23-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3234/ind._24-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3235/ind._25-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3236/ind._26-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3237/ind._27-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3239/ind._28-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3241/ind._29-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3244/ind._30-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3245/ind._31-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3246/ind._32-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3247/ind._33-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3248/ind._34-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3249/ind._35-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3250/ind._36-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3252/ind._37-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3256/ind._38-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3257/ind._39-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3258/ind._40-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3259/ind._41-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3260/ind._42-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3261/ind._43-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3264/ind._44-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3265/ind._45-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3266/ind._46-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3268/ind._47-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3269/ind._48-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3270/ind._49-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3273/ind._50-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3274/ind._51-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3275/ind._52-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3276/ind._53-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3277/ind._54-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3278/ind._55-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3280/ind._56-2022_-_antonio.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3281/ind._57-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3285/ind._58-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3286/ind._59-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3288/ind._60-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3289/ind._61-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3290/ind._62-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3291/ind._63-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3292/ind._64-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3293/ind._65-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3294/ind._66-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3295/ind._67-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3296/ind._68-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3297/ind._69-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3301/ind._70-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3302/ind._71-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3306/ind._72-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3308/ind._73-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3310/ind._74-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3318/ind._75-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3320/ind._76-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3321/ind._77-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3322/ind._78-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3323/ind._79-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3324/ind._80-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3325/ind._81-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3326/ind._82-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3328/ind._84-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3329/ind._85-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3330/ind._86-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3331/ind._87-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3332/ind._88-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3333/ind._89-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3334/ind._90-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3335/ind._91-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3336/ind._92-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3337/ind._93-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3341/ind._94-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3342/ind._95-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3347/ind._96-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3348/ind._97-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3349/ind._98-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3350/ind._99-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3352/ind._100-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3354/ind._101-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3355/ind._102-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3356/ind._103-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3357/ind._104-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3358/ind._105-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3359/ind._106-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3360/ind._107-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3361/ind._108-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3362/ind._109-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3366/ind._110-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3370/ind._111-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3371/ind._112-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3372/ind._113-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3373/ind._114-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3374/ind._115-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3375/ind._116-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3379/ind._117-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3380/ind._118-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3381/ind._119-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3384/ind._120-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3385/ind._121-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3386/ind._122-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3387/ind._123-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3389/ind._124-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3390/ind._125-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3394/ind._126-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3395/ind._127-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3396/ind._128-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3397/ind._129-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3398/ind._130-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3399/ind._131-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3405/ind._132-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3406/ind._133-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3407/ind._134-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3408/ind._135-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3409/ind._136-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3410/ind._137-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3411/ind._138-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3412/ind._139-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3413/ind._140-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3414/ind._141-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3416/ind._142-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3417/ind._143-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3418/ind._144-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3419/ind._145-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3421/ind._146-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3422/ind._147-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3424/ind._148-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3425/ind._149-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3426/ind._150-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3427/ind._151-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3428/ind._152-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3429/ind._153-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3430/ind._154-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3431/ind._155-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3432/ind._156-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3437/ind._157-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3444/ind._158-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3445/ind._159-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3446/ind._160-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3447/ind._161-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3448/ind._162-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3450/ind._163-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3451/ind._164-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3452/ind._165-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3453/ind._166-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3454/ind._167-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3455/ind._168-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3456/ind._169-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3457/ind._170-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3458/ind._171-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3459/ind._172-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3460/ind._173-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3461/ind._174-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3462/ind._175-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3463/ind._176-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3464/ind._177-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3465/ind._178-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3466/ind._179-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3467/ind._180-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3475/ind._186-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3476/ind._187-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3477/ind._188-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3478/ind._189-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3479/ind._190-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3482/ind._191-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3483/ind._192-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3484/ind._193-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3485/ind._194-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3486/ind._195-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3487/ind._196-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3488/ind._197-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3489/ind._198-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3490/ind._199-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3491/ind._200-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3492/ind._201-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3493/ind._202-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3495/ind._203-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3496/ind._204-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3497/ind._205-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3498/ind._206-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3499/ind._207-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3500/ind._208-2022_-_comissao_antonio-alex.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3501/ind._209-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3502/ind._210-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3504/ind._211-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3505/ind._212-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3506/ind._213-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3507/ind._214-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3508/ind._215-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3509/ind._216-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3510/ind._217-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3511/ind._218-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3512/ind._219-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3513/ind._220-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3514/ind._221-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3516/ind._222-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3519/ind._223-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3520/ind._224-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3521/ind._225-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3522/ind._226-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3523/ind._227-2022_-_antonio.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3524/ind._228-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3526/ind._229-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3527/ind._230-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3528/ind._231-2022_-_gerson_-_guilherme_-_joao_de_freitas_-_pedro_ju.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3529/ind._232-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3537/ind._233-2022_-_gerson_-_guilherme_-_joao_de_freitas_-_pedro_ju.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3539/ind._234-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3540/ind._235-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3541/ind._236-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3542/ind._237-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3543/ind._238-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3544/ind._239-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3545/ind._240-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3546/ind._241-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3547/ind._242-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3548/ind._243-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3549/ind._244-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3550/ind._245-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3551/ind._246-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3552/ind._247-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3553/ind._248-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3554/ind._249-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3555/ind._250-2022_-_joao_pazzini_-_bereco.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3558/ind._251-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3559/ind._252-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3560/ind._253-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3571/ind._254-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3572/ind._255-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3573/ind._256-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3574/ind._257-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3575/ind._268-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3576/ind._259-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3577/ind._260-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3578/ind._261-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3579/ind._262-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3580/ind._263-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3582/ind._264-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3583/ind._264-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3584/ind._266-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3585/ind._267-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3586/ind._268-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3588/ind._269-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3589/ind._270-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3590/ind._271-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3591/ind._272-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3592/ind._273-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3594/ind._274-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3595/ind._275-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3596/ind._276-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3597/ind._277-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3598/ind._278-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3600/ind._279-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3601/ind._280_-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3602/ind._281-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3603/ind._282_-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3604/ind._283-2022_-_pedro_julio_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3605/ind._284-2022_-_pedro_julio_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3606/ind._285-2022_-_pedro_julio_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3607/ind._286-2022_-_pedro_julio_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3610/ind._287-2022_-_carlos_antonio_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3611/ind._288-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3615/ind._289-2022_-_carlos_antonio_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3616/ind._290-2022_-_antonio_de_souza_neto.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3617/ind._291-2022_-_guilherme_guimaraes_azevedo.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3618/ind._292-2022_-_guilherme_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3619/ind._293-2022_-_guilherme_gumaraes_azevedo.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3620/ind._294-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3621/ind._295-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3622/ind._296-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3623/ind._297-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3624/ind._298-2022_-alex.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3626/ind._299-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3627/ind._300-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3628/ind._301-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3629/ind._302-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3633/ind.303_-_2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3634/ind.304-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3635/ind._305-2022_-_guilherme_gumaraes_azevedo.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3638/ind._306-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3639/ind._307-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3640/ind._308-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3641/ind._309-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3642/ind._310-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3643/ind._311-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3644/ind._312-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3645/ind._313-2022_-carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3647/ind._314-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3648/ind._315-2022_-_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3649/ind._316_-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3650/ind._317-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3651/ind._318-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3652/ind._319-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3656/ind_320_-_alex.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3658/ind._321-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3659/ind._322-2022_-_guilherme_gumaraes_azevedo.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3660/ind._323-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3661/ind._324-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3663/ind._325-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3664/ind._326-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3665/ind._327-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3667/ind._328-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3668/ind._329-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3669/ind._330-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3670/ind._331-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3671/ind._332-2022_-_jojao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3672/ind._333-2022_-_jojao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3673/ind._334-2022_-_jojao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3674/ind._335-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3676/ind._336-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3677/ind._337-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3678/ind._338-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3679/ind._339-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3680/ind._340-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3681/ind._341-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3682/ind._342-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3683/ind._343-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3684/ind._344-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3685/ind._345-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3688/ind._346-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3691/ind._347-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3692/ind._348-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3693/ind._349-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3694/ind._350-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3695/ind._351-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3696/ind._352-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3697/ind._353-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3698/ind._354-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3699/ind._355-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3700/ind._356-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3701/ind._357-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3702/ind._358-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3703/ind._359-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3704/ind._360-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3705/ind._361-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3706/ind._362-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3707/ind._363-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3708/ind._364-2022_-_joao_pazzini-_bereco.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3709/ind._365-2022_-__gerson.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3710/ind._366-2022_-__gerson.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3711/ind._367-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3712/ind._368-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3715/ind._369-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3716/ind._370-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3717/ind._371-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3718/ind._372-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3719/ind._373-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3720/ind._374-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3721/ind._375-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3722/ind._376-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3723/ind._377-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3724/ind._378-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3726/ind._379-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3727/ind._380-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3729/ind._381-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3730/ind._382-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3731/ind._383-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3732/ind._384-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3733/ind._385-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3734/ind._386-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3735/ind._387-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3738/ind._388-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3739/ind._389-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3740/ind._390-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3741/ind._391-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3742/ind._392-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3743/ind._393-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3744/ind._394-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3745/ind._395-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3746/ind._396-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3747/ind._397-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3748/ind._398-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3749/ind._399-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3750/ind._400-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3751/ind._401-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3754/ind._402-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3755/ind._403-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3758/ind._404-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3759/ind._405-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3764/ind._406-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3765/ind._407-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3766/ind._408-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3767/ind._409-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3771/ind._410-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3774/ind._411-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3777/ind._412-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3778/ind._413-2022_-_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3779/ind._414-2022_-_jose_silvino.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3781/ind._415-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3782/ind._416-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3783/ind._417-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3784/ind._418-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3788/ind._419-2022_-__gerson.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3789/ind._420-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3790/ind._421-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3791/ind._422-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3792/ind._423-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3793/ind._424-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3794/ind._425-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3798/ind._426-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3801/ind._427-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3803/ind._428-2022_-_carlos__antonio.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3804/ind._429-2022_-_carlos__antonio.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3805/ind._430-2022_-_carlos__antonio.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3807/ind._431-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3808/ind._432-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3809/ind._433-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3810/ind._434-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3811/ind._435-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3812/ind._436-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3813/ind._437-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3814/ind._438-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3817/ind._439-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3818/ind._440-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3819/ind._441-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3820/ind._442-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3821/ind._443-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3822/ind._444-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3823/ind._445-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3824/ind._446-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3825/ind._447-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3826/ind._448-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3827/ind._449-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3828/ind._450-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3829/ind._451-2022_-_jose_silvino-zezinho.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3830/ind._452-2022_-_jose_silvino-zezinho.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3831/ind._453-2022_-_jose_silvino-zezinho.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3833/ind._454-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3834/ind._455-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3837/ind._456-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3838/ind._457-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3839/ind._458-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3840/ind._459-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3841/ind._460-2022_-_antonio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3847/ind._461-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3848/ind._462-2022_-_alex.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3850/ind._463-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3851/ind._464-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3852/ind._465-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3855/ind._466-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3856/ind._467-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3857/ind._468-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3861/ind._469-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3863/ind._470-2022_-_joao_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3865/ind._471-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3866/ind._472-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3870/ind._473-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3871/ind._474-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3883/ind._475-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3884/ind._476-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3885/ind._477-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3886/ind._478-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3887/ind._479-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3888/ind._480-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3889/ind._481-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3890/ind._482-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3891/ind._483-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3892/ind._484-2022_-_pedro_julio.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3894/ind._485-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3895/ind._486-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3896/ind._487-2022_carlos_antonio.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3240/emenda_aditiva_ao_projeto_de_lei_no1962-2022_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3368/emenda_modificativa_no_01_a_lc_no_123-2022.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3481/emenda_supressiva_e_modificativa_no_01_ao_plc_no_126-2022_-_gui.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3533/emenda_modif._no_01_ao_projeto_de_lei_no_1978-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3565/emenda_modif._no_02_ao_projeto_de_lei_no_1978-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3566/emenda_modif._supr._no_03_ao_projeto_de_lei_no_1978-2022_-_guilh.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3567/emenda_modif._no_04_ao_projeto_de_lei_no_1978-2022_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3581/emenda_no_05_ao_projeto_de_lei_no_1978-2022_-_alex_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3662/emenda_aditiva_ao_projeto_de_lei_no_1972-2022_-_gerson.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3832/emenda_modif._no_01_ao_projeto_lei_no_1990-2022_antonio.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3844/emenda_modif._no_10_ao_projeto_de_lei_no_1990-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3849/emenda_modif._no_03_ao_projeto_lei_no_1990-2022_gerson.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3859/emenda_modif._no_04_ao_projeto_lei_no_1990-2022_joao_freitas.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3860/emenda_modif._no_05_ao_projeto_lei_no_1990-2022_gerson.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3862/emenda_modif._no_06_ao_projeto_lei_no_1990-2022_alex.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3864/emenda_modif._no_07_ao_projeto_lei_no_1990-2022_antonio.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3867/emenda_modif._no_08_ao_projeto_lei_no_1990-2022_alex.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3868/emenda_modif._no_09_ao_projeto_lei_no_1990-2022_-carlos.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3869/emenda_modif._no_10_ao_projeto_de_lei_no_1990-2022_-_marinho.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3872/emenda_modif._no_11_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3873/emenda_modif._no_12_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3874/emenda_modif._no_13_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3875/emenda_modif._no_14_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3876/emenda_modif._no_15_ao_projeto_de_lei_no_1990-2022_-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3877/emenda_modif._no_16_ao_projeto_lei_no_1990-2022_joao_freitas.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3878/emenda_modif._no_17_ao_projeto_lei_no_1990-2022_joao_freitas.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3881/emenda_modif._no_18_ao_projeto_lei_no_1990-2022_comissao_veread.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2022/3882/emenda_modif._no_19_ao_projeto_lei_no_1990-2022_joao_freitas.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H689"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="239.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="151.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="150.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>