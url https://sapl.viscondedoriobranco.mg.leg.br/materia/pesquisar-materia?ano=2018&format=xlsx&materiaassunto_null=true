--- v0 (2026-02-02)
+++ v1 (2026-03-20)
@@ -54,8963 +54,8963 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1108/1108_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1108/1108_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A ISENÇÃO DE ITBI (IMPOSTO SOBRE A TRANSMISSÃO DE BENS IMÓVEIS) E CERTIDÃO DESTE PARA OS PROPRIETÁRIOS CONTEMPLADOS COM IMÓVEL DO PROGRAMA MINHA CASA MINHA VIDA REALIZADO COM RECURSOS DO FUNDO DE ARRENDAMENTO RESIDENCIAL (FAR) E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1109/1109_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1109/1109_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL DO MUNICÍPIO DE VISCONDE DO RIO BRANCO REFISVRB/2018 E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Alex Vinicius Coelho - Alex da Autoescola, Anisio Alves Ananias, Carlos Antônio da Cruz - Asa Branca, Zé Silvio do Ônibus</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1207/1207_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1207/1207_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ISENÇÃO DA CONTRIBUIÇÃO DE ILUMINAÇÃO PÚBLICA - CIP A IMÓVEIS NÃO EDIFICADOS (LOTES) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Elias V.R.B, Anisio Alves Ananias, Gerson Gomes de Freitas - Amigo Xereba, Mabinha Cadedo, Marinho Jose de Almeida Neto - Marinho do Hospital, Regis</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1226/1226_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1226/1226_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA-SE O PARÁGRAFO ÚNICO DO ARTIGO 151 DA LEI COMPLEMENTAR Nº 078/2017 (ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 151 DA LEI COMPLEMENTAR Nº 039/2014).</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Alex Vinicius Coelho - Alex da Autoescola, Carlos Antônio da Cruz - Asa Branca, Zé Silvio do Ônibus</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1279/1279_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1279/1279_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE ISENÇÃO DA CONTRIBUIÇÃO DE ILUMINAÇÃO PÚBLICA - CIP A IMÓVEIS NÃO EDIFICADOS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Mabinha Cadedo</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1325/1325_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1325/1325_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ALTERAÇÃO NOS ANEXOS III E IV DA LEI COMPLEMENTAR 067/2017 E DA OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Carlos Antônio da Cruz - Asa Branca</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/808/808_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/808/808_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">TORNA OBRIGATÓRIO O FECHAMENTO DE VALAS E BURACOS ABERTOS POR EMPRESA PUBLICA OU PRIVADA, NAS VIAS PUBLICAS DO MUNICÍPIOS E DA OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/883/883_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/883/883_texto_integral.pdf</t>
   </si>
   <si>
     <t>"TORNA OBRIGATÓRIO A CONSTRUÇÃO DE ABRIGO NOS PONTOS DE ÔNIBUS QUE REALIZAM O TRANSPORTE PUBLICO MUNICIPAL (CIRCULAR) PELA EMPRESA CONCESSIONÁRIA VENCEDORA DA LICITAÇÃO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/884/884_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/884/884_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA O ESTACIONAMENTO DE VEÍCULOS DE FRENTE AS PADARIAS, CONFEITARIAS, ESTABELECIMENTOS CONGÊNERES, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>Gerson Gomes de Freitas - Amigo Xereba</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/885/885_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/885/885_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A TRANSMISSÃO AO VIVO, PELA INTERNET, RÁDIO E PELA TV DAS REUNIÕES DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO - MG, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/886/886_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/886/886_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL RANCHO VERDE III, LOCALIZADO NO BAIRRO RANCHO VERDE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO - MG.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>Elias V.R.B</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/887/887_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/887/887_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI Nº 810/2005, QUE DISPÕE SOBRE LIMPEZA DE TERRENOS NÃO EDIFICADOS NO PERÍMETRO URBANO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/888/888_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/888/888_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL VISCONDE DO RIO BRANCO FASE I E  II, LOCALIZADO NO ALTO DO BARREIRO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO -MG.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/889/889_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/889/889_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE O REAJUSTE SALARIAL DE 6% (SEIS POR CENTO) AOS SERVIDORES DA CAMARA MUNICIPAL DE VISCONDE DO RIO BRANCO - MG A CADA DIA PRIMEIRO DE JANEIRO DE CADA ANO.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/890/890_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/890/890_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE TREINAMENTO EM PRIMEIROS SOCORROS AOS PROFISSIONAIS DA REDE ESCOLAR EM TODO MUNICÍPIO DE VISCONDE DO RIO BRANCO - MG, ESTABELECE A LEI LUCAS SOB O SELO "LUCAS BEGALLI ZAMORA" E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>Anisio Alves Ananias</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/910/910_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/910/910_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DENOMINAÇÃO DE RUA NO DESMEMBRAMENTO DE LOTE URBANO DE PROPRIEDADE DE ANTÔNIO TEIXEIRA DE FREITAS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/911/911_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/911/911_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI NO CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO DE VISCONDE DO RIO BRANCO A SEMANA MUNICIPAL DE EDUCAÇÃO FÍSICA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1008/1008_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1008/1008_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO CAROLINA TEIXEIRA ANTONUCCI, LOCALIZADO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO - MG.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1009/1009_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1009/1009_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A BOLSA ATLETA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1010/1010_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1010/1010_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCENTIVOS AOS SERVIÇOS AMBIENTAIS NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1011/1011_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1011/1011_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REMOÇÃO DE VEÍCULOS ABANDONADOS OU ESTACIONADOS EM SITUAÇÃO QUE CARACTERIZE SEU ABANDONO EM VIA PÚBLICA. </t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1012/1012_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1012/1012_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A VEDAÇÃO QUANTO Á DENOMINAÇÃO DE QUALQUER LOGRADOURO EM NOSSO MUNICÍPIO, CUJOS NOMES ESTIVEREM ENQUADRADOS EM CRIMES CONFORME ESPECIFICA. </t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1013/1013_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1013/1013_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A PROTEÇÃO, A IDENTIFICAÇÃO E CONTROLE POPULACIONAL DE CÃES E GATOS. SOBRE O FUNCIONAMENTO DA VIGILÂNCIA AMBIENTAL E SETOR DE ENDEMIAS E ZOONOSES DO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>Marinho Jose de Almeida Neto - Marinho do Hospital</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1014/1014_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1014/1014_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE FUMAR EM AMBIENTES FECHADOS EM VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1051/1051_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1051/1051_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REAJUSTE PARA OS SERVIDORES PÚBLICOS DO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1052/1052_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1052/1052_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA FRENTE PARLAMENTAR EM DEFESA DOS DIREITOS DAS MULHERES E DÁ OUTRAS PREVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1053/1053_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1053/1053_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1054/1054_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1054/1054_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REVISÃO DAS METAS DO PLANO MUNICIPAL DE EDUCAÇÃO, LEI 1.225/2015 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1055/1055_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1055/1055_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRA A ABERTURA DE CREDITO ESPECIAL AO ORÇAMENTO GERAL DO MUNICÍPIO, EM FAVOR DA SECRETARIA MUNICIPAL DE SAÚDE, COM FINALIDADE DE REPASSAR PARA APAE DE VISCONDE DO RIO BRANCO E AO HOSPITAL SÃO JOÃO BATISTA, NO VALOR DE R$ 361.454,00.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1073/1073_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1073/1073_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL VISCONDE DO RIO BRANCO FASE I E II, LOCALIZADO NO ALTO DO BARREIRO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO - MG.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1074/1074_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1074/1074_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A PROIBIÇÃO DE FUMAR EM AMBIENTES ABERTOS E FECHADOS EM VISCONDE DO RIO BRANCO. </t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1084/1084_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1084/1084_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA ARTISTA DA TERRA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>Mabinha Cadedo, Anisio Alves Ananias</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1086/1086_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1086/1086_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL RANCHO VERDE III, LOCALIZADO NO BAIRRO RANCHO VERDE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1092/1092_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1092/1092_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA E REGULAMENTA O CASAMENTO COMUNITÁRIO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO. </t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1113/1113_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1113/1113_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DE VALORIZAÇÃO DA FAMÍLIA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1129/1129_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1129/1129_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ARTIGO 6º E SEU PARAGRAFO 1º E AOS PARÁGRAFOS 1º DO ARTIGO 15 E AO 2º DO ARTIGO 45 DA LEI Nº 1.297/2016 E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>Anisio Alves Ananias, Mabinha Cadedo</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1130/1130_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1130/1130_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA NO LOTEAMENTO RESIDENCIAL RANCHO VERDE III, LOCALIZADO NO BAIRRO RANCHO VERDE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG, (RUA F - RUA EVA ALVINA RODRIGUES PRATA).</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>Regis</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1131/1131_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1131/1131_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA UTILIDADE PUBLICA A ASSOCIAÇÃO LIGA MINEIRA DE HAPKIDO, COM SEDE E FORO EM VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1132/1132_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1132/1132_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O DIA MUNICIPAL DA ADOÇÃO, PROTEÇÃO E BEM ESTAR DOS ANIMAIS NO ÂMBITO MUNICIPAL. </t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1141/1141_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1141/1141_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A CAMPANHA ABRIL MARROM DE PREVENÇÃO E COMBATE ÁS DIVERSAS ESPÉCIES DE CEGUEIRA, NO ÂMBITO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1142/1142_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1142/1142_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA VENDA DIRETA AO CONSUMIDOR DE SODA CÁUSTICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1144/1144_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1144/1144_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A AFIXAÇÃO DE PLACAS DE IDENTIFICAÇÃO EM TERRENOS BALDIOS EXISTENTES NO ÂMBITO MUNICIPAL. </t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1175/1175_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1175/1175_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPORTÂNCIA DOS PAIS OU RESPONSÁVEIS SEREM INFORMADOS SOBRE A AUSÊNCIA DOS ALUNOS NAS ESCOLAS DA REDE PÚBLICA MUNICIPAIS.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1176/1176_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1176/1176_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE EXPOSIÇÃO DE OBRAS DE ARTE E ESPETÁCULOS QUE DISPONHAM DE CONTEÚDO IMPRÓPRIO PARA CRIANÇAS E ADOLESCENTES EM VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1177/1177_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1177/1177_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA LEI Nº 1.173, DE 04 DE DEZEMBRO DE 2013, QUE DISPÕE SOBRE ALÍQUOTAS DE CONTRIBUIÇÃO PREVIDENCIÁRIA PARA FINS DE CUSTEIO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE VISCONDE DO RIO BRANCO - FUMPREV. </t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1178/1178_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1178/1178_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O FUNDO MUNICIPAL DE EDUCAÇÃO - FME E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1179/1179_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1179/1179_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL, DOMINIAL DO MUNICÍPIO E CONTÉM OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1206/1206_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1206/1206_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ADOÇÃO DE MEDIDAS POR PARTE DO PODER EXECUTIVO QUE PRIORIZEM O ATENDIMENTO DA MULHER COMO BENEFICIÁRIA DOS PROGRAMAS HABITACIONAIS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1229/1229_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1229/1229_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA ATIVIDADE DE COMÉRCIO OU PRESTAÇÃO DE SERVIÇOS AMBULANTES OU EVENTUAL NAS VIAS E LOGRADOUROS PÚBLICOS DO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1230/1230_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1230/1230_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SEMANA MUNICIPAL DO DOADOR DE MEDULA ÓSSEA EM VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1286/1286_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1286/1286_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA DE UTILIDADE PÚBLICA A ENTIDADE FILANTRÓPICA "ARCA" - AMIGOS REUNIDOS PELA CAUSA ANIMAL. </t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1287/1287_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1287/1287_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE DOAÇÃO DE VEÍCULOS DA PREFEITURA MUNICIPAL DE VISCONDE DO RIO BRANCO Á FEMAM - FEDERAÇÃO MUNICIPAL DAS ASSOCIAÇÕES DE MORADORES DOS BAIRROS E POVOADOS DE VISCONDE DO RIO BRANCO E CONTÉM OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1333/1333_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1333/1333_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTARIA DO MUNICÍPIO DE VISCONDE DO RIO BRANCO PARA O EXERCÍCIO DE 2019 E DÁ OUTRAS PROVIDENCIAS.  </t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>Alex Vinicius Coelho - Alex da Autoescola</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1301/1301_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1301/1301_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO DOS DIREITOS DA PESSOA PORTADORA DE CÂNCER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1324/1324_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1324/1324_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA MUNICIPAL DE HORTAS COMUNITÁRIAS NO MUNICÍPIO DE VISCONDE DO RIO BRANCO PARA APROVEITAMENTO DE TERRENOS BALDIOS, PÚBLICOS E PRIVADOS, NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1332/1332_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1332/1332_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA UM CONSELHO MUNICIPAL DOS DIREITOS DAS MULHERES E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1340/1340_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1340/1340_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO, EM FAVOR DA SECRETÁRIA MUNICIPAL DE SAÚDE, PARA IMPLEMENTAÇÃO DE AÇÕES DO PROGRAMA DE ALIMENTAÇÃO E NUTRIÇÃO E DA MANUTENÇÃO DAS ATIVIDADES DA SAÚDE DA FAMÍLIA - PSF.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>Gerson Gomes de Freitas - Amigo Xereba, Elias V.R.B</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1344/1344_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1344/1344_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE DENOMINAÇÃO DO ESTADIO MUNICIPAL LOCALIZADO NA COMUNIDADE DE SANTA MARIA, ZONA RURAL DE VISCONDE DO RIO BRANCO, MG.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1345/1345_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1345/1345_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO VESTIÁRIO QUE SERÁ CONSTRUÍDO PELA PREFEITURA NO ESTÁDIO MUNICIPAL EM SANTA MARIA, ZONA RURAL DE VISCONDE DO RIO BRANCO, MG.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1346/1346_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1346/1346_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA NO 1º POVOADO LOCALIZADO NO CÓRREGO DOS ELIAS, NA COMUNIDADE DE SANTA MARIA, ZONA RURAL DE VISCONDE DO RIO BRANCO, MG.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1347/1347_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1347/1347_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE AUXILIO FINANCEIRO A PACIENTES PORTADORES DE DOENÇA OU DEFICIÊNCIA CUJO TRATAMENTO, PROCEDIMENTO MÉDICO OU TERAPÊUTICO REQUEIRA O USO CONTINUADO DE APARELHOS, EQUIPAMENTOS OU INSTRUMENTOS QUE, PARA SEU FUNCIONAMENTO, DEMANDEM CONSUMO DE ENERGIA ELÉTRICA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1354/1354_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1354/1354_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A PREMIAÇÃO "ALUNO NOTA DEZ", AOS ESTUDANTES DO ENSINO FUNDAMENTAL DAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DA CIDADE DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1381/1381_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1381/1381_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA O PONTO DE TÁXI EXISTENTE NA PRAÇA VINTE E OITO DE SETEMBRO EM MAZILIO LOPES DA SILVA.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1382/1382_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1382/1382_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO, EM FAVOR DA SECRETÁRIA MUNICIPAL DE SAÚDE, PARA MANUTENÇÃO DAS ATIVIDADES DA SAÚDE DA FAMÍLIA - PSF.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1398/1398_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1398/1398_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA DO LOTEAMENTO LEOPOLDO ANTONUCCI, RUA K, LOCALIZADA NA NOVA CIDADE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO, PARA RUA RONI BATISTA NASCIMENTO.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1399/1399_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1399/1399_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA DO LOTEAMENTO LEOPOLDO ANTONUCCI, RUA J, LOCALIZADA NA NOVA CIDADE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO, PARA RUA JOÃO BATISTA DE SOUZA.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1401/1401_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1401/1401_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL LEOPOLDO ANUNCIATO, RUA I, LOCALIZADA NA NOVA CIDADE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO, PASSARA A SER RUA DAVID GIROTTO.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>Zé Silvio do Ônibus</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1403/1403_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1403/1403_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA NO LOTEAMENTO RESIDENCIAL LEOPOLDO ANTONUCCI, RUA C, LOCALIZADO NA NOVA CIDADE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO, PASSANDO A SE CHAMAR RUA OTÁVIO FERREIRA FILHO.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1410/1410_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1410/1410_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL LEOPOLDO ANTONUCCI, LOCALIZADO NO BAIRRO NOVA CIDADE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO. (RUA E - RUA JOSÉ ALVES PEREIRA)</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1411/1411_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1411/1411_texto_integral.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIO EXPRESSAR COM 2 (DUAS) CASAS DECIMAIS, EM PAINEL DE PREÇOS E EM BOMBA MEDIDORA, OS PREÇOS POR LITRO DE COMBUSTÍVEL AUTOMOTIVO EM VISCONDE DO RIO BRANCO - MG.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1422/1422_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1422/1422_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA DO LOTEAMENTO SERRA VERDE EM VISCONDE DO RIO BRANCO. RUA G PASSA A SE CHAMAR RUA ANTÔNIO LÚCIO VICENTE.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1421/plo_no_1757-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1421/plo_no_1757-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACRÉSCIMO DO INCISO XVI AO ART. 1º DA LEI Nº 818/2005.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1429/1429_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1429/1429_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE ASSISTÊNCIA Á CRIANÇA PORTADORA DE MICROCEFALIA E DÁ OUTRAS PROVIDÊNCIAS EM VRB - MG.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1459/1459_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1459/1459_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO SERRA VERDE II, NO MUNICÍPIO DE VISCONDE DO RIO BRANCO, RUA K - RUA ANTÔNIO LUIZ MORETTO.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1463/1463_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1463/1463_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRAÇA DO LOTEAMENTO SERRA VERDE II, LOCALIZADO NA NOVA CIDADE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1471/plo_no_1761-2018-executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1471/plo_no_1761-2018-executivo.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE VISCONDE DO RIO BRANCO PARA O EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1472/plo_no_1762-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1472/plo_no_1762-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>DISPÕE A REDUÇÃO DOS SUBSÍDIOS DOS VEREADORES, SECRETÁRIOS, VICE-PREFEITO E PREFEITO EM VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1478/plo_no_1763-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1478/plo_no_1763-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL LEOPOLDO ANTONUCCI_RUA M, LOCALIZADO NA NOVA CIDADE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1500/plo_no_1764-2018-vr_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1500/plo_no_1764-2018-vr_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRAÇA F DO RESIDENCIAL VISCONDE DO RIO BRANCO. (PRAÇA FRANCISCO MARTINS DA COSTA)</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1501/plo_no_1765-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1501/plo_no_1765-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>ESTABELECE OBRIGATORIEDADE DE IDENTIFICAÇÃO DOS VEÍCULOS OFICIAIS DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO, COM NUMERAÇÃO ESPECÍFICA.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL VISCONDE DO RIO BRANCO I E II, LOCALIZADO NO ALTO DO BARREIRO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO, MG. (RUA D = RUA JANUÁRIA RAIMUNDA ALBERTO).</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1525/plo_no_1767-2018-vr_carlos_a._PWHaQgh.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1525/plo_no_1767-2018-vr_carlos_a._PWHaQgh.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE PRAÇA DO LOTEAMENTO RESIDENCIAL COHAB III NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA DO LOTEAMENTO SERRA VERDE II_ RUA H NO MUNICÍPIO DE VISCONDE DO RIO BRANCO. (RUA ANTÔNIO LUIZ MORETTO).</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1537/plo_no_1769-2018-executivo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1537/plo_no_1769-2018-executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE VISCONDE DO RIO BRANCO A REQUERER A INSTALAÇÃO DO TIRO-DE-GUERRA DE VISCONDE DO RIO BRANCO, A FIRMAR CONVÊNIO COM O COMANDO DO EXÉRCITO, POR INTERMÉDIO DA 4ª REGIÃO MILITAR E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1547/plo_no_1770-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1547/plo_no_1770-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO DOS DADOS DOS CONSELHOS MUNICIPAIS NA PÁGINA OFICIAL DA PREFEITURA E CÂMARA MUNICIPAL NA INTERNET, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1552/plo_no_1771-2018-vr_marinho_HqJUqtW.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1552/plo_no_1771-2018-vr_marinho_HqJUqtW.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PUBLICAÇÃO, NA INTERNET, DA LISTA DE ESPERA DOS PACIENTES QUE AGUARDAM POR CONSULTAS (DISCRIMINADAS POR ESPECIALIDADE), EXAMES E INTERVENÇÕES CIRÚRGICAS E OUTROS PROCEDIMENTOS NOS ESTABELECIMENTOS DA REDE PÚBLICA DE SAÚDE DO MUNICÍPIO, E DAS OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1557/plo_no_1772-2018-vr_j._silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1557/plo_no_1772-2018-vr_j._silvio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL LUAR DE RIO BRANCO _ RUA E, LOCALIZADO NO CATETE NO MUNICIPIO DE VISCONDE DO RIO BRANCO. (RUA ORMINDO BARBOSA).</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1574/plo_no_1774-2018-vr_j.silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1574/plo_no_1774-2018-vr_j.silvio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL LUAR DE RIO BRANCO_RUA B, LOCALIZADO NO CATETE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO. (RUA SEBASTIÃO DE QUEIROZ LIMA).</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1587/plo_no_1775-2018-vr_j._silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1587/plo_no_1775-2018-vr_j._silvio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL LUAR DE RIO BRANCO _ RUA C, LOCALIZADA NO CATETE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO. (RUA JOSÉ CARLOS PRATA).</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/891/891_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/891/891_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TITULO DE CIDADANIA HONORÁRIA. </t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/892/892_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/892/892_texto_integral.pdf</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/894/894_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/894/894_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DAS DIÁRIAS DE VIAGENS E SERVIDORES DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO. </t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/895/895_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/895/895_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O REAJUSTE DE SUBSÍDIO DOS VEREADORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/918/918_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/918/918_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TITULO DE CIDADANIA HONORARIA.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/995/995_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/995/995_texto_integral.pdf</t>
   </si>
   <si>
     <t>TITULO DE CIDADANIA HONORARIA PARA O SENHOR MARCELO MORATORI CORDEIRO.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/996/996_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/996/996_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">TITULO DE CIDADÃ HONORÁRIA Á SENHORA MARIA NATIVIDADE DE FREITAS MOREIRA ANANIAS. </t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1081/1081_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1081/1081_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE DOBRE A CRIAÇÃO DA FRENTE PARLAMENTAR EM DEFESA DOS DIREITOS DA MULHERES E DA OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>Alex Vinicius Coelho - Alex da Autoescola, Carlos Antônio da Cruz - Asa Branca, Regis, Zé Silvio do Ônibus</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1107/1107_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1107/1107_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO SR. WANDERLEY CARDOSO DE QUEIROZ.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1225/1225_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1225/1225_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO SENHOR JOSÉ MAURICIO FURTADO DE CAMPOS.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1255/1255_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1255/1255_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO SENHOR THOMÁS VIEIRA DE SOUZA.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1278/1278_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1278/1278_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULO DE CIDADANIA HONORÁRIA AO SR. PAULO SÉRGIO DE ARAUJO.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1300/1300_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1300/1300_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TITULO DE CIDADANIA HONORÁRIA AO SENHOR OSVALDO CRUZ.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1320/1320_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1320/1320_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE TITULO DE CIDADANIA HONORARIA AO SR. ESMAEL GOMES PRIANTI.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1321/projeto_de_resolucao_no_596-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1321/projeto_de_resolucao_no_596-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO DE ÉTICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1455/1455_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1455/1455_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A HOMENAGEAR EM SESSÃO ESPECIAL OS 50 ANOS DA EMPRESA PIF PAF.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1456/1456_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1456/1456_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO DIPLOMA DE MÉRITO LEGISLATIVO AO SR. AVELINO COSTA.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1591/projeto_de_resolucao_no_599-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1591/projeto_de_resolucao_no_599-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO DIPLOMA DE MÉRITO LEGISLATIVO A SRA. MARIA PAULA DA ROCHA MENDONÇA.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1322/1322_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1322/1322_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL AO PROJETO DE LEI COMPLEMENTAR Nº 97/2018</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/899/899_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/899/899_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL Á PROJETO DE LEI Nº 1665/2017 QUE "ALTERA A LEI Nº 1316/2017, QUE DISPÕE SOBRE A REGULAMENTAÇÃO DO TRANSPORTE DE MOTOTÁXI NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1202/1202_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1202/1202_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL AO ARTIGO 4º DO PROJETO DE LEI MUNICIPAL Nº 1678/2017.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/896/896_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/896/896_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE ACORDO COM O ART.66 DO REGIMENTO INTERNO E ART.31 DA CONSTITUIÇÃO FEDERAL, VENHO POR MEIO DESTE REQUERER AO SENHOR FRANCISCO CARLOS DE ALMEIDA, PRESIDENTE DA FEMAM - FEDERAÇÃO MUNICIPAL DE MORADORES DE BAIRROS DE VISCONDE DO RIO BRANCO - MG, A PRESTAÇÃO DE CONTAS DESDE O ANO EM QUE A PREFEITURA MUNICIPAL PASSOU A OFERTAR ESSE REPASSE DE SUBVENÇÃO SOCIAL PARA A ENTIDADE POR INTERMÉDIO DE CONVÊNIO ATÉ A DATA EM QUE ESTEVE VIGENTE.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/897/897_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/897/897_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO QUE FISCALIZE, NOTIFIQUE E COBRE DOS PROPRIETÁRIOS DOS LOTES NÃO EDIFICADOS NO PERÍMETRO URBANO A MANUTENÇÃO, CONSERVAÇÃO E ASSEIO DO MESMO COMO REGE A LEI 810/2005, COM INTUITO DE PRESERVAR A SAÚDE PUBLICA E POIS SEGUNDO OS MORADORES DE VISCONDE DO RIO BRANCO NUNCA VIRAM FISCAIS DA PREFEITURA PRESTANDO ESTE TIPO DE SERVIÇO QUE NUNCA OUVE NOTIFICAÇÕES SOBRE, E DEVIDO A ESSA FALTA DE GERÊNCIA CORRE-SE O RISCO DE PROLIFERAÇÕES DE DENGUE E PICADAS POR INSETOS PEÇONHENTOS.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/898/898_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/898/898_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE ACORDO COM O ART.66 DO REGIMENTO INTERNO E ART.31 DA CONSTITUIÇÃO FEDERAL, SOLICITO A V. EXCELENCIA, APÓS OUVIR O PLENÁRIO E SE APROVANDO, QUE SEJA REQUERIDA AS SEGUINTES INFORMAÇÕES DO SENHOR IRAN SILVA COURI, PREFEITO MUNICIPAL DE VISCONDE DO RIO BRANCO-MG, NO SENTIDO DE ESCLARECER AOS NOSSOS MUNÍCIPES E A ESSA CASA LEGISLATIVA SOBRE AS SEGUINTES QUESTÕES.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/901/901_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/901/901_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE ACORDO COM O ART. 66 DO REGIMENTO INTERNO E ART. 31 DA CONSTITUIÇÃO FEDERAL, VENHO POR MEIO DESTE REQUERER A PREFEITURA MUNICIPAL JUNTAMENTE COM O SETOR RESPONSÁVEL COMO FUNCIONA A QUESTÃO DA REGULARIZAÇÃO DOS NOVOS BAIRROS E RUAS PARA A EMPRESA CORREIOS PASSE A ATUAR NESTAS ÁREAS, ONDE NA MAIORIA DOS BAIRROS NOVOS EXISTEM MORADORES E OS MESMOS NÃO SÃO ATENDIDOS PELA DEVIDA EMPRESA.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/912/912_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/912/912_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE ACORDO COM O ART. 66 DO REGIMENTO INTERNO E ART. 31 DA CONSTITUIÇÃO FEDERAL, SOLICITO A V. EXCELÊNCIA, APÓS OUVIR O PLENÁRIO E SE APROVADO, QUE SEJA REQUERIDA DO SENHOR THIAGO DE CASTRO, SECRETÁRIO DE SAÚDE MUNICIPAL DE VISCONDE DO RIO BRANCO, MG, INFORMAÇÕES:</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/932/932_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/932/932_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COPIA DE TODA DOCUMENTAÇÃO (SEPARADA) DAS EMPRESAS QUE PARTICIPARAM DO PREGÃO PRESENCIAL Nº 12/2017, REALIZADO NO DIA 29 DE NOVEMBRO DE 2017 - AQUISIÇÃO DE EQUIPAMENTOS DE SOM PARA REALIZAÇÃO DE REUNIÕES E EVENTOS DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO - MG.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE ACORDO COM O ARTIGO 66 DO REGIMENTO INTERNO E ARTIGO 31 DA CONSTITUIÇÃO FEDERAL, VENDO POR MEIO DESTE REQUERER INFORMAÇÕES SOBRE QUAIS CRITÉRIOS DE FISCALIZAÇÃO A PREFEITURA ESTA TOMANDO REFERENTE Á COPASA, POIS CONTINUA SERVINDO ÁGUA SUJA E DE MÁ QUALIDADE, SENDO IMPRÓPRIA PARA CONSUMO. </t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/986/986_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/986/986_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO SR. PREFEITO INFORMAÇÕES, NO SENTIDO DE ESCLARECER AOS NOSSOS MUNÍCIPES E A ESSA CASA LEGISLATIVA AS SEGUINTES QUESTÕES:_x000D_
 QUAL A SITUAÇÃO ATUAL DO ESTACIONAMENTO DAS CHARRETES (COLCHEIA) JUNTO A PREFEITURA?_x000D_
 QUAL A RAZÃO, CAUSA OU MOTIVO PARA QUE NÃO TENHAMOS O FUNCIONAMENTO DESSE ESTACIONAMENTO, QUE TANTO TEM SERVIDO AOS NOSSOS MUNÍCIPES. </t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1006/1006_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1006/1006_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES DA SECRETÁRIA DE SAÚDE, O POR QUE A ÚNICA MAQUINA DE ULTRASSOM DA CIDADE NÃO ESTA FUNCIONANDO, DEIXANDO ASSIM DE ATENDER VÁRIAS GESTANTES NO MUNICÍPIO E SE JÁ AVALIARAM QUAL O PROBLEMA DA MESMA E O QUE NECESSITA PARA SANAR O REFERIDO PROBLEMA. </t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1007/1007_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1007/1007_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO HOSPITAL SÃO JOÃO BATISTA POR QUE A MÁQUINA DE ULTRASSOM NÃO ESTA FUNCIONANDO, DEIXANDO ASSIM DE ATENDER VÁRIAS GESTANTES NO MUNICÍPIO E QUAL O PROBLEMA DA MESMA E O QUE SERIA NECESSÁRIO PARA SANAR ESTE PROBLEMA. </t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1018/1018_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1018/1018_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE TOME PROVIDÊNCIAS SOBRE UM OUTDOOR, QUE SE ENCONTRA DESATIVADO NA RODOVIA UBÁ X VISCONDE DO RIO BRANCO, PRÓXIMO A FAZENDINHA. </t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1048/1048_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1048/1048_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A ATUAL SITUAÇÃO DA VACA MECÂNICA E QUAIS SERÃO OS CRITÉRIOS ADOTADOS PARA A NOVA FORMA DE DISTRIBUIÇÃO DO LEITE. E POR QUE PESSOAS CARENTES COM INTOLERÂNCIA A LACTOSE NÃO TERÃO MAIS ESSE DIREITO?</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1049/1049_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1049/1049_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE ADESIVE AS PORTAS DO VEICULO DO PODER LEGISLATIVO (PLACA: HLF1806) COM O BRASÃO DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO. ISSO SE FAZ NECESSÁRIO PARA QUE TODOS POSSAM IDENTIFICA-LO, GERANDO ASSIM MAIOR TRANSPARÊNCIA PUBLICA. </t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1050/1050_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1050/1050_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES NO SENTIDO DE ESCLARECER AOS NOSSOS MUNÍCIPES E A ESSA CASA LEGISLATIVA SOBRE AS SEGUINTES QUESTÕES:_x000D_
 *QUAL É O VALOR QUE ATÉ AGORA FOI GASTO PARA A REVITALIZAÇÃO DA PRAÇA 28 DE SETEMBRO._x000D_
 *QUAL É O VALOR ESTIMADO PARA A CONCLUSÃO DAS OBRAS QUE ESTÃO SENDO REALIZADAS NA SUPRACITADA LOCALIDADE.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1077/1077_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1077/1077_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER JUNTO AO EXECUTIVO INFORMAÇÕES SOBRE MEDIDAS TOMADAS PARA RETIRAR VEÍCULOS ABANDONADOS DAS RUAS.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1078/1078_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1078/1078_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A SRA. PRESIDENTA DA CÂMARA MUNICIPAL CONVIDE PARA UMA REUNIÃO INFORMAL OS PROPRIETÁRIOS DAS LOJAS DA GALERIA ÉDEN CLUB.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1079/1079_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1079/1079_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE ENVIE À CÂMARA MUNICIPAL UM RELATÓRIO COM A RELAÇÃO DE TODOS OS SERVIDORES COMISSIONADOS DA PREFEITURA, ASSIM COMO OS EFETIVOS COM FUNÇÃO GRATIFICADA, OS CONTRATADOS, SEUS CARGOS E REMUNERAÇÕES, COM BASE NO PRINCIPIO DA PUBLICIDADE E DA TRANSPARÊNCIA. </t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1080/1080_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1080/1080_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE INTERCEDA JUNTO A SECRETARIA DE OBRAS E/OU EDUCAÇÃO DE MINAS GERAIS PARA BUSCAR INFORMAÇÕES SOBRE AS SEGUINTES OBRAS QUE SE ENCONTRAM PARADAS DESDE 2014._x000D_
 *QUADRAS POLIESPORTIVAS_x000D_
 ---ESCOLA ESTADUAL CORONEL AVELINO CARDOSO_x000D_
 ---ESCOLA ESTADUAL JOÃO BATISTA DE ALMEIDA_x000D_
 ---ESCOLA ESTADUAL LAUDELINA BARANDIER ESMERALDO</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1082/1082_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1082/1082_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INFORMAÇÕES SOBRE AS SEGUINTES QUESTÕES:_x000D_
 *POR QUE A CONSTRUÇÃO DA UPA NA RUA EUGÊNIO DE MELO FOI INTERROMPIDA E NENHUMA AÇÃO CORRETIVA FOI FEITA PARA A CONCLUSÃO DA MESMA?_x000D_
 *QUAL É A PREVISÃO PARA TERMINAR A CONSTRUÇÃO DA UPA E A INAUGURAÇÃO DA MESMA?_x000D_
 *QUAL FOI O VALOR INVESTIDO NA MESMA ATÉ A DATA PRESENTE EM RESPOSTA A ESSA PROPOSIÇÃO?</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1104/1104_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1104/1104_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DO EXECUTIVO SOBRE O REPASSE MENSAL QUE É FEITO PARA CÂMARA MUNICIPAL DESDE O ANO DE 2016 ATÉ O MÊS DE MARÇO DO ANO DE 2018.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1105/1105_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1105/1105_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO EXECUTIVO E DA SECRETÁRIA DE SAÚDE, QUE FORNEÇA A LISTA COM OS NOMES DOS PACIENTES QUE SE ENCONTRAM NA FILA DE ESPERA PARA CIRURGIA DE CATARATA, QUAIS SÃO OS DOCUMENTOS NECESSÁRIOS QUE OS PACIENTES DEVEM TER EM MÃOS E QUAIS OS CRITÉRIOS ESTÃO SENDO REPASSADOS PARA AS PESSOAS CARENTES. </t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1106/1106_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1106/1106_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA PRESIDENTE EM EXERCÍCIO DA CÂMARA MUNICIPAL SOBRE O REPASSE MENSAL NO QUAL É RECEBIDO DO PODER EXECUTIVO PARA ESTA CASA DESDE O ANO DE 2016 ATÉ O MÊS DE MARÇO DE 2018.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1134/1134_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1134/1134_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DO EXECUTIVO SOBRE O VALOR O QUAL FOI GASTO NA CONSTRUÇÃO DA AVENIDA DR. LELÉ.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1137/1137_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1137/1137_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DA PRESIDENTE DO CONSELHO MUNICIPAL DE SAÚDE A SENHORA MARIA AUXILIADORA IASBIK, CÓPIAS DA ATA DAS REUNIÕES QUE FORAM REALIZADAS PELO CONSELHO MUNICIPAL DE SAÚDE DO MÊS DE JANEIRO ATÉ O MÊS DE ABRIL DO ANO DE 2018.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1138/1138_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1138/1138_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO DO EXECUTIVO SOBRE O MOTIVO DA RETIRADA DAS VAGAS PARA DEFICIENTES FÍSICOS EM TORNO DA PRAÇA 28 DE SETEMBRO.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1160/1160_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1160/1160_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA O TEOR CONTIDO NO REQUERIMENTO Nº 02/2018 JÁ APROVADO PELA CÂMARA MUNICIPAL: "REQUER À PREFEITURA MUNICIPAL QUE FISCALIZE, NOTIFIQUE E COBRE OS PROPRIETÁRIOS DE LOTES VAGOS DE ACORDO COM O QUE ESTABELECE A LEI Nº 810/2005"</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1168/1168_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1168/1168_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DA SECRETÁRIA DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO O ÁUDIO E A ATA DA 3ª SESSÃO DA 3ª REUNIÃO ORDINÁRIA DE 2018 / 18ª LEGISLATURA QUE FORA REALIZADA NO DIA 16 DE ABRIL DE 2018.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1172/1172_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1172/1172_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO EXECUTIVO A RELAÇÃO DE LOGRADOUROS QUE PAGARAM O IPTU LANÇADO NO SISTEMA NOS ANOS DE 2016, 2017 E 2018, SOB RESIDENCIAS, LOTES E LOTEAMENTOS. </t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1187/1187_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1187/1187_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO A RELAÇÃO DE TODOS OS ALUNOS QUE UTILIZAM TRANSPORTE UNIVERSITÁRIO PARA OUTRAS CIDADES COM BENEFICIO OU NÃO DA PREFEITURA.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1192/1192_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1192/1192_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO A RELAÇÃO DE TODOS OS LOGRADOUROS ALUGADOS PELO EXECUTIVO QUE ESTÃO PRESTANDO SERVIÇO DE ATENDIMENTO AO PÚBLICO OU APENAS É UTILIZADO PARA A GUARDA DE DOCUMENTOS, E OU, ARQUIVOS.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1199/1199_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1199/1199_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO PROVIDENCIAS URGENTES NO SENTIDO DE INFORMAR SOBRE O DESLIZAMENTO DE TERRA OCORRIDO NA RUA DELORME TAVEIRA, Nº 217, BAIRRO ALEXANDRE FERRAZ.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1211/1211_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1211/1211_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DA PRESIDÊNCIA DA CÂMARA MUNICIPAL INFORMAÇÕES DAS EMPRESAS DE SONORIZAÇÃO QUE PRESTARAM SERVIÇOS ATRAVÉS DE PROCESSO LICITATÓRIO E/OU CONTRATO DE 2009 ATÉ O FINAL DE 2016.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1212/1212_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1212/1212_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO EXECUTIVO QUE SEJA FIXADA UMA PLACA CONTENDO INFORMAÇÕES SOBRE A OBRA REALIZADA DE REVITALIZAÇÃO DA PRAÇA 28 DE SETEMBRO. </t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1213/1213_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1213/1213_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO EXECUTIVO INFORMAÇÕES SOBRE AÇÕES REALIZADAS DA GESTÃO ATUAL E AS METAS PARA O EXERCÍCIO DO ANO DE 2018. </t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1235/1235_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1235/1235_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO NO SENTIDO DE ESCLARECER AOS NOSSOS MUNÍCIPES E A ESSA CASA LEGISLATIVA SOBRE AS SEGUINTES QUESTÕES:_x000D_
 *CÓPIA DE TODOS OS PROCESSOS LICITATORIOS NO QUE TANGE A OBRA DO CENTRO DE SAÚDE BEIRA RIO SITUADO NA AVENIDA SR. DRUMMONT, BAIRRO DUCILIA CARONE. _x000D_
 *QUAL O VALOR ESTIMADO DA OBRA E O PRAVO PREVISTO PARA A CONCLUSÃO._x000D_
 *LOCAL DE ONDE VEM A DOTAÇÃO UTILIZADA PARA CUSTEAR A OBRA._x000D_
 *NOME DO ENGENHEIRO RESPONSÁVEL PELA OBRA.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1238/1238_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1238/1238_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO INFORMAÇÕES SOBRE QUANTAS PESSOAS CONTRIBUEM COM A ILUMINAÇÃO PÚBLICA E DE QUANTO É O REPASSE PARA A PREFEITURA MUNICIPAL E SE HÁ PLANILHA DE CONTRIBUINTES ATIVOS E NÃO ATIVOS, ONDE POSSA ESTAR NOS DISPONIBILIZANDO UMA CÓPIA.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1239/1239_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1239/1239_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO EXECUTIVO O NOME DO VEREADOR CITADO PELO SR. PREFEITO, QUANDO DISSE NO INFORMATIVO DISTRIBUÍDO QUE ESTE ACONSELHOU A POPULAÇÃO A NÃO PAGAR O IPVA COM A TAXA DE ILUMINAÇÃO PÚBLICA. </t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1240/1240_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1240/1240_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO ONDE FOI IMPRESSO OS PANFLETOS DISTRIBUÍDOS SOBRE O ASSUNTO "ILUMINAÇÃO PÚBLICA, ASSUNTO DO MOMENTO", QUAL A TIRAGEM E POR QUE ESTÁ NÃO FOI CONSTADA NO INFORMATIVO REFERIDO, BEM COMO NÃO CONSTAVA BRASÃO DA PREFEITURA UMA VEZ QUE ESTAVA ASSINADA PELO SR. PREFEITO MUNICIPAL, IRAN SILVA COURI.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1251/1251_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1251/1251_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO SECRETÁRIO DE SAÚDE O MOTIVO DO NÃO PAGAMENTO DO PMAQ, SENDO QUE O BENEFICIO JÁ ESTA DISPONÍVEL PARA REPASSE NO MÊS DE JANEIRO, FEVEREIRO, MARÇO E ABRIL. </t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1274/1274_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1274/1274_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO EXECUTIVO INFORMAÇÕES SOBRE:_x000D_
 *QUAL O MOTIVO DA QUEBRA CONSTATE DE MANILHAS DA REDE DE ESGOTO NA RUA JOSÉ BELMIRO (ANTIGA RUA DO CAMPO)?_x000D_
 *QUAIS MEDIDAS PREVENTIVAS E CORRETIVAS ESTÃO SENDO TOMADAS PARA QUE O PROBLEMA SEJA RESOLVIDO._x000D_
 *QUAL É O PRAZO ESTIPULADO PARA QUE O PROBLEMA EXPOSTO SEJA RESOLVIDO. </t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1288/1288_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1288/1288_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O DIPLOMA DE DISTINÇÃO RIO-BRANQUENSE AO ILMO SR. HENRIQUE SILVA MULLER. DEPOIS DE OUVIR O PLENÁRIO E SE APROVADO, QUE O SUPRACITADO DIPLOMA SEJA ENTREGUE EM SESSÃO SOLENE DESTINADA A ESSA HOMENAGEM EM UMA REUNIÃO À PARTE. </t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1296/1296_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1296/1296_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO EXECUTIVO SABER SE HOUVE OPERAÇÕES DO PROCON DE VISCONDE DO RIO BRANCO NO INTUITO DE FISCALIZAR OS PREÇOS ABUSIVOS NOS POSTOS DE COMBUSTÍVEIS, JA QUE O PROCON MUNICIPAL DE VARIAS CIDADES MINEIRAS SE PREOCUPARAM EM DEFENDER O DIREITO DO CONSUMIDOR. </t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1299/1299_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1299/1299_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO QUE UTILIZE PARTE DO RECURSO DE R$ 2.890.000,00 DO ORÇAMENTO PUBLICO DE 2018 EM EXECUÇÃO PARA INSTALAÇÃO DE 200 METROS DE REDE ELÉTRICA COM 6 BRAÇOS E 6 LAMPADAS A VAPOR DE SÓDIO NOS POSTES JÁ EXISTENTES NA ESTRADA JOSÉ BRAZ DAMIÃO.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1310/1310_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1310/1310_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O DIPLOMA DE DISTINÇÃO RIO-BRANQUENSE AO ILMO. SR. CARLOS HENRIQUE MACHADO PEREIRA (MULHER MAÇA).</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1311/1311_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1311/1311_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO EXECUTIVO INFORMAÇÕES NO SENTIDO DE ESCLARECER AOS NOSSOS MUNÍCIPES E A ESSA CASA LEGISLATIVA SOBRE AS SEGUINTES QUESTÕES: _x000D_
 * PORQUE O POSTO DE SAÚDE DO BAIRRO ESPORTIVO TEM PRESTADO UM DESSERVIÇO, NO QUE TANGE AO ATENDIMENTO AOS MUNÍCIPES? VISTO QUE, A VÁRIAS RECLAMAÇÕES, POIS O TRATAMENTO AQUÉM DO ESPERADO. _x000D_
 * QUE ESSE ASSUNTO SEJA COLOCADO EM PAUTA EM VOSSAS REUNIÕES A FIM DE QUE O PROBLEMA QUE PERDURA NOS HODIERNOS SEJA SANADO, POIS OS NOSSOS MUNÍCIPES MERECEM SER TRATADOS COM RESPEITO E DIGNIDADE. </t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1343/1343_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1343/1343_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DA ASSORIPA REGISTRO DE TODOS OS ANIMAIS QUE SE ENCONTRAM EM SEU SÍTIO._x000D_
 *REGISTRO DO ANIMAL_x000D_
 *CARTÃO DE VACINA_x000D_
 *RECIBO REFERENTES AOS GASTOS ANUAIS DESDE O ANO DE 2017.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1350/1350_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1350/1350_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O DIPLOMA DE DISTINÇÃO RIO BRANQUENSE AO ILMO. SR. ANTÔNIO VITOR DE SOUZA JUNIOR.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1351/1351_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1351/1351_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O DIPLOMA DE DISTINÇÃO RIO BRANQUENSE AO ILMO. SR.ALAN FERREIRA DE ASSIS.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1359/1359_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1359/1359_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO EM CARÁTER DE URGÊNCIA A PRESENÇA DO RESPONSÁVEL PELO TRÂNSITO NA PRÓXIMA REUNIÃO ORDINÁRIA DA 18ª LEGISLATURA, A SER REALIZADA NO DIA 20/08/2018, PARA TRATAR SOBRE A REAL SITUAÇÃO DO TRÂNSITO DA CIDADE.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1367/1367_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1367/1367_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A ESTRADA DA ÁGUA NA SERRA DE SANTA MARIA.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1368/1368_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1368/1368_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INFORMAÇÕES A ESTRADA RURAL COGNOMINADA BOM FIM.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1373/1373_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1373/1373_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA SOLICITADO UMA REUNIÃO COM REPRESENTANTES DA COPASA, PARA TRATAR SOBRE A TAXA DE ESGOTO IMPLANTADA NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1374/1374_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1374/1374_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA SOLICITADO UMA REUNIÃO COM RESPONSÁVEIS DO DEPARTAMENTO DE FISCALIZAÇÃO DA PREFEITURA MUNICIPAL, PARA TRATAR DE ASSUNTO REFERENTE AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Elias V.R.B, Regis</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1380/1380_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1380/1380_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INFORMAÇÕES SOBRE A REDE DE ESGOTO DAS CASAS DO PLANO HABITACIONAL MINHA CASA MINHA VIDA.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1383/1383_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1383/1383_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AUDIÊNCIA PÚBLICA COM O REPRESENTANTE DA EMPRESA COPASA.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1385/1385_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1385/1385_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DA PRESIDENTE DA CÂMARA MUNICIPAL TODOS OS GASTOS COM O VEICULO DA CÂMARA, TODAS AS EMPRESAS QUE PRESTARAM SERVIÇOS DE MANUTENÇÃO NO VEICULO E TODAS AS NOTAS FISCAIS REFERENTES A ESTES SERVIÇOS A PARTIR DO ANO DE 2005 ATÉ O ANO DE 2016.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1386/1386_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1386/1386_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DA PRESIDENTE DA CÂMARA MUNICIPAL TODOS OS SERVIÇOS PRESTADOS PELA SEGURADORA TOKIO MARINE DESDE O ANO DE 2005 ATÉ O ANO DE 2016, TODAS AS NOTAS, CONVÊNIOS E/OU CONTRATOS REFERENTES AO SERVIÇO PRESTADO.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1395/1395_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1395/1395_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DA SRA. PRESIDENTE DESTA CASA LEGISLATIVA CÓPIA DE TODAS AS NOTAS REFERENTES AOS SERVIÇOS PRESTADOS PELA EMPRESA FUNERÁRIA RIO BRANCO DESDE O ANO DE 20015 ATÉ 2016.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1426/1426_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1426/1426_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PRESENÇA DOS SENHORES GERENTES DO BANCO DO BRASIL, BRADESCO, CAIXA ECONÔMICA, ITAÚ E PROCON A COMPARECEREM EM UMA REUNIÃO REALIZADA POR ESTE PODER, PARA DISCUTIREM AMPLAMENTE ALTERNATIVAS DE ATENDIMENTO DIGNO AOS CLIENTES E USUÁRIOS DAS ALUDIDAS INSTITUIÇÕES BANCÁRIAS EM NOSSA CIDADE SEGUINDO AS LEGISLAÇÕES VIGENTES.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Marinho Jose de Almeida Neto - Marinho do Hospital, Gerson Gomes de Freitas - Amigo Xereba</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1446/1446_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1446/1446_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AS SEGUINTES INFORMAÇÕES DA SECRETÁRIA MUNICIPAL DE EDUCAÇÃO SRA. MONICA ABÍLIO AAD CARDOSO;_x000D_
 * LISTA COM NOME DE TODOS ALUNOS, QUE ESTÃO RECEBENDO AJUDA FINANCEIRA PARA O CUSTEIO DO TRANSPORTE ESCOLAR, AFIM DE QUE POSSAM ESTAR CONCLUINDO O CURSO EM ANDAMENTO._x000D_
 * QUAL É O VALOR QUE CADA UM ESTA RECEBENDO COMO AJUDA FINANCEIRA._x000D_
 * QUAL É O VALOR ESTIPULADO NO CONTRATO.  </t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1449/1449_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1449/1449_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DA PRESIDÊNCIA DA CÂMARA TODAS AS NOTAS FISCAIS DA EMPRESA NSA SUPERMERCADOS LTDA COM SUAS RESPECTIVAS COMPRAS DESCRIMINADAS CONFORME TODO MERCADO DISPONIBILIZA PARA SEU CLIENTE, COMO CONSTA OS DIREITOS NO CÓDIGO DE DEFESA DO CONSUMIDOR. QUE ESTAS NOTAS SOLICITADAS SÃO DO ANO DE 2005 AO ANO DE 2016.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1450/1450_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1450/1450_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DA EMPRESA PAX-RIO BRANCO LTDA, LISTA CONSTANDO OS NOMES E ENDEREÇOS DO PACIENTES TRANSFERIDOS, REMOVIDOS PELA EMPRESA SUPRACITADA E O DESTINATÁRIO. </t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1457/1457_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1457/1457_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO TODOS OS GASTOS COM SUPERMERCADO DO ANO DE 2017 AO ANO DE 2018 ATÉ O MÊS VIGENTE BEM COMO QUAIS EMPRESAS QUE GANHARAM A REFERIDA LICITAÇÃO.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1464/req._65-2018-vr_hugo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1464/req._65-2018-vr_hugo.pdf</t>
   </si>
   <si>
     <t>REQUER JUNTO A MESA DIRETORA DESTA CASA LEGISLATIVA TODAS AS NOTAS FISCAIS, GASTOS, EMPENHO, ETC... PRESTADOS PELA EMPRESA "ANTÔNIO CARLOS VICENTE EPP" DO ANO DE 2013 AO ANO DE 2016.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1479/req._66-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1479/req._66-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO AS SEGUINTES INFORMAÇÕES:_x000D_
 * PORQUE A REDE DE ESGOTO ESTÁ A CÉU ABERTO NA RUA GASTÃO DE ALMEIDA, BAIRRO DE LURDES E ATÉ HOJE NÃO FOI TOMADA NENHUMA PROVIDÊNCIA PARA ERRADICAR A SITUAÇÃO?_x000D_
 * QUAL É O PRAZO ESTIMADO PARA QUE UMA AÇÃO CORRETIVA SEJA TOMADA PARA SANAR O PRESENTE PROBLEMA QUE ORA É APRESENTADO?</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1483/req._67-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1483/req._67-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER A PRESIDÊNCIA DA CASA LEGISLATIVA QUE MARQUE UMA AUDIÊNCIA PUBLICA COM O SENHOR CAIO CÉSAR MORETO DA SILVA, ENCARREGADO DA EMPRESA COPASA EM VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1487/req._68-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1487/req._68-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO INFORMAÇÕES SOBRE AS SEGUINTES QUESTÕES:_x000D_
 *POR QUE AINDA NÃO FOI EFETUADO O REPASSE DA VERBA PARA AS CRECHES SANTA CLARA E SÃO FRANCISCO?_x000D_
 *QUAL É O PRAZO ESTIMADO PARA O REFERIDO REPASSE DA VERBA PARA AS MESMAS?</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1494/req._69-2018-vr_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1494/req._69-2018-vr_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER DA PRESIDÊNCIA DA CASA LEGISLATIVA A IMPLANTAÇÃO DE UM SISTEMA REGISTRADOR DE PONTO DIGITAL, A SER CONTROLADO PELO DEPARTAMENTO PESSOAL OU PELO DEPARTAMENTO DE RECURSOS HUMANOS DA CÂMARA.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1495/req._70-2018-vr_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1495/req._70-2018-vr_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER A SENHORA PRESIDENTE DA CASA LEGISLATIVA QUE INTERCEDA JUNTO AO MUNICÍPIO A AOS ÓRGÃOS COMPETENTES PARA A TRANSFERÊNCIA DO SETOR DE EMISSÃO DE CARTEIRA DE IDENTIDADE E CARTEIRA DE TRABALHO PARA A CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1496/req._71-2018-vr_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1496/req._71-2018-vr_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER A SENHORA PRESIDENTE DA CASA LEGISLATIVA QUE INTERCEDA JUNTO AO MUNICÍPIO PARA QUE SEJA REALIZADO O PATROLAMENTO, COM URGÊNCIA DA ESTRADA DA COMUNIDADE DE SANTA ROSA, ZONA RURAL DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1503/req._72-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1503/req._72-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXECUTIVO INFORMAÇÕES SOBRE O REPASSE FEITO DA CASA LEGISLATIVA DESTINADO AS CIRURGIAS DE CATARATAS.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1508/req._73-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1508/req._73-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA SRA. ISABEL CRISTINA DE FREITAS, PRESIDENTE DA ASSOCIAÇÃO DOS SERVIDORES DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1514/req._74-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1514/req._74-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1532/req._75-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1532/req._75-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>REQUE DO EXECUTIVO INFORMAÇÕES A RESPEITO DO DESCARTE DE MATERIAL RECOLHIDO DAS TELE CAÇAMBAS.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1533/req._76-2018-vr_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1533/req._76-2018-vr_gerson.pdf</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1534/req._77-2018-vr_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1534/req._77-2018-vr_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA PRESIDENTE DA CASA LEGISLATIVA.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1536/req._78-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1536/req._78-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DO SENHOR CAIO CÉSAR MORETO DA SILVA, ENCARREGADO DO SISTEMA COPASA DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1538/req._79-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1538/req._79-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO E DEFESA CIVIL, INFORMAÇÕES SOBRE PONTOS DE VULNERABILIDADE (PONTOS DE RISCO) QUE POSSA SOFRER DESMORONAMENTO DE TERRA EM DECORRÊNCIA DA CHUVA.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1540/req._80-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1540/req._80-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES AO EXECUTIVO.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1551/req._81-2018-vrs_regis_e_hugo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1551/req._81-2018-vrs_regis_e_hugo.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO INFORMAÇÕES NO SENTIDO DE ESCLARECER AOS PAIS E ALUNOS DO MUNICÍPIO A SEGUINTE INFORMAÇÃO._x000D_
 *LISTA COM NOME DE TODOS OS ALUNOS BENEFICIADOS COM O AUXILIO FINANCEIRO A ESTUDANTES DESDE A IMPLEMENTAÇÃO DA LEI Nº 1.127/2013 ATÉ OS DIAS ATUAIS.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1553/req._82-2018-vrs_hugo_e_regis.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1553/req._82-2018-vrs_hugo_e_regis.pdf</t>
   </si>
   <si>
     <t>REQUER A PRESIDÊNCIA DA CASA LEGISLATIVA, A REALIZAÇÃO DE AUDIÊNCIA PUBLICA NA CASA LEGISLATIVA PARA DISCUTIR O TEMA BOLSA UNIVERSITÁRIA JUNTAMENTE COM OS SEGMENTOS ENVOLVIDOS, SENDO ESTES OS PAIS E OS ALUNOS.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1555/req._83-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1555/req._83-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO INFORMAÇÕES QUANTO AS VANTAGENS QUE O PODER PÚBLICO OFERECE PARA ATRAIR A INSTALAÇÃO DE NOVAS INDUSTRIAS E INVESTIDORES PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1569/req._84-2018-vr_marinho_7xfSYxX.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1569/req._84-2018-vr_marinho_7xfSYxX.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INSTAURADA UMA CEI (CPI) PARA APURAR AS NÃO CONFORMIDADES DOS SERVIÇOS PRESTADOS PELA COPASA.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1570/req._85-2018-vrs_hugo_e_regis.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1570/req._85-2018-vrs_hugo_e_regis.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1576/req._86-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1576/req._86-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO INFORMAÇÕES E A RETIRADA DE UM TRAILER QUE SE ENCONTRA ABANDONADO NA RUA FREI ZACARIAS, BAIRRO DE LOURDES.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1577/req._87-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1577/req._87-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE TOME PROVIDÊNCIAS QUANTO À LIMPEZA DE TERRENO PARTICULAR EXISTENTE AM ÁREA LOCALIZADA NA RUA HEITOR VILAS LOBOS.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1580/req._88-2018-vr_hugo_e_regis.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1580/req._88-2018-vr_hugo_e_regis.pdf</t>
   </si>
   <si>
     <t>SOLICITA EM CARÁTER DE URGÊNCIA RESPOSTA DA EMPRESA COPASA POR QUAL MOTIVO NÃO ESTÁ HAVENDO ABASTECIMENTO DE ÁGUA REGULAR NOS BAIRROS DE VISCONDE DO RIO BRANCO, MESMO NESTE PERÍODO CHUVOSO.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1583/req._89-2018-_comissao_de_vereadores.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1583/req._89-2018-_comissao_de_vereadores.pdf</t>
   </si>
   <si>
     <t>REQUER RESPOSTA DO EXECUTIVO E DA EMPRESA COPASA POR QUAL MOTIVO AS CASAS DO BAIRRO SOLAR I E SOLAR II ESTAR SEM OS MEDIDORES (HIDRÔMETROS) E QUAL O PRAZO PARA NORMALIZAR O ABASTECIMENTO DE ÁGUA NO REFERIDO BAIRRO, VALE RESSALTAR QUE A ASSINATURA DO CONTRATO E ENTREGA DAS CHAVES FORA REALIZADA NO DIA 13/11/2018, NO GINÁSIO DO CLUBE DOS BANCÁRIOS NO PERÍODO DA MANHÃ.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1584/req._90-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1584/req._90-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO INFORMAÇÕES SOBRE OS AQUECEDORES SOLARES DO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1588/req._91-2018-vr_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1588/req._91-2018-vr_gerson.pdf</t>
   </si>
   <si>
     <t>REQUER A SRA. PRESIDENTE DA CASA LEGISLATIVA QUE AO FINAL DA ULTIMA SESSÃO ORDINÁRIA DE 2018 NO DIA 17/12/2018, QUE REALIZE A VOTAÇÃO PARA ELEIÇÃO DA NOVA MESA DIRETORA DE ACORDO COM A CHAMADA DOS VEREADORES, POR ORDEM ALFABÉTICA PELO SECRETÁRIO PARA QUE SE PROCEDA DE FORMA NOMINAL.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1589/req._92-2018-vrs_hugo_e_regis.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1589/req._92-2018-vrs_hugo_e_regis.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO INFORMAÇÕES SOBRE QUAL VALOR GOSTO COM A ORNAMENTAÇÃO NATALINA DO ANO DE 2018 DA PRAÇA 28 DE SETEMBRO COM SUAS RESPECTIVAS NOTAS FISCAIS.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/805/805_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/805/805_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CRIAÇÃO DA GUARDA MUNICIPAL ATRAVÉS DE CONCURSO PÚBLICO.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/807/807_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/807/807_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CRIAÇÃO DE UMA VILA PARA ABRIGAR POLICIAIS CIVIS, MILITARES E AGENTES PENITENCIÁRIOS VINDOS DE OUTRAS CIDADES.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/809/809_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/809/809_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UMA VISTORIA NA CÂMERA OLHO VIVO BEM COMO SINALIZAR DE FORMA PADRÃO, SOLICITANDO TAMBÉM A INSTALAÇÃO DE NOVAS CÂMERAS NOS TREVOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/810/810_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/810/810_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE A CONCLUSÃO DO SERVIÇO DE ESCOAMENTO DE ÁGUA PLUVIAL ATRAVÉS DE MANILHAS (RESTANDO 27 METROS DE SERVIÇO) NO BAIRRO PITO ACESO, RUA JOSÉ TEIXEIRA DE OLIVEIRA PRIMO, DANDO INICIO NA MINA D'ÁGUA E TERMINO NO QUINTAL DO MORADOR SR. SEBASTIÃO PASCOAL.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/811/811_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/811/811_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A AQUISIÇÃO DE UM TERRENO NO BAIRRO COLÔNIA PARA A CONSTRUÇÃO DE UM PSF.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/812/812_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/812/812_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE O RECAPEAMENTO DO ASFALTO NA RUA SÃO JOSÉ, BAIRRO PITO ACESO COM SENTIDO AO BAIRRO COHAB.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/813/813_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/813/813_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO JUNTO AO SETOR COMPETENTE QUE FAÇA A REESTRUTURAÇÃO, REPARO NA PONTE DO BAIRRO PITO ACESO.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/814/814_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/814/814_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A COLOCAÇÃO DE POSTE DE ILUMINAÇÃO PÚBLICA NA RUA ARISTEU DOS SANTOS, RUA QUE LIGA A AVENIDA PREFEITO JOSÉ BARRETO MESQUITA (DR. LELÉ) À RUA AVELINO CARDOSO, BAIRRO PIEDADE.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/816/816_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/816/816_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE INSTALE UMA PLACA CARGA E DESCARGA NA RUA ARTHUR DA SILVA BERNARDES, Nº 48, EM FRENTE AO CONSTRUSILVA, BAIRRO CORONEL JOAQUIM LOPES. </t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/817/817_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/817/817_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A REFORMA DO ESCADÃO DA TRAVESSA GERALDO ALVIM, A QUAL LIGA A AVENIDA DOUTOR CARLOS SOARES AO BAIRRO ALTO DA BOA VISTA.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/818/818_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/818/818_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA NA RUA CONSELHEIRO SANTANA QUE LIGA O BAIRRO CORONEL JOAQUIM LOPES Á RUA SANTO ANTÔNIO (DO Nº 600 ATÉ A CHEGADA DA RUA SANTO ANTÔNIO).</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/819/819_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/819/819_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO JUNTO A DIRETORIA DE TRÂNSITO E MOBILIDADE URBANA QUE INTERCEDA COM COLETIVO RIO BRANCO QUE POSSA ESTAR FAZENDO A LINHA ATÉ O RANCHO VERDE II.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/820/820_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/820/820_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A REVITALIZAÇÃO OU REFORMA, MELHORAMENTO DA ILUMINAÇÃO PÚBLICA, COLOCAÇÃO DE CORRIMÃO EM PARTES DO ESCADÃO DA TRAVESSA JOSÉ INOCÊNCIO, CENTRO (CONHECIDO COMO BECO DA CADEIA).</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/821/821_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/821/821_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA DE PARTE DA RUA AVELINO CARDOSO (EM FRENTE A CASA DO LUIZÁRIO ATÉ A MADEIREIRA PICA-PAU).</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/822/822_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/822/822_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A INSTALAÇÃO DE UMA FAIXA ELEVADA DE PEDESTRE EM FRENTE A ESCOLA ESTADUAL DOUTOR JOÃO BATISTA DE ALMEIDA, LOCALIZADA NA RUA AVELINO CARDOSO, Nº 1014, BAIRRO PIEDADE.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/823/823_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/823/823_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A INSTALAÇÃO DE UMA FAIXA ELEVADA DE PEDESTRE EM FRENTE A ESCOLA ESTADUAL PADRE ANTONIO CORREA LOCALIZADA NA AVENIDA SÃO JOÃO BATISTA, Nº 422, CENTRO.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/825/825_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/825/825_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA GERAL DO CÓRREGO DO RUADO DAS PEDRAS.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/826/826_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/826/826_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA AQUISIÇÃO DE UM TERRENO NO BAIRRO PIEDADE PARA CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/827/827_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/827/827_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MAIS UM LATÃO DE LIXO NA RUA MAJOR FELICÍSSIMO, CENTRO (PERTO DO MERCADO FLORESTA).</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/828/828_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/828/828_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA DA TRAVESSA MAJOR TITO VIANA, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/829/829_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/829/829_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UMA LIMPEZA GERAL EM TODAS AS RUAS DO BAIRRO NOVA RIO BRANCO.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/830/830_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/830/830_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA MELHORAMENTO DA ILUMINAÇÃO PÚBLICA NA TRAVESSA MAJOR TITO VIANA, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/831/831_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/831/831_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A AMPLIAÇÃO E A PAVIMENTAÇÃO ASFÁLTICA DO TRECHO QUE LIGA A RUA MELO BARRETO À RODOVIA BR-120 (AO LADO DA POUSADA DO IPÊ), NA BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/832/832_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/832/832_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO O CASCALHAMENTO DO POVOADO DO PINHEIRO E QUE TERMINE O ASFALTAMENTO DA PIEDADE DE CIMA ATÉ O FINAL DO PONTO DE ÔNIBUS.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/833/833_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/833/833_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE SEJA FEITA REFORMA E MELHORIAS NO CENTRO COMUNITÁRIO DA PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/834/834_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/834/834_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO EM CARÁTER DE URGÊNCIA, REPARO NA REDE DE ESGOTO NA RUA DELORME TAVEIRA NO BAIRRO FELIPINHO, POIS O ESGOTO ESTA BROTANDO EM MEIO AOS BLOQUETES, A RUA ESTA COMEÇANDO A AFUNDAR E A ÁGUA DE ESGOTO ESTA ESCORRENDO PELA RUA COM FORTE ODOR INSUPORTÁVEL INCOMODANDO A TODOS OS MORADORES.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/835/835_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/835/835_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE JUNTO Á SECRETARIA DE OBRAS, REALIZE O MANILHAMENTO OU LIMPEZA DO ESGOTO QUE PASSA NOS FUNDOS DA RESIDENCIA Nº 588.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/836/836_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/836/836_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE JUNTO À SECRETÁRIA DE OBRAS, REALIZE A REFORMA DO CALÇAMENTO DA RUA LOURIVAL GONÇALVES SOARES.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/837/837_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/837/837_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO JUNTO AO SETOR COMPETENTE QUE FAÇA A CAPINA DOS MATOS JUNTO AO MEIO FIO NA RUA JUDITH TEREZINHA SILVA BRÁS, Nº313, BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/838/838_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/838/838_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO JUNTO AO SETOR COMPETENTE QUE COLOQUE UMA GRADE (TAMPA DE BOCA DE LOBO), EM UM BURACO NA RUA AUGUSTO FREDERICO SARAIVA, BAIRRO SARAIVA (COLÔNIA).</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/839/839_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/839/839_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA PATROLAMENTO E CASCALHAMENTO DA ANTIGA ESTRADA QUE LIGA O MUNICÍPIO DE VISCONDE DO RIO BRANCO À GUIRICEMA, COMUNIDADE CAMPESTRE.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/840/840_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/840/840_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO JUNTAMENTE COM A SECRETARIA DE OBRAS E MOBILIDADE URBANA A REFORMA DA RUA HEITOR VILA LOBOS, POIS OS BLOQUETES DA RUA SOLTARAM.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/841/841_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/841/841_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A MELHORIA NA ILUMINAÇÃO PÚBLICA NA RUA SENHOR DRUMOND.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/842/842_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/842/842_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A MELHORIA NA ILUMINAÇÃO PÚBLICA DAS COMUNIDADES RURAIS DA PIEDADE DE CIMA, SANTA MARIA E BELA VISTA DO SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/843/843_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/843/843_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA E O REPARO DE UMA BOCA DE NA RUA SINVAL PINTO DE QUEIROZ, BAIRRO NOVA RIO BRANCO.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/844/844_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/844/844_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA, CAPINA E RECOLHIMENTO DE ENTULHOS AS MARGENS NA RUA VEREADOR ADÃO AMORIM.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/845/845_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/845/845_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA E CAPINA NA RUA EUGÊNIO ANTONUCCI, BAIRRO NOVA CIDADE.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/846/846_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/846/846_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO JUNTO AO SETOR COMPETENTE QUE FAÇA A CAPINA DOS MATOS EM TODA A RUA JOSÉ SARAIVA, BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/847/847_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/847/847_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO JUNTO AO SETOR COMPETENTE QUE COLOQUE NO PISO UMA FAIXA PARA ESTACIONAMENTO EXCLUSIVO DE MOTOBOY NA AVENIDA DR. CARLOS SOARES, Nº 100B, CENTRO.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/848/848_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/848/848_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO JUNTO A SECRETÁRIA DE OBRAS QUE REALIZE A LIMPEZA NA ESTRADA DO BONFIM.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/849/849_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/849/849_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO JUNTO A SECRETARIA DE OBRAS QUE REALIZE A CANALIZAÇÃO DA ÁGUA DA CHUVA PRÓXIMA A RESIDÊNCIA DA FAMÍLIA DO SR. HOMERO REIS NA LOCALIDADE DO GORDURA, ZONA RURAL.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/850/850_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/850/850_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO JUNTO Á SECRETARIA DE OBRAS QUE REALIZE A CANALIZAÇÃO DA ÁGUA DA CHUVA APÓS O CARLINHOS FERRAZ NA LOCALIDADE DO BONFIM.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/851/851_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/851/851_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO DE 150 METROS NA RUA POVOADA DO CÓRREGO DOS "ALVES E MALTONE" NA COMUNIDADE RURAL DA FLORESTA.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/853/853_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/853/853_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A INSTALAÇÃO DE APROXIMADAMENTE 150 METROS DE REDE ELÉTRICA NO CÓRREGO "ALVES E MALTONI", NA COMUNIDADE RURAL DA FLORESTA. </t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/855/855_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/855/855_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE TRÊS REDUTORES DE VELOCIDADE E SINALIZAÇÃO DE TRÂNSITO NA RUA AVELINO CARDOSO. TRECHO: SAÍDA DO BAIRRO PIEDADE ATÉ A CAPELA DO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/856/856_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/856/856_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A MELHORIA DA ESTRADA DA COMUNIDADE SANTA ROSA, TRECHO: INICIO NA PONTE DA COLÔNIA ATÉ O POVOADO DA PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/857/857_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/857/857_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE DOIS REDUTORES DE VELOCIDADE NA RUA JOÃO VERISSIMO DE CARVALHO, Nº 96 E 208, BAIRRO SANTO CRISTO.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/858/858_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/858/858_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A MELHORIA NA ILUMINAÇÃO PÚBLICA DE TODAS AS RUAS DA COMUNIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/859/859_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/859/859_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A RECONSTRUÇÃO DA PONTE DE CONCRETO ARMADO GOMERCINO GOMES DE FREITAS, LOCALIZADA NA ESTRADA ORCELINO ANTÔNIO DA SILVA, NO CÓRREGO DOS ELIAS - SANTA MARIA.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/860/860_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/860/860_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE GALERIA DE CONCRETO ARMADO NO CÓRREGO DA CHÁCARA.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/861/861_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/861/861_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A INSTALAÇÃO DE ACADEMIAS POPULARES AO AR LIVRE EM VISCONDE DO RIO BRANCO EM PARCERIA COM A SECRETARIA DE ESPORTES DO GOVERNO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/862/862_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/862/862_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE TRÊS BICICLETÁRIOS, SENDO ELES NA PRAÇA 28 DE SETEMBRO, PRAÇA SANTO ANTÔNIO E PRAÇA SÃO SEBASTIÃO (BARREIRO).</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/863/863_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/863/863_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE UMA CICLOVIA COM PISTA DUPLA (IDA E VOLTA). NOS TRECHOS: INICIO NO BAIRRO GILENO SIQUEIRA (FUNDOS DA FÁBRICA DE RAÇÃO DA PIF-PAF), PASSANDO PELO PORTÃO PRINCIPAL DA COOPERTRAL, SEGUINDO PELA LINHA FÉRREA ATÉ A SECRETARIA MUNICIPAL DE SAÚDE (ESTAÇÃO)._x000D_
 DEPOIS: Á DIREITA NA RUA MAJOR FELICÍSSIMO, PASSANDO PELO PONTILHÃO, RUA EUGÊNIO DE MELO BARRETO, ATÉ A BARRA DOS COUTOS NO VIADUTO EM FRENTE À POUSADA DO YPÊ.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/864/864_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/864/864_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO DA RUA DAS FLORES, NO BAIRRO PIEDADE.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/865/865_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/865/865_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE COLOQUE UM QUEBRA-MOLAS NA RUA SÃO JOSÉ PERTO DA CASA DE Nº 300, BAIRRO PITO ACESO.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/866/866_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/866/866_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO PROCEDER A RECUPERAÇÃO COM A OPERAÇÃO TAPA-BURACOS NA ESTRADA DE SANTA MARIA. </t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/867/867_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/867/867_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO JUNTO AO SETOR COMPETENTE QUE FAÇA A CAPINA DOS MATOS NA PRAÇA DO SANTA MARIA (ZONA RURAL).</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/868/868_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/868/868_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UMA LIMPEZA NA RUA MIGUEL AMIM NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/869/869_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/869/869_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CAPINA DOS MATOS EM TODA A RUA LUIZ FERNANDO NASCIMENTO, BAIRRO NOVA RIO BRANCO.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/870/870_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/870/870_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO JUNTAMENTE COM O SETOR RESPONSÁVEL QUE FAÇA A MANUTENÇÃO DO BURACO QUE SE ENCONTRA NA RUA MESSIAS JOSÉ HENRIQUE, NO BAIRRO NOSSA SENHORA DAS GRAÇAS. </t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/871/871_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/871/871_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO JUNTAMENTE COM O SETOR RESPONSÁVEL QUE COBREM DOS FUNCIONÁRIOS DO CEMITÉRIO A LIMPEZA E A MANUTENÇÃO DOS CORREDORES ENTRE OS TÚMULOS, BEM COMO PRIME PELO ASSEIO DO AMBIENTE E SEGURANÇA DO LOCAL DEVIDO A VÁRIOS COMENTÁRIOS DE FURTOS DE PLACAS, PUXADORES E OUTROS OBJETOS.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/872/872_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/872/872_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE MAIS QUEBRA MOLAS E SINALIZE O QUE JÁ EXISTE NA RUA EUGÊNIO DE MELO, PRÓXIMO À FABRICA DE SORVETE CHAYBOM.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/873/873_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/873/873_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE REALIZE A INSTALAÇÃO DE LÂMPADAS NAS PAREDES DE FORA DA QUADRA DA PRAÇA SEBASTIÃO PACHECO. </t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/874/874_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/874/874_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE A CAPINA E LIMPEZA DA RUA CENTENÁRIO (PROLONGAMENTO).</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/875/875_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/875/875_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA UMA MANUTENÇÃO CORRETIVA, REPARO NO SEMÁFORO QUE FICA NA BIFURCAÇÃO EM "T" ENTRE A RUA DIOGO BRAGA COM A AVENIDA SÃO JOÃO BATISTA. </t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/876/876_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/876/876_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UM "ESCADÃO" LIGANDO A ESCOLA MUNICIPAL PORFÍRIO SARAIVA ATÉ A RUA JOSÉ SARAIVA, NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/877/877_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/877/877_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA DA RUA ALAMEDA GUILHERME DE ALMEIDA, BAIRRO JARDIM ALICE. </t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/878/878_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/878/878_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA NA PRAÇA DO BAIRRO CAIÇARAS. </t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/879/879_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/879/879_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA RECAPEAMENTO ASFÁLTICO DA RUA DR. ANTÔNIO CARLOS IGNACCHITI GOMES, BAIRRO JARDINS.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/880/880_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/880/880_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A MANUTENÇÃO DO BURACO QUE SE ENCONTRA NA RUA DR. AFONSO INFANTE VIEIRA, BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/881/881_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/881/881_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A MANUTENÇÃO DO BURACO QUE SE ENCONTRA NA RUA JOSÉ GERALDO NAMORATO, EM FRENTE AO Nº 211, BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/882/882_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/882/882_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O CASCALHAMENTO DA ESTRADA QUE DÁ INICIO NA MG-447 PASSANDO PELO CAMPO DO RENOVAÇÃO ATÉ A RIO-BAHIA.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/900/900_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/900/900_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE INTERVENHA JUNTO A EMPRESA CORREIOS, NO INTUITO DE REGULARIZAR O SERVIÇO DE ENTREGA NO BAIRRO NOVA AMERICA, ONDE EXISTEM MORADORES OS QUAIS NÃO SÃO ATENDIDOS PELA EMPRESA CITADA.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/902/902_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/902/902_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE COLOQUE UMA GRADE PARA TAPAR A BOCA DE LOBO (BURACO) NA RUA AUGUSTO FREDERICO SARAIVA, BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/903/903_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/903/903_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A CAPINA EM TODAS AS RUAS DO BAIRRO GILENO SIQUEIRA. </t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/904/904_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/904/904_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA E CAPINA NA RUA QUE FICA ACIMA DA IGREJA SÃO JOSÉ NO JARDIM DA BARRA (BARRA DOS COUTOS).</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/905/905_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/905/905_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE ARRUME E RETIRE OS ENTULHOS DE UM BURACO QUE SE ENCONTRA NA RUA VEREADOR ANTÔNIO TEIXEIRA BARBOSA, Nº 80, BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/906/906_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/906/906_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO À REFORMA DA PONTE LOCALIZADA NA RUA SÃO JOSÉ, BAIRRO PITO ACESO.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/907/907_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/907/907_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO À AMPLIAÇÃO (ALARGAMENTO) DA RUA CORONEL JOSÉ MESQUITA, BAIRRO SANTO ANTÔNIO, INICIANDO PRÓXIMO A ENTRADA DA ESCOLA "PERTINHO DA NATUREZA", E SEGUINDO ATÉ O INICIO DA RUA SÃO JOSÉ, BAIRRO PITO ACESO.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/908/908_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/908/908_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A ATIVAÇÃO DA REDE DE CAPTAÇÃO DE ÁGUAS PLUVIAIS NA RUA CESÁRIO ALVIN, BAIRRO CHÁCARA. </t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/909/909_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/909/909_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA Á PAVIMENTAÇÃO ASFÁLTICA E ILUMINAÇÃO DA RUA JOSÉ BELMIRO (ANTIGA RUA DO CAMPO) NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/914/914_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/914/914_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A AQUISIÇÃO DE UM TERRENO NO BAIRRO NOVO HORIZONTE PARA A CONSTRUÇÃO DE UM PSF.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/915/915_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/915/915_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE REALIZE A PODA DAS ÁRVORES NA RUA FRANCISCA ROSA DA ROCHA, BAIRRO SANTA CLARA. </t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/916/916_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/916/916_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A VARREÇÃO E LIMPEZA DO BAIRRO DUCÍLIA CARONE.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/917/917_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/917/917_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O POSTEAMENTO E ILUMINAÇÃO DA RUA RAIMUNDO FRANCISCO COELHO, BAIRRO GUSTAVO SABIONI.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/926/926_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/926/926_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE O CASTRAMÓVEL TAMBÉM ATUE NOS BAIRROS E DISTRITOS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/927/927_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/927/927_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE PROVIDENCIE UM CONTÊINER GRANDE PARA COLETA DE LIXO NA COMUNIDADE DO MASSAMBARÁ. </t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/928/928_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/928/928_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE UM CONTEINER GRANDE PARA COLETA DE LIXO NA COMUNIDADE DO ASSENTAMENTO DO MST "OLGA BENÁRIO" NA ZONA RURAL SANTA HELENA.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/929/929_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/929/929_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA O PATROLAMENTO DA ESTRADA COGNOMINADA GROTA DO AZEDO, NO SANTA JULIANA (ZONA RURAL). </t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/930/930_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/930/930_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA QUE LIGA O CAPITÃO MACHADO ATÉ A ANTIGA ESCOLA DO SAPATEIRO.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/931/931_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/931/931_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DO RUADO DAS PEDRAS ATÉ A COMUNIDADE DA FAZENDINHA E SEGUIR ATÉ A RODOVIA MG 447.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/933/933_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/933/933_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA A COHAB 1 À PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/934/934_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/934/934_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA EM PARTE DA RUA CESÁRIO ALVIM, BAIRRO CHÁCARA.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/935/935_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/935/935_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA MELHORAMENTO DA ESTRADA BOA VISTA AO CÓRREGO SÃO GERALDO - 2ª IGREJA QUADRANGULAR.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/936/936_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/936/936_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA PAVIMENTAÇÃO ASFÁLTICA EM TODAS AS RUAS DO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/937/937_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/937/937_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE PRAÇA PÚBLICA, COM ÁREA DE LAZER NO BAIRRO COHAB II.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/938/938_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/938/938_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A URBANIZAÇÃO E COLOCAÇÃO DE MEIO-FIO, NA REGIÃO CENTRAL DO FAZENDINHA, ZONA RURAL.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/939/939_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/939/939_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA DA RUA JOSÉ GERALDO NAMORATO, QUE LIGA A BR 120 AO BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/940/940_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/940/940_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA E CAPINA NO BAIRRO PRIMAVERA.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/941/941_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/941/941_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA, CAPINA E RECOLHIMENTO DE DE ENTULHOS AS MARGENS NA RUA RONALDO DRUMOND COSTA E VICE PREFEITO ANACLETO LOPES GOMES, AMBAS LOCALIZADAS NA COHAB II. </t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/952/952_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/952/952_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA SAÍDA DE ÁGUA E CASCALHE A ESTRADA DO SANTA HELENA.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/953/953_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/953/953_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA LIMPEZA NAS RUAS DO BAIRRO NOVA REPÚBLICA II (COHAB II).</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/954/954_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/954/954_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A PODA NA ARVORE QUE SE ENCONTRA NA RUA JOSÉ TEIXEIRA DE OLIVEIRA PRIMO, PRÓXIMO AO Nº 570 NO BAIRRO PIRO ACESO.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/955/955_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/955/955_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE UMA CALÇADA EM TORNO DA ESCOLA MUNICIPAL DEPUTADO LUIZ SOARES ROCHA, NO BAIRRO CORONEL JOAQUIM LOPES, NAS RUAS JOSÉ MAXIMILIANO DE ALMEIDA E RUA JOÃO CÂNDIDO DUTRA.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/956/956_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/956/956_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A MANUTENÇÃO E O MELHORAMENTO DA LADEIRA CARLOS RIBEIRO DE ALMEIDA E DAS RUAS QUE A COMPÕE, TRAVESSA SOLEDADE E RUA EUCLIDES DA CUNHA.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/957/957_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/957/957_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA COLOCAÇÃO DE ILUMINAÇÃO E REFORMA DAS TELAS EM VOLTA DA QUADRA DO BAIRRO COHAB I.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/958/958_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/958/958_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A ABERTURA DE UMA RUA QUE LIGA O BAIRRO CATETE AO RANCHO VERDE II.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/959/959_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/959/959_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O MELHORAMENTO EM TODO TRECHO DA RUA, CALÇAMENTO, COLOCAÇÃO DE POSTES DE ILUMINAÇÃO PÚBLICA E SISTEMA DE REDE DE ESGOTO NO FINAL DA RUA RAUL OLEGÁRIO, BAIRRO CATETE.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/960/960_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/960/960_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE MELHORE O CALÇAMENTO DA RUA PAULO BRAGA NO BAIRRO NOVA RIO BRANCO.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/961/961_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/961/961_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE A MUDANÇA DA RUA DO ROSÁRIO (ESQUINA PRAÇA DA SAUDADE) E PARTE DA DR. LINCH, QUE TORNEM-SE MÃO ÚNICA NO SENTIDO PIEDADE E CHÁCARA.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/962/962_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/962/962_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/963/963_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/963/963_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE OS SEGUINTES SERVIÇOS NA RUA JOSÉ BELMIRO (ANTIGA RUA DO CAMPO) BAIRRO COLÔNIA:_x000D_
 MELHORE AS CONDIÇÕES DE TRÁFEGO NO LOCAL SUPRACITADO;_x000D_
 TROQUE AS MANILHAS DANIFICADAS E QUE FAÇA REPARO NA REDE DE ESGOTO ATÉ O TEMPO PRESENTE ENCONTRA-SE OBSTRUÍDA.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/964/964_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/964/964_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE O RECAPEAMENTO DO ASFALTO NA RUA ZUMBIR DOS PALMARES (RUA DOS BOI).</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/965/965_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/965/965_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A INSTALAÇÃO DE UMA ANTENA DA OPERADORA VIVO NO CAPITÃO MACHADO ZONA RURAL. </t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/966/966_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/966/966_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA DA RUA CORONEL JOSÉ MESQUITA, BAIRRO COLÔNIA. </t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/967/967_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/967/967_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE PROVIDENCIE A ARBORIZAÇÃO EM TODO O NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/968/968_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/968/968_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA DA RUA EUGÊNIO ANTONUCCI NO BAIRRO NOVA CIDADE.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/969/969_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/969/969_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE JUNTO AO SETOR COMPETENTE A INSTALAÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA OLEGÁRIO TIBÚRCIO NO BAIRRO CATETE.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/970/970_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/970/970_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE PROVIDENCIE A COLETA DE LIXOS DOS MORADORES DA RUA DORALIZA GOMES MONTEIRO, BAIRRO CAPITÃO GONÇALO GOMES BARRETO. </t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/971/971_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/971/971_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE PROVIDENCIE A ENTREGA DAS CORRESPONDÊNCIAS DOS MORADORES DA RUA DORALIZA GOMES MONTEIRO, BAIRRO CAPITÃO GONÇALO GOMES BARRETO. </t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/972/972_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/972/972_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE INTERCEDA JUNTO A EMPRESA CORREIOS PARA QUE SEJAM ENTREGUES AS CORRESPONDÊNCIAS DOS MORADORES DA RUA EUGÊNIO ANTONUCCI NO BAIRRO NOVA CIDADE. </t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/973/973_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/973/973_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA DA ESTRADA DA CAPELA NA ZONA RURAL SANTA JULIANA E TAMBÉM UMA MELHORA NOS DRENOS.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/974/974_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/974/974_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A INSTALAÇÃO DE NOVOS POSTES DE ILUMINAÇÃO PÚBLICA NO "CÓRREGO DOS ELIAS", SENTIDO AO LOTEAMENTO GRANVILLE EM SANTA MARIA. </t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO DA TRAVESSA JOÃO CORRÊA LINO(PRÓXIMO A BORRACHARIA J.B) NO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/976/976_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/976/976_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE COLOQUE AS LUMINÁRIAS NOS POSTES INSTALADOS PRÓXIMO A RUA QUE LIGA AO CAMPO DO RENOVAÇÃO, NO CLEMENTE DO MEIO ZONA RURAL. </t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/977/977_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/977/977_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE DISPONIBILIZE ESTAGIÁRIOS DA ÁREA DE PEDAGOGIA PARA QUE POSSAM DAR AULAS DE REFORÇO NO CENTRO COMUNITÁRIO DO BAIRRO RANCHO VERDE. </t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/978/978_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/978/978_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UMA LIMPEZA GERAL EM TODAS AS RUAS DO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/979/979_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/979/979_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA UMA LIMPEZA GERAL DA CALÇADA QUE LIGA OS BAIRROS RANCHO VERDE E PIEDADE. </t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE CONSTRUA UM ESPAÇO INFANTIL (PARQUE) NO TERRENO DA ASSOCIAÇÃO DO BAIRRO RANCHO VERDE. </t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE INTERVENHA JUNTO A EMPRESA CORREIOS, AFIM DE QUE SEJAM ENTREGUES AS CORRESPONDÊNCIAS DOS MORADORES DA RUA DORALIZA GOMES MONTEIRO, BAIRRO CAPITÃO GONÇALO GOMES BARRETO. </t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A REVITALIZAÇÃO NA PINTURA DE SINALIZAÇÃO DE TRÂNSITO NO BAIRRO DE LOURDES. </t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/984/984_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/984/984_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE UMA FAIXA ELEVADA NA RUA LALEMANT DRUMOND, BAIRRO DE LOURDES EM FRENTE A ESCOLA ESTADUAL LAUDELINA BARANDIER ESMERALDO.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/985/985_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/985/985_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE UMA FAIXA ELEVADA NA AV. PRESIDENTE ARTHUR BERNARDES, BAIRRO CORONEL JOAQUIM LOPES EM FRENTE A ESCOLA MUNICIPAL DEPUTADO LUIZ SOARES DA ROCHA. </t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/987/987_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/987/987_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REGULARIZE E FAÇA A COLETA DE LIXO NA ZONA RURAL DE SANTA MARIA SEMANALMENTE.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/988/988_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/988/988_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O CASCALHAMENTO EM TODA A COMUNIDADE RURAL DE SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O CASCALHAMENTO EM TODA A LOCALIDADE DE PINHEIROS ZONA RURAL NA PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A "BATEÇÃO" DA ÁREA NO ENVOLTO AO CENTRO COMUNITÁRIO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/991/991_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/991/991_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O MELHORAMENTO DA ESTRADA BOA VISTA AO CÓRREGO DE SÃO GERALDO (SEGUNDA IGREJA QUADRANGULAR).</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/992/992_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/992/992_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A REFORMA DA CAPELA MORTUÁRIA. </t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/993/993_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/993/993_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA O CAPEAMENTO DE TODAS AS RUAS DO BAIRRO ALTO DA BOA VISTA. </t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/994/994_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/994/994_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NA COMUNIDADE DO CAPITÃO MACHADO.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/997/997_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/997/997_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE O FUMACÊ PASSE EM TODOS OS BAIRROS DA CIDADE SEM NENHUMA EXCEÇÃO.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/998/998_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/998/998_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE PROVIDENCIE UM LOCAL PARA QUE OS CARROCEIROS E CHARRETEIROS DEIXEM SEUS CAVALOS. </t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/999/999_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/999/999_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE ENCONTRE UMA SOLUÇÃO PARA O ACUMULO DE LIXO NA PRAÇA DA IGREJA DE SÃO SEBASTIÃO, BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1000/1000_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1000/1000_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE REALIZE UMA OPERAÇÃO TAPA BURACO EM TODAS AS RUAS DO BAIRRO CATETE. </t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1001/1001_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1001/1001_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A CAPINA DOS MATOS JUNTO AO MEIO FIO EM TODAS AS RUAS DO BAIRRO CATETE. </t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1002/1002_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1002/1002_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA UMA VISTORIA EM UM TERRENO ONDE ESTÁ SENDO CONSTRUÍDO UM MURO NA RUA ONÉLIO JOSÉ DE LIMA, Nº 56, PRÓXIMO A LOCADORA DO JORGE SOM, BAIRRO BARREIRO. </t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1003/1003_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1003/1003_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE PROVIDENCIE UM LATÃO, CAÇAMBA OU RECIPIENTE ADEQUADO PARA ARMAZENAMENTO DE LIXO NA RUA RICARDO MACHADO, BAIRRO MUTIRÃO EM FRENTE A VENDA DO VANINHO. </t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1004/1004_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1004/1004_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA UMA VISTORIA EM UMA BORRACHARIA QUE FICA NA RUA AUGUSTO FREDERICO SARAIVA, BAIRRO COLÔNIA EM FRENTE AO RESTAURANTE DA ROSA. </t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1005/1005_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1005/1005_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE CONTRATE EM CARÁTER DE URGÊNCIA OUTRO MÉDICO NO POSTO DE SAÚDE DO BAIRRO CHÁCARA. </t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1015/1015_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1015/1015_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A MANUTENÇÃO DA COBERTURA DA QUADRA POLIESPORTIVA DO COLÉGIO MUNICIPAL RIO BRANCO. </t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1016/1016_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1016/1016_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE REALIZE A INSTALAÇÃO DE CÂMERAS DE OLHO VIVO NA PRAÇA SEBASTIÃO PACHECO, BAIRRO BARREIRO. </t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1017/1017_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1017/1017_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE ARRUME O ESCOAMENTO DA GUIA DE CALÇADA DA RUA VEREADOR JOSÉ SOARES SITUADA NA BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1020/1020_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1020/1020_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A CONFECÇÃO DE UNIFORMES ADEQUADOS PARA OS FUNCIONÁRIOS DA LIMPEZA PÚBLICA, COM FAIXA REFLETIVA, ALÉM DO USO DE BOTAS E LUVAS. </t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1021/1021_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1021/1021_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA QUE LIGA BELA VISTA A SÃO FRANCISCO, SE POSSÍVEL ATÉ O CÓRREGO DO FERRUGEM. </t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1022/1022_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1022/1022_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE MAIS POSTES PARA O MELHORAMENTO DA ILUMINAÇÃO PÚBLICA DA COMUNIDADE DE SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1023/1023_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1023/1023_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE INTERCEDA JUNTO Á EMPRESA COLETIVOS RIO BRANCO PARA QUE ESTA FAÇA A LINHA DE ÔNIBUS CIRCULAR ATÉ A COLÔNIA.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1024/1024_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1024/1024_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE REDUTORES DE VELOCIDADE EM FRENTE AO RESIDENCIAL RANCHO VERDE III, BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1025/1025_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1025/1025_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO O RECAPEAMENTO ASFÁLTICO DE TODAS AS RUAS DO BAIRRO OPERÁRIO. </t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1026/1026_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1026/1026_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A REFORMA DA ESCOLA MUNICIPAL CORONEL JOAQUIM LOPES NA COMUNIDADE DO MEMÓRIA. </t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1027/1027_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1027/1027_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A REFORMA DA ESCOLA MUNICIPAL MARTA SÉRGIO FERREIRA MA COMUNIDADE CLEMENTE. </t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1028/1028_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1028/1028_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO O RESTABELECIMENTO DO PROGRAMA DE LIMPEZA DOS CAMINHOS DE CANA DOS PRODUTORES DE AÇÚCAR MASCAVO.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1029/1029_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1029/1029_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A RECUPERAÇÃO, ATRAVÉS DA OPERAÇÃO TAPA-BURACOS DE TODA A EXTENSÃO DA RUA SANTO ANTONIO.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1030/1030_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1030/1030_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE SOLUCIONE AS SEGUINTES PENDENCIAS NA ESCOLA MUNICIPAL FRANCISCA C. DA SILVA._x000D_
 *COMPRA DE UM BEBEDOURO QUE POSSA ATENDER A DEMANDA DOS ALUNOS._x000D_
 *UM COMPUTADOR COM IMPRESSORA._x000D_
 *REFORMAS DO PARQUINHO, BANHEIRO, PAREDES DO LADO DE FORA E NA QUADRA POLIESPORTIVA._x000D_
 *VIABILIZAR INSTALAÇÃO DE LINHA TELEFÔNICA E INTERNET. _x000D_
 *SUBSTITUIÇÃO DOS VIDROS QUEBRADOS DA JANELA DA SALA E REPAROS NAS LUMINÁRIAS AVARIADAS.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1031/1031_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1031/1031_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO RECAPEAMENTO DO ASFALTO DA RUA SÃO JOSÉ, PRÓXIMO AO PONTO DE ÔNIBUS.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1032/1032_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1032/1032_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO O RECAPEAMENTO DO ASFALTO DA RUA EDMAR SILVA BRAGA. </t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1033/1033_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1033/1033_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA POÇO ARTESIANO E RESERVATÓRIO DE ÁGUA NO RUADO DAS PEDRAS, ZONA RURAL. </t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1034/1034_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1034/1034_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA DO CÓRREGO QUE FICA ENTRE O RANCHO VERDE E A ANTIGA GROTA DOS PACHECOS.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1035/1035_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1035/1035_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A SUBSTITUIÇÃO DOS POSTES DE FERRO POR POSTES DE CONCRETO ARMADO NA TRAVESSA JOSÉ INOCÊNCIO, CENTRO (BECO DA CADEIA). </t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1036/1036_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1036/1036_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA LIMPEZA GERAL DO BAIRRO COHAB II.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1037/1037_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1037/1037_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA CASCALHAMENTO DA ESTRADA DA ÁGUA FRIA NA COMUNIDADE DO FLORESTA. </t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1038/1038_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1038/1038_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O MELHORAMENTO DA ILUMINAÇÃO PÚBLICA NO BAIRRO COHAB I (PRINCIPALMENTE PERTO DA ESCOLINHA TIA NANÁ).</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1039/1039_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1039/1039_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE CONSTRUA UMA FAIXA ELEVADA NA RUA SANTO ANTÔNIO, EM FRENTE AOS NÚMEROS 731 E 726 - A, PRÓXIMO A ENTRADA DA CRECHE SÃO FRANCISCO DE ASSIS E ENTRADA DO BAIRRO PITO ACESO.  </t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1040/1040_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1040/1040_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A AMPLIAÇÃO (ALARGAMENTO) DA RUA SÃO JOSÉ, BAIRRO PITO ACESO. TRECHO DE INÍCIO: DO Nº 05 ATÉ O Nº 46 OU NA ENTRADA DO RESERVATÓRIO PRINCIPAL DA COPASA.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1041/1041_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1041/1041_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE REALIZE A CAPINA E O PATROLAMENTO DA ESTRADA DO SANTANA ATÉ A RIO-BAHIA. </t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1042/1042_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1042/1042_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE REALIZE UM REPARO EM TODO ASFALTO DA CIDADE, MAIS PRECISAMENTE NOS BAIRROS BARREIRO, SANTO ANTÔNIO E AVENIDA SÃO JOÃO BATISTA. </t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1043/1043_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1043/1043_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FINALIZE A CONSTRUÇÃO DA PONTE SECA NA LOCALIDADE DO CLEMENTE DE BAIXO. </t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1044/1044_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1044/1044_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UM DESATERRO NO BAIRRO CAMPO BELO.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1045/1045_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1045/1045_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A CANALIZAÇÃO DA ÁGUA QUE CAI NA MINA DO BARREIRO. </t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1046/1046_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1046/1046_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA UM REPARO TÉCNICO NA BARRAGEM DE ÁGUA NO BARREIRO. </t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1047/1047_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1047/1047_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE SEJA INSTALADO SEMÁFOROS PARA PEDESTRES EM TODOS OS PONTOS AONDE JÁ FORAM INSTALADOS OS SEMÁFOROS E TAMBÉM NOS PONTOS FUTURAMENTE PREVISTOS. </t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1057/1057_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1057/1057_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE ANALISE TODAS AS POSSIBILIDADES QUE FAÇAM COM QUE PARTE DA RUA PRESIDENTE ANTÔNIO CARLOS SEJA MÃO ÚNICA, OU SEJA ESQUINA DA ALTINO PELUSO ATÉ A ESQUINA DA AV. DR. CELSO MACHADO.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1058/1058_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1058/1058_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A PODA DAS ARVORES COM A LIMPEZA E PATROLAMENTO DA ESTRADA DO BELA VISTA ATÉ O PONTO FINAL DO ÔNIBUS EM SÃO FRANCISCO. </t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1059/1059_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1059/1059_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A PODA DAS ÁRVORES COM A LIMPEZA E PATROLAMENTO DA ESTRADA QUE LIGA O POVOADO DO CÓRREGO DOS ELIAS ATE O LOTEAMENTO GRANVILLE, EM SANTA MARIA. </t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1060/1060_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1060/1060_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA DA RUA AGENOR GONÇALVES, BAIRRO SÃO SEBASTIÃO (RUA ATRAS DO POSTO DE SAÚDE BEIRA RIO).</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1061/1061_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1061/1061_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA PATROLAMENTO DA ESTRADA DO CÓRREGO DO FERRUGEM NA COMUNIDADE DO SÃO FRANCISCO. </t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1062/1062_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1062/1062_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA LIMPEZA GERAL DOS MATOS DA RUA ANTÔNIO SOARES, BAIRRO NOVA VENEZA. </t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1063/1063_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1063/1063_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA LIMPEZA DOS MATOS DA ESTRADA QUE LIGA A COMUNIDADE DO RUADO DAS PEDRAS A COMUNIDADE BELA VISTA.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1064/1064_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1064/1064_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA LIMPEZA GERAL DOS MATOS DA ANTIGA ESTRADA QUE LIGA O MUNICÍPIO DE VISCONDE DO RIO BRANCO A SÃO GERALDO. </t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1065/1065_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1065/1065_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE MELHORE A SINALIZAÇÃO DO CRUZAMENTO DAS RUAS PRESIDENTE ANTÔNIO CARLOS E RUA MAJOR FELICÍSSIMO ONDE FOI INSTALADO SEMÁFOROS COM FAIXA DE PEDESTRE, FAIXA DE RETENÇÃO, MARCAÇÃO DA ÁREA DE CONFLITO (CAIXA AMARELA) E UMA FAIXA HORIZONTAL DE PARE NA RUA CELSO MACHADO.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1066/1066_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1066/1066_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO EM CARÁTER DE URGÊNCIA A CAPTAÇÃO DE ÁGUA PLUVIAL NA RUA CAPITÃO GERALDO VALTER CUNHA, BARREIRO, (PRÓXIMO A LOJA MAÇÔNICA).</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1067/1067_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1067/1067_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A CAPINA DOS MATOS JUNTO AO MEIO FIO EM TODAS AS RUAS DO BAIRRO PLANALTO EXCETO AS RUAS MIGUEL AMIM E JUDITH TEREZINHA SILVA BRÁS POIS AS REFERIDAS JÁ ESTÃO NA PROPOSIÇÃO DE NÚMEROS 31 E 60 QUE FORAM APROVADAS NO ANO CORRENTE.  </t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1068/1068_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1068/1068_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE QUEBRA-MOLAS NA RUA MILTON DE PAIVA BARBOSA, EM FRENTE AO Nº 153, COHAB III (DE FRENTE A PRAÇA DO PARQUINHO).</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1069/1069_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1069/1069_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE ROCE AS MATAS CILIARES AS MARGENS DO RIO XOPOTÓ QUE ESTA LOCALIZADA ATRAS DA LOJA MODA CENTER NA RUA DO DIVINO Nº 139, CENTRO.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1070/1070_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1070/1070_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE A CAPINA E TAMPE BURACOS NA RUA JOSÉ SOARES FERREIRA NO BAIRRO BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1071/1071_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1071/1071_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA O CASCALHAMENTO E CANALIZAÇÃO DA ÁGUA NA ESTRADA DA COMUNIDADE RURAL DE BELA VISTA DO SÃO FRANCISCO. </t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1072/1072_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1072/1072_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE INTERCEDA COM COLETIVO RIO BRANCO QUE POSSA ESTAR FAZENDO A LINHA ATE O RESIDENCIAL RANCHO VERDE III.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1083/1083_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1083/1083_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UMA LIMPEZA GERAL DA RUA ALDEGUNDES ANDRADE DA COSTA, BAIRRO NOVA RIO BRANCO.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1085/1085_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1085/1085_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA REDE DE CAPTAÇÃO DE ÁGUAS PLUVIAIS NA ALFREDO GOMES DE FREITAS FILHO A RUA DO CAMPO DE SANTA MARIA. </t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1087/1087_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1087/1087_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE LIMPE O TERRENO AO LADO DA CRECHE E QUE FAÇA UM CENTRO COMUNITÁRIO NESTE TERRENO SITUADO NO BAIRRO MUTIRÃO.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1088/1088_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1088/1088_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA 2 BUEIROS NA RUA ALFREDO GOMES DE FREITAS FILHO, A RUA DO CAMPO NA COMUNIDADE SANTA MARIA. </t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1089/1089_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1089/1089_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE ARRUME O BURACO NA TRAVESSA AGENOR JERÔNIMO DE FREITAS, ALTO DA BOA VISTA.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1090/1090_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1090/1090_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE INTERCEDA AO COLETIVO RIO BRANCO A FIM DE QUE POSSA ESTAR FAZENDO A EXTENSÃO DA LINHA NOS BAIRROS PLANALTO PARA MELHOR MOBILIDADE URBANA. </t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1091/1091_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1091/1091_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE ARRUME OS SEMÁFOROS QUE FORAM INSTALADOS RECENTEMENTE NA ESTAÇÃO. </t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1093/1093_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1093/1093_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE INSTALE REDUTORES DE VELOCIDADE NA RUA SR. DRUMMOND, BAIRRO DÚCILIA CARONE, (PRÓXIMO AO MURILINHO MATERIAIS DE CONSTRUÇÃO, BEIRA-RIO).</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1094/1094_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1094/1094_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA OS SEGUINTES SERVIÇOS NO PONTILHÃO (ESTRADA QUE VAI EM DIREÇÃO A CAPELA VELHA NA ZONA RURAL):_x000D_
 *CAPINA DOS MATOS;_x000D_
 *PATROLAMENTO;_x000D_
 *PAVIMENTAÇÃO ASFÁLTICA</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1095/1095_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1095/1095_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE O POSTO DE SAÚDE DA COMUNIDADE DO SÃO FRANCISCO POSSA ESTAR ABRINDO NOS PERÍODOS DA MANHÃ E DA TARDE COM ATENDIMENTO MÉDICO.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1096/1096_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1096/1096_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA E CAPINA NA RUA PASTOR JOSÉ CÂNDIDO, BAIRRO NOSSA SENHORA DAS GRAÇAS. </t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1097/1097_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1097/1097_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE MELHORE O CALÇAMENTO DA RUA LORIVAL G. SOARES, BAIRRO BARREIRO. </t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1098/1098_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1098/1098_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE MELHORE O CALÇAMENTO DA RUA DENEDITO QUERINO, BAIRRO BARREIRO. </t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1099/1099_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1099/1099_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE MELHORE O CALÇAMENTO DA RUA PAULINO TAVARES, BAIRRO BARREIRO. </t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1100/1100_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1100/1100_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O PATROLAMENTO E LIMPEZA DA ESTRADA QUE DÁ ACESSO A CASA DA "DONA HILDA" (VIUVA DO SR. AVELINO INÁCIO), NA COMUNIDADE DO SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1101/1101_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1101/1101_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA GERAL NO ENTORNO DO CENTRO COMUNITÁRIO DO SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1102/1102_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1102/1102_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A AMPLIAÇÃO DE REDE COM A INSTALAÇÃO DE UM POSTE DE ILUMINAÇÃO PÚBLICA (LAMPADA DE VAPOR DE SÓDIO) NA RUA GERALDO FRANCO, BAIRRO DE LOURDES (PARTE ALTA), EM FRENTE ÁS RESIDENCIAS DOS SRS. SABINO, NILTON E LUIZINHO.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1103/1103_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1103/1103_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE CONSTRUA UMA PRAÇA DE LAZER COM ACADEMIA AO AR LIVRE PRÓXIMA OU NO LOTEAMENTO RESIDENCIAL RANCHO VERDE III, DO PROGRAMA MINHA CASA MINHA VIDA.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1110/1110_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1110/1110_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA REPAROS NO CALÇAMENTO E AUMENTE O BUEIRO (PARA DAR MAIOR VAZÃO) QUE FICA NA ESQUINA DA RUA OROZIMBO DE PAULA EM FRENTE AO Nº 605, BAIRRO NOVA RIO BRANCO. </t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1111/1111_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1111/1111_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A INSTALAÇÃO DE UMA PLACA DE ESTACIONAMENTO EXCLUSIVO PARA ÔNIBUS ESCOLAR EM FRENTE A ESCOLA ESTADUAL DOUTOR JOÃO BATISTA DE ALMEIDA NO BAIRRO PIEDADE. </t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1112/1112_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1112/1112_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A REFORMA DA QUADRA DO BAIRRO NOVO HORIZONTE POIS SE ENCONTRA COM A TRAVE QUEBRADA, ALAMBRADO CAINDO E PÉSSIMAS CONDIÇÕES O PISO.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1114/1114_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1114/1114_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE TROQUE A MANILHA DE REGO ESGOTO DA RUA CAPITÃO GERALDO WALTER CUNHA (EM FRENTE A PADARIA SANTA CRUZ), NO BAIRRO BARREIRO. </t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1115/1115_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1115/1115_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O PATROLAMENTO E CASCALHAMENTO DA COMUNIDADE DO SAPATEIRO.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1116/1116_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1116/1116_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE REALIZE O SERVIÇO DE TAPAR BURACO NA RUA LALEMANT DRUMMOND, BAIRRO DE LOURDES EM FRENTE A LÁ RUSTICA. </t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1117/1117_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1117/1117_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE CONSERTE A REDE DE ESGOTO QUE FICA EM FRENTE À IGREJA EVANGÉLICA NA ESTRADA DO SOSSEGO. </t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1118/1118_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1118/1118_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A REVITALIZAÇÃO DO ASFALTO NA RUA DR. ULISSES FERREIRA, BARREIRO.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1119/1119_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1119/1119_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A AQUISIÇÃO DE UM APARELHO DE TENS PARA FISIOTERAPIA EM GERAL, E PRINCIPALMENTE PARA PACIENTES EM TRATAMENTO DE CÂNCER DE PRÓSTATA. </t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1120/1120_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1120/1120_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA UMA OBRA DE RECUPERAÇÃO DA PONTE LOCALIZADA NO CÓRREGO DOS ELIAS QUE DÁ ACESSO AO ASFALTO E AO LOTEAMENTO GRANVILLE. </t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1121/1121_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1121/1121_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE ABRIGOS COBERTOS NO PONTO DE ÔNIBUS DA PIEDADE DE CIMA SENTIDO AO INHAMBÚ E NO PONTO DE ÔNIBUS NA ENCRUZILHADA DA ÁGUA FRIA, LOCALIZADO NO FLORESTA.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1122/1122_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1122/1122_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA E CAPINA DA RUA EGÍDIO ROBERTO DE ALMEIDA, RUADO DA USINA, BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1123/1123_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1123/1123_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO O RECAPEAMENTO ASFÁLTICO DA RUA EGÍDIO ROBERTO DE ALMEIDA, RUADO DA USINA, BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1124/1124_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1124/1124_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE ILUMINAÇÃO COM LÂMPADAS A VAPOR DE SÓDIO NOS ACESSOS AOS BAIRROS COLÔNIA, NOVO HORIZONTE E BARREIRO.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1125/1125_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1125/1125_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A INSTALAÇÃO DE QUEBRA-MOLAS NA RUA CIRA GOMES SARAIVA, COLÔNIA, EM FRENTE AO BAR DO LÚCIO DA ROSA E EM FRENTE A QUADRA POLIESPORTIVA. </t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1126/1126_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1126/1126_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE QUEBRA-MOLAS NA RUA WALDYR FURTADO, CONJUNTO RESIDENCIAL NOVA REPUBLICA, COHAB I.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1127/1127_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1127/1127_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA PARA A RUA JOSÉ MESQUITA, FUNDOS DA FABRICA DE RAÇÃO, BAIRRO GILENO SIQUEIRA. </t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1128/1128_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1128/1128_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO TAPAR O BURACO NA RUA PAULINO TAVARES, PRÓXIMO A BEIRA-RIO, BAIRRO DUCÍLIA CARONE (BARREIRO). </t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1133/1133_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1133/1133_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE TOME PROVIDENCIA SOBRE A LINHA FÉRREA DA RUA MELO BARRETO PRÓXIMA AO FÓRUM, NA QUAL O CALÇAMENTO ESTÁ MUITO ABAIXO DA LINHA. </t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1135/1135_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1135/1135_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA EM TODA EXTENSÃO DA RUA PROFESSOR EDSON MORAES DRUMMOND, BAIRRO COHAB III.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1136/1136_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1136/1136_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA E MANUTENÇÃO DO BUEIRO NA RUA JOÃO FERREIRA DOS SANTOS, BAIRRO GUSTAVO SABIONE.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1139/1139_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1139/1139_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE SEJA RETIRADO UM POSTE DE ILUMINAÇÃO PÚBLICA LOCALIZADO NO ENCONTRO DA RUA ARISTEU DOS SANTOS COM A RUA AVELINO CARDOSO, BAIRRO PIEDADE. </t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1140/1140_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1140/1140_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE REALIZE A CAPINA DO LOCAL ONDE ENCONTRA-SE A CAIXA D'ÁGUA DA COPASA NO BAIRRO COHAB 3 E REALIZE UMA LIMPEZA DO LOTE AO LADO. (CASO O LOTE TENHA PROPRIETÁRIO SOLICITO QUE O SETOR DE FISCALIZAÇÃO ACOMPANHE O CASO). </t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1143/1143_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1143/1143_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UM MURO DE ARRIMO NO BARRANCO ONDE ESTÁ LOCALIZADO UM PADRÃO DE LUZ NA RUA 15 DE NOVEMBRO, BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1145/1145_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1145/1145_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE OS TRILHOS DA LINHA DE FERRO SEJAM COBERTOS COM MASSA ASFÁLTICA INICIANDO NA PONTE DA ÁGUA LIMPA ATÉ A BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1147/1147_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1147/1147_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO ILUMINAÇÃO PÚBLICA E PAVIMENTAÇÃO ASFÁLTICA DA TRAVESSA ELIANA APARECIDA NASCIMENTO ANDRADE NO BAIRRO TATIANA. </t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1148/1148_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1148/1148_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO ATENDIMENTO MÉDICO E ODONTOLÓGICO DUAS VEZES POR SEMANA NO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1149/1149_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1149/1149_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO INSTALAÇÃO DE REDE DE SISTEMA DE SANEAMENTO BÁSICO COM BUEIROS PARA ESCOAMENTO DAS ÁGUAS PLUVIAIS NA RAU VEREADOR JOSÉ SOARES FERREIRA NA BARRA DOS COUTOS. </t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1150/1150_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1150/1150_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA DE TODAS AS RUAS DO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1151/1151_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1151/1151_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A LIMPEZA DE TODAS AS RUAS DO BAIRRO CATETE. </t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1152/1152_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1152/1152_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA DE TODAS AS RUAS E LOTES PÚBLICOS DO BAIRRO ANTONIO SOARES.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1153/1153_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1153/1153_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO CONSERTO DO BUEIRO QUEBRADO PRÓXIMO A ESCOLA ESTADUAL RUY BOUCHARDET FILHO, BARREIRO.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1154/1154_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1154/1154_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO PATROLAMENTO E CASCALHAMENTO NA ESTRADA LOCALIZADA NA PRIMEIRA ENTRADA A DIREITA DEPOIS DO CHICO DO NATO NA REGIÃO DA RIO-BAHIA. </t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA DAS PRAÇAS SITUADAS NO CONJUNTO RESIDENCIAL MÁRIO BOUCHARDET, COHAB 3.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1156/1156_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1156/1156_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA E CAPINA DA RUA CRISTIANO FERRAS, BAIRRO SANTA CRUZ.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1157/1157_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1157/1157_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UM BUEIRO PARA CAPTAÇÃO DE AGUAS PLUVIAIS NA ESTRADA PRINCIPAL, SAINDO DA RIO-BAHIA ATÉ O CENTRO DA COMUNIDADE DA MAMÓRIA, TRECHO: 50 METROS ANTES DA RESIDÊNCIA DO SR. LUIZ DANAVALE.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1158/1158_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1158/1158_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UM BUEIRO PARA CAPTAÇÃO DE ÁGUAS PLUVIAIS NA ESTRADA QUE FAZ IMPORTANTE LIGAÇÃO DO POVOADO DA MEMÓRIA ATÉ O POVOADO DA ALDEIA. TRECHO: DO LADO DE CIMA DO ENGENHO DE CANA-DE-AÇÚCAR DO SR. ARI FERRAZ. </t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1159/1159_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1159/1159_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A LIMPEZA DA PISTA DE SKATE QUE FICA EM FRENTE Á DELEGACIA DE POLICIA CIVIL, PRAÇA MARIA TEREZA PIETRE LOPES. </t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1161/1161_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1161/1161_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A INSTALAÇÃO DA ILUMINAÇÃO PUBLICA DO BAIRRO RANCHO VERDE ATÉ O BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1162/1162_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1162/1162_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE CONSERTE AS MANILHAS QUEBRADAS E DESENTUPA O CÓRREGO DA PIEDADE.  </t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1163/1163_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1163/1163_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE COLOQUE NOVAS LIXEIRAS PARA A PRAÇA JORGE CARONE FILHO, CENTRO (EM FRENTE AO BAR DO ZICO COELHO).</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1164/1164_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1164/1164_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE UM PLAYGROUND E TAMBÉM UMA ACADEMIA POPULAR AO AR LIVRE NO BAIRRO PLANALTO. </t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1165/1165_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1165/1165_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE UMA PRACINHA (ÁREA DE LAZER) NO BAIRRO BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1166/1166_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1166/1166_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE A LIMPEZA DA REDE ESGOTO E BUEIRO NA COMUNIDADE DO GORDURA EM FRENTE A CASA DO SR. CUSTÓDIO (FIIM).</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1169/1169_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1169/1169_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A MANUTENÇÃO DA ILUMINAÇÃO DA QUADRA DA COMUNIDADE PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1170/1170_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1170/1170_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A REFORMA DA PONTE BEIRA-RIO, LOCALIZADA NA RUA DIOGO BRAGA, BAIRRO DUCÍLIA CARONE.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1171/1171_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1171/1171_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA DE TODAS AS RUAS DO BAIRRO ESPORTIVO.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1173/1173_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1173/1173_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE PROVIDENCIE A LIMPEZA E CAPINA DA RUA MARIA DO DODÔ NO BAIRRO FILIPINHO. </t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1174/1174_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1174/1174_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE A PODA DAS ARVORES DA RUA MANUEL FIRMINO SOUZA NO BAIRRO RANCHO VERDE 2.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1180/1180_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1180/1180_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE UM ESCADÃO QUE LIGA A ESCOLA MUNICIPAL PORFÍRIO SARAIVA, NA RUA JOSÉ SARAIVA NO BAIRRO COLÔNIA. </t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1181/1181_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1181/1181_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA E CAPINA DO CAMPO DO CRUZEIRO, NO BAIRRO BARREIRO. </t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1182/1182_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1182/1182_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A MANUTENÇÃO DO CALÇAMENTO DA RUA LOURIVAL GONÇALVES SOARES, BAIRRO DUCILIA CARONE. </t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1183/1183_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1183/1183_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A REFORMA DO ESCADÃO NA RUA DELORME TAVEIRA, PERTO DO NUMERO 31, NO BAIRRO ALEXANDRE FERRAZ.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1184/1184_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1184/1184_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA NA RUA MANOEL VALENTIN, ATRÁS DO POSTO DE SAÚDE BEIRA RIO. </t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1185/1185_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1185/1185_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE PROVIDENCIE A REFORMA DOS BRINQUEDOS DA PRAÇA DO BAIRRO CENTENÁRIO. </t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1186/1186_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1186/1186_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA MANUTENÇÃO NA ILUMINAÇÃO DA QUADRA DO PITO ACESO.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1188/1188_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1188/1188_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE A MELHORIA DAS ESTRADAS RURAIS E O CASCALHAMENTO DA MESMA QUE LIGA O RUADO DAS PEDRAS À FAZENDINHA.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1190/1190_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1190/1190_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA E CAPINA NA RUA EUFRÁSIA DE MOURA BICALHO, BAIRRO SERRA VERDE.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1191/1191_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1191/1191_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE A MELHORIA E O CASCALHAMENTO DA ESTRADA RURAL DO ATERRADO PRÓXIMO AO TREVO DE GUIRICEMA.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1195/1195_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1195/1195_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UM ESTUDO PARA MELHORIA DO TRANSITO NO BAIRRO CORONEL JOAQUIM LOPES, QUE EM HORARIOS DE PICO FICA MUITO MOVIMENTADO A RUA PRINCIPAL, SUGERE QUE OS CARROS SUBAM PELA RUA MOREIRA CESAR / RUA CONSELHEIRO SANTANA E DESÇAM PELA RUA ARTHUR DA SILVA BERNARDES.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1196/1196_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1196/1196_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE DISPONIBILIZE MAIS VAGAS PARA ESTACIONAMENTO PREFERENCIAL PARA IDOSOS NO CENTRO DA CIDADE, AS EXISTENTES NÃO ESTÃO ATENDENDO A DEMANDA.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1197/1197_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1197/1197_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE INSTALE UMA FAIXA ELEVADA NA LADEIRA JOSÉ SOARES DA COSTA (EM FRENTE A APAE).</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1198/1198_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1198/1198_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A SUBSTITUIÇÃO DAS FAIXAS DE PEDESTRES EXISTENTES POR FAIXAS ELEVADA DE PEDESTRE EM FRENTE AS ESCOLAS.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1200/1200_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1200/1200_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE TAMPE O BURACO E QUE SEJA FEITA LIMPEZA NA RUA DR. ULISSES FERREIRA, PRINCIPALMENTE NAS PROXIMIDADES DA OFICINA ITALO MOTOS, NO BAIRRO BARREIRO. </t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1201/1201_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1201/1201_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO EM CARÁTER DE URGÊNCIA QUE A PRÓXIMA DEVOLUÇÃO DE RECURSOS DA CÂMARA PARA A PREFEITURA SEJA ADQUIRIDO UM VEICULO PARA A DEFESA CIVIL.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1205/1205_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1205/1205_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO O REAJUSTE DO AUXILIO ALIMENTAÇÃO DOS SERVIDORES PÚBLICOS PARA R$ 200,00.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1209/1209_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1209/1209_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PASSE A MÁQUINA NA PIEDADE DO MEIO, LOCALIDADE PRÓXIMA A FAZENDA SANTA ROSA, ZONA RURAL.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1208/1208_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1208/1208_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE A COLOCAÇÃO DE 3 MANILHAS NA PIEDADE DO MEIO, LOCALIDADE PRÓXIMA A FAZENDA SANTA ROSA, ZONA RURAL.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1210/1210_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1210/1210_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UM REPARO NA PLACA DE ÔNIBUS NA AVENIDA DR. CARLOS SOARES (PRÓXIMO AO RESTAURANTE PALADAR MINEIRO).</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1224/1224_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1224/1224_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A INSTALAÇÃO DA ILUMINAÇÃO PÚBLICA DO FINAL DA CHÁCARA ATÉ O RUADO DAS PEDRAS. </t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1227/1227_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1227/1227_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UMA TORRE COM VIABILIZAÇÃO DE SINAL DA INTERNET NA COMUNIDADE DO MEMÓRIA. </t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1228/1228_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1228/1228_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A REFORMA COM A CONSTRUÇÃO DE UM PARQUE DE RECREAÇÃO NA ESCOLA CORONEL JOAQUIM LOPES, NA COMUNIDADE DO MEMÓRIA.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1231/1231_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1231/1231_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE UM PLAYGROUND E TAMBÉM UMA ACADEMIA POPULAR AO AR LIVRE NO BAIRRO GILENO SIQUEIRA (COLÔNIA).</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1232/1232_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1232/1232_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO O MELHORAMENTO DAS ESTRADAS E A CAPTAÇÃO DE ÁGUA PLUVIAL DO CÓRREGO DO SUCEGO.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1233/1233_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1233/1233_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA, CAPINA E RECOLHIMENTO DE ENTULHOS NAS RUAS FRANCISCO COSTA BARROS, ELVIRA GRAZIOLLI E DELORME TAVEIRA DA SILVA, BAIRRO ALEXANDRE FERRAZ.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1234/1234_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1234/1234_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA TEÓFILO OTONI, NA ALTURA DO Nº 86 NO CENTRO.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1236/1236_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1236/1236_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE MANTENHA A BEIRADA DA ESCOLA E A ESTRADA DA ZONA RURAL BELA VISTA DE SÃO FRANCISCO LIMPAS.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1237/1237_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1237/1237_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO ATENDIMENTO MÉDICO PELO MENOS 2 (DUAS) VEZES POR SEMANA NO PSF DA COMUNIDADE NO PSF DA COMUNIDADE DO BELA VISTA DE SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1241/1241_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1241/1241_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O MELHORAMENTO OU PAVIMENTAÇÃO ASFÁLTICA NO BAIRRO SANTA CLARA NAS RUAS: BUENO SIQUEIRA, ELIAS TEIXEIRA BARBOSA, FRANCISCA ROSA DA ROCHA E OUTRAS.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1242/1242_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1242/1242_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REFORME AS TELAS EM VOLTA DA QUADRA E COLOQUE UM PORTÃO NA QUADRA DO BAIRRO ALTO DA BOA VISTA.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1243/1243_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1243/1243_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA O MELHORAMENTO DA ILUMINAÇÃO PÚBLICA, NA REGIÃO CENTRAL DA COMUNIDADE DO CAPITÃO MACHADO. </t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1244/1244_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1244/1244_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O MELHORAMENTO DA ILUMINAÇÃO PUBLICA, AVENIDA GERALDO PEIXOTO FILHO, VILA APRAZÍVEL.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1245/1245_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1245/1245_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA O MELHORAMENTO OU A PAVIMENTAÇÃO ASFÁLTICA DAS RUAS: JOVINA SOARES, JOAQUIM MOREIRA BARBOSA DO Nº 314 ATÉ A RUA MARIA DE OLIVEIRA ESPANHOL, BAIRRO NOVO HORIZONTE. </t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1246/1246_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1246/1246_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A RECUPERAÇÃO DA RAMPA DO VIADUTO QUE DÁ ACESSO A RUA VEREADOR JOSÉ SOARES FERREIRA A RODOVIA MG 447, BAIRRO BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1247/1247_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1247/1247_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE TAPE O BURACO FEITO NA REDE DE ESGOTO NA TRAVESSA GERALDO AMIM, CENTRO DE VISCONDE DO RIO BRANCO, O  "ESCADÃO" QUE DÁ ACESSO AO BAIRRO ALTO DA BOA VISTA.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1248/1248_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1248/1248_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA UMA MELHORIA OU MELHOR ADEQUAÇÃO NO QUE TANGE AO TAMBOR DE LIXO NA RUA VELDEMIRO DE SOUZA EM FRENTE A RESIDENCIA DE Nº 45, BAIRRO PLANALTO. </t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1249/1249_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1249/1249_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA UM REPARO NA REDE DE ESGOTO NA RUA JOSÉ SARAIVA, BAIRRO COLÔNIA. </t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1250/1250_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1250/1250_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA O PATROLAMENTO DA ESTRADA COGNOMINADA ESTRADA DO BOM FIM, INDO PARA O CLEMENTE, ZONA RURAL. </t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1252/1252_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1252/1252_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE DISPONIBILIZE A COMUNIDADE DO CLEMENTE DO MEIO, PONTO DE ACESSO A INTERNET, INCLUINDO DIGITALMENTE OS MORADORES DESSA COMUNIDADE.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1253/1253_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1253/1253_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA O MELHORAMENTO DA ILUMINAÇÃO PÚBLICA NO BAIRRO COLONIA. </t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1254/1254_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1254/1254_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UM POSTE DE ILUMINAÇÃO PÚBLICA EM FRENTE A CASA DO MORADOR GERALDO ALVES, BAIRRO GILENO SIQUEIRA (COLÔNIA).</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1256/1256_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1256/1256_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A REFORMA DE TODA A ESCOLA MUNICIPAL MARIO BOUCHARDET COM CÓPIA REPROGRÁFICA A SECRETÁRIA MUNICIPAL DE EDUCAÇÃO, MOSTRANDO A NECESSIDADE EM REFORMAR A ESCOLA. </t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1257/1257_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1257/1257_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE ABRIGO COBERTO NO PONTO DE ÔNIBUS DO CÓRREGO DOS ELIAS EM SANTA MARIA. </t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1258/1258_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1258/1258_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA DE TODAS AS RUAS DOS BAIRROS SANTO CRISTO E SANTA CLARA.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1259/1259_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1259/1259_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA DO ZÉ BENTO NA COMUNIDADE DO GORDURA, INICIANDO PRÓXIMO A QUADRA POLIESPORTIVA ATÉ A PONTE COBERTA. </t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1260/1260_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1260/1260_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE FAÇA A COBERTURA DA QUADRA, COBERTURA DE BANHEIROS E AS REFORMAS NECESSÁRIAS NA REFERIDA QUADRA DO BAIRRO JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1261/1261_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1261/1261_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA E CAPINA URGENTE DA RUA CONSELHEIRO SANTANA, FORMIGA DE TRÁS. </t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1263/1263_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1263/1263_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE REALIZE OS SEGUINTES SERVIÇOS:_x000D_
 COLOQUE FAIXA DE PEDESTRE NA CHEGADA DA ESCOLA MUNICIPAL PORFÍRIO SARAIVA, RUA JOSÉ SARAIVA, BAIRRO COLÔNIA._x000D_
 COLOQUE FAIXA DE PEDESTRE BEM NO RUMO DO FUTURO ESCADÃO QUE IRÁ SER FEITO. </t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1264/1264_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1264/1264_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A RETIRADA DE ENTULHOS NO MORRO DO ZÉ BONÉ, AO LADO DAS LIXEIRAS. </t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1265/1265_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1265/1265_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE PINTE TODAS AS FAIXAS DE PEDESTRE NA CIDADE, PRINCIPALMENTE AS QUE FICAM EM FRENTE AS ESCOLAS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1266/1266_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1266/1266_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA LIMPEZA E CAPINA DA RUA MIGUEL DIAS DE CARVALHO, BAIRRO NOVA RIO BRANCO.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1267/1267_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1267/1267_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A COLOCAÇÃO DE MAIS UM POSTE NA RUA GERALDO FRANCO (RUA DO CONTORNO), BAIRRO DE LOURDES.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1268/1268_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1268/1268_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA E CAPINA NO BAIRRO SERRA VERDE. </t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1269/1269_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1269/1269_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO DA RUA IRINEO CESÁRIO DA SILVA, NA COMUNIDADE DE SANTA MARIA. </t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1270/1270_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1270/1270_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A REFORMA DO ASFALTO NA TRAVESSA MARIA RAYMUNDA BIGONHA GOUVEIA, NA COMUNIDADE DE SANTA MARIA. </t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1271/1271_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1271/1271_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE COLOQUE UM LATÃO DE LIXO, REALIZA UMA CAPINA E MELHORE A COLETA DE LIXO NA RUA PALMIRA PEIXOTO DOS ANJOS, BAIRRO CASSIANO MESQUITA (VIGÁRIO VARELA).</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1272/1272_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1272/1272_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE MELHORE A COLETA DE LIXO NO BAIRRO COLÔNIA, PRINCIPALMENTE EM FRENTE A ESCOLA PORFÍRIO SARAIVA. </t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1273/1273_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1273/1273_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UMA CANALIZAÇÃO PLUVIAL NA RUA JOSÉ SARAIVA.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1277/1277_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1277/1277_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO ATENDIMENTO MÉDICO PELO MENOS 3 (TRÊS) VEZES POR SEMANA, NAS SEGUNDAS, QUARTAS E SEXTAS FEIRAS NO PSF DA COMUNIDADE DO BELA VISTA DE SÃO FRANCISCO. </t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1280/1280_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1280/1280_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO  EXECUTIVO QUE FAÇA A LIMPEZA E MELHORIA NA ESCOLA MUNICIPAL DEPUTADO LUIZ SOARES DA ROCHA. </t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1281/1281_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1281/1281_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A INSTALAÇÃO DE POSTES DE ENERGIA ELÉTRICA NA ZONA RURAL DO BOM JARDIM.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1282/1282_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1282/1282_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A CAPINA E CONSERTE A CERCA DA ESCOLA DEPUTADO LUIZ SOARES DA ROCHA NO BAIRRO CORONEL JOAQUIM LOPES. </t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1283/1283_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1283/1283_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A MELHORA DO SERVIÇO DOS AGENTES DE ENDEMIAS E ZOONOSES NOS BAIRROS BARREIROS E CAPITÃO GONÇALO GOMES.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1284/1284_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1284/1284_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE TROQUE A TAMPA DO BUEIRO DA RUA DJALMA FURTADO DE CAMPOS, EM FRENTE A CASA DE NÚMERO 219 NO BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1285/1285_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1285/1285_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE UMA NOVA CRECHE NO BAIRRO BARREIRO, JA QUE A ATUAL SERÁ UTILIZADA PARA OUTROS FINS.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1289/1289_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1289/1289_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O MELHORAMENTO OU PAVIMENTAÇÃO ASFÁLTICA DE TODAS AS RUAS DO BAIRRO NOVA PIEDADE.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1290/1290_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1290/1290_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA PATROLAMENTO E CASCALHAMENTO DA ESTRADA NA COMUNIDADE DO FLORESTA, DEPOIS DA PONTE PRIMEIRA DIREITA AO SÍTIO DO FAUSTINO, E ATÉ A RESIDENCIA DO SR. ROBERTO CAMARADA. </t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1291/1291_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1291/1291_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA PAVIMENTAÇÃO ASFÁLTICA DE PARTE DA RUA SÃO JOSÉ, BAIRRO PITO ACESO, DO INICIO DA RUA SANTO ANTÔNIO ATÉ A PONTE. </t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1292/1292_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1292/1292_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A RECUPERAÇÃO DA ESTRADA QUE DÁ ACESSO AO MASSAMBARÁ COM A OPERAÇÃO TAPA-BURACOS.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1293/1293_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1293/1293_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA E A PODA DAS ARVORES DO BAIRRO RANCHO VERDE I E RANCHO VERDE II.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1294/1294_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1294/1294_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE TAPE O BURACO NA FOSSA DE REDE DE ESGOTO NO BAIRRO RANCHO VERDE III. </t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1295/1295_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1295/1295_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE UM RECIPIENTE ADEQUADO, NO QUAL VENHA SUPRIR A DEMANDA DE LIXO DA TRAVESSA SOUZA LIMA (EM FRENTE AO AÇOUGUE SÃO JOÃO).</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1297/1297_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1297/1297_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROCEDA COM URGÊNCIA A LIMPEZA E MANUTENÇÃO NA REDE DE ESGOTO NA RUA DELORME TAVEIRA, FELIPINHO.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1298/1298_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1298/1298_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA LIMPEZA E CAPINA URGENTE DA RUA MARIA ANTONIETA CARNEIRO, FELIPINHO. </t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1305/1305_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1305/1305_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE O RECAPEAMENTO ASFÁLTICO DA AVENIDA SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1306/1306_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1306/1306_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA, PATROLAMENTO E CASCALHAMENTO DA ESTRADA BEIRA-RIO NO CAMELINHA QUE LIGA A BARRA DE GUIRICEMA.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1307/1307_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1307/1307_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA EM TODAS AS RUAS DO BAIRRO NOVA CIDADE.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1308/1308_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1308/1308_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE INTERVENHA JUNTO A EMPRESA CORREIOS, AFIM DE QUE SEJAM ENTREGUES AS CORRESPONDÊNCIAS DOS MORADORES DO BAIRRO NOVA CIDADE.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1309/1309_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1309/1309_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA LIMPEZA DA AVENIDA PERIMENTAL, BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1313/1313_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1313/1313_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE O PRÉDIO DA ANTIGA ESCOLA ANTÔNIO SOUZA LIMA NO MASSAMBARÁ SEJA CEDIDO PARA ASSOCIAÇÃO COMUNITÁRIA DA COMUNIDADE.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1314/1314_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1314/1314_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA CRISTIANO FERRAZ, NO BAIRRO JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1315/1315_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1315/1315_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE MELHORE A ILUMINAÇÃO NO TREVO DA BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1316/1316_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1316/1316_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UMA LOMBADA NA RUA JOÃO CORREIA LINO, PRÓXIMO AO NUMERO 59, NO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1317/1317_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1317/1317_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE UM ALONGAMENTO NAS LOMBADAS E TROQUE A TAMPA DOS BUEIROS DA RUA APARECIDA CARINA BENHAME À RUA DA MARMORARIA SANTA BARBARA E QUINTAL DO ESPETO.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1318/1318_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1318/1318_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE ESTENDA A ILUMINAÇÃO PÚBLICA DA POUSADA DO YPÊ ATÉ O POVOADO BOA VISTA. </t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1319/1319_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1319/1319_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE POSSA INCLUIR NA ROTA DO TRANSPORTE COLETIVO O BAIRRO ANTÔNIO SOARES.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1323/1323_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1323/1323_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE O PATROLAMENTO DA ESTRADA RURAL QUE LIGA A APAE NA ANTIGA MARRECA, NA SANTA JULIANA (ZONA RURAL).</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1326/1326_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1326/1326_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A REFORMA DO VESTIÁRIO NO ESTÁDIO OSCAR VIEIRA, NO ALTO DO BAIRRO BARREIRO. </t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1327/1327_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1327/1327_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA REFORMA GERAL DAS TRAVES, ILUMINAÇÃO E DA QUADRA DO BAIRRO CAIÇARAS.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1328/1328_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1328/1328_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA LIMPEZA E REFORMA DA PRAÇA PÚBLICA DO BAIRRO CAIÇARAS.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1329/1329_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1329/1329_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA REDE DE CAPITAÇÃO DE ÁGUAS PLUVIAIS NA RUA JOSÉ GERALDO NAMORATO, BAIRRO NOVA CIDADE. </t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1330/1330_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1330/1330_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O MELHORAMENTO DA ILUMINAÇÃO PÚBLICA DO BAIRRO NOVA PIEDADE.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1331/1331_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1331/1331_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O MELHORAMENTO DA ILUMINAÇÃO PÚBLICA NA AVENIDA GERALDO PEIXOTO FILHO, VILA APRAZÍVEL.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1334/1334_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1334/1334_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA E RECOLHIMENTO DE ENTULHO DA RUA BIOQUINO DE ANDRADE.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1335/1335_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1335/1335_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A MELHORIA DO PONTO DE APOIO DO POSTO DE SAÚDE SANTA RITA SITUADO NO BAIRRO COHAB 3.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1336/1336_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1336/1336_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA DA RUA ONDE SERÁ FEITO O DISTRITO INDUSTRIAL (ANTIGA ESTRADA QUE LIGA O BAIRRO COLONIA AO MUNICÍPIO DE SÃO GERALDO) ATÉ NA CAPELA VELHA.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1337/1337_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1337/1337_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE TROQUE A TAMPA DO BUEIRO NA RUA CONSELHEIRO SANTANA (PERTO DO BAR DO PAULINHO), NO BAIRRO COGNOMINADO DE QUEBRA.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1338/1338_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1338/1338_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A REVITALIZAÇÃO DA PRAÇA DE SANTA MARIA COM A CONSTRUÇÃO DE RAMPAS DE ACESSIBILIDADE PARA CADEIRANTES. </t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1339/1339_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1339/1339_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO DA RUA GERALDO PIRES MILAGRES QUE LIGA A RUA AVELINO CARDOSO Á AVENIDA JOSÉ BARRETO MESQUITA (AV. DR. LELÉ).</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1341/1341_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1341/1341_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA, MANUTENÇÃO E TROCA DA TAMPA NA REDE DE ESGOTO NA RUA JOÃO BRAZ DAMIÃO, PRÓXIMO AO NUMERO 36, BAIRRO COHAB 1.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>Zé Silvio do Ônibus, Alex Vinicius Coelho - Alex da Autoescola</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1342/1342_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1342/1342_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A RECUPERAÇÃO DA PONTE FERROVIÁRIA QUE FAZ LIGAÇÃO COM A RUA MELO BARRETO À AVENIDA THEOPHILE DOUBREIL, NA BARRA DOS COUTOS, (PRÓXIMO AO RONAN PNEUS).</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1348/1348_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1348/1348_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA E CAPINA DAS RUAS CALIXTO AMIM, DR. AFONSO INFANTE VIEIRA E ALFREDO LANA TODAS LOCALIZADAS NO BAIRRO NOVA CIDADE.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1349/1349_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1349/1349_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE OS SEGUINTES SERVIÇOS EM FRENTE À ESCOLA ESTADUAL DR. JOÃO BATISTA DE ALMEIDA (PERTO DO POSTO), NO BAIRRO PIEDADE:_x000D_
 *FAÇA UMA FAIXA DE PEDESTRE ELEVADA._x000D_
 *PLACA DE IDENTIFICAÇÃO DE ÁREA ESCOLAR.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1352/1352_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1352/1352_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE COLOQUE UMA CAÇAMBA DE LIXO NO RUADO DAS PEDRAS.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1353/1353_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1353/1353_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA O PATROLAMENTO NAS ESTRADAS DA ZONA RURAL DO MASSAMBARÁ. </t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1355/1355_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1355/1355_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO O PATROLAMENTO E CASCALHAMENTO DO TRECHO QUE LIGA A PIEDADE DE CIMA ATÉ A CASA DO SENHOR FRANCISQUINHO.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1356/1356_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1356/1356_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE REDUTORES DE VELOCIDADE PRÓXIMO AO TREVO DO RUADO DAS PEDRAS.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1357/1357_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1357/1357_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO OS SEGUINTES FEITOS NO BAIRRO RANCHO VERDE III._x000D_
 * DOIS QUEBRA-MOLAS EM CADA RUA._x000D_
 * USAR EM CARÁTER PROVISÓRIO COMO PONTO DE APOIO, UMA DAS CASAS VAZIAS COMO PSF. _x000D_
 * CONSTRUÇÃO DE UMA QUADRA OU ESPAÇO DE LAZER.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1358/1358_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1358/1358_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO EM CARÁTER DE URGÊNCIA, REPARO NA REDE DE ESGOTO NO BAIRRO NOVO HORIZONTE PRÓXIMO A ESCOLA. </t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1360/1360_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1360/1360_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE POSSA DISPOR DE MAIS UM PROFESSOR PARA COMPOR O QUADRO DE PROFESSORES DA ESCOLA MUNICIPAL FRANCISCA CAROLINA DA SILVA NA PIEDADE DE CIMA, ZONA RURAL, POIS UMA PROFESSORA SE ENCONTRA AFASTADA POR MOTIVO DE SAÚDE.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1361/1361_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1361/1361_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UMA MELHORIA OU MELHOR ADEQUAÇÃO, NO QUE TANGE AOS TAMBORES DE LIXO NO ENTRONCAMENTO DA RUA CASTELO BRANCO (PERTO DO PARQUINHO), BAIRRO NOSSA SENHORA DE APARECIDA.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1362/1362_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1362/1362_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A AQUISIÇÃO DE UM TERRENO NO BAIRRO RANCHO VERDE I, PARA CONSTRUÇÃO DE UM PSF.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1363/1363_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1363/1363_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UMA LOMBADA (QUEBRA-MOLAS), NA RUA KÁTIA APARECIDA SILVEIRA (EM FRENTE À CASA DE Nº 616), BAIRRO PITO ACESO.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1364/1364_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1364/1364_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE TOME AS PROVIDCENCIAS NECESSARIAS PARA CONSTRUÇÃO DE CALÇADÃO NA RUA VEREADOR JOSÉ SOARES FERREIRA (RUA DO VIADUTO) À POUSADA DO YPÊ NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1365/1365_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1365/1365_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA INSTALAÇÃO DE UMA ROTATÓRIA NO CRUZAMENTO ENTRE A RUA SÃO SEBASTIÃO E A CAPITÃO GERALDO WALTER CUNHA, BAIRRO BARREIRO. </t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1366/1366_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1366/1366_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A MANUTENÇÃO E A TROCA DAS MANILHAS URGENTE NO SITIO DO ATERRADO, ZONA RURAL, PRÓXIMO A RESIDENCIA DO SR. OSMAR MOREIRA DA SILVA, DEPOIS DO TREVO GUIRICEMA E SÃO GERALDO.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1369/1369_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1369/1369_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE ALAMBRADO OU A CONSTRUÇÃO DE MUROS CERCANDO AO REDOR DA ESCOLA FRANCISCA CAROLINA DA SILVA, NA PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1370/1370_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1370/1370_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A RECUPERAÇÃO DO PONTO DE ÔNIBUS LOCALIZADO NA PRAÇA JORGE CARONE FILHO, (PRÓXIMO AO HOSPITAL SÃO JOÃO BATISTA).</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1371/1371_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1371/1371_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE INTERCEDA JUNTO A ANATEL PARA QUE SEJA INSTALADA UMA TORRE REPETIDORA DE SINAL QUE CONSIGA ATENDER O RESIDENCIAL RANCHO VERDE III.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1372/1372_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1372/1372_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA INSTALAÇÃO DE REDUTORES DE VELOCIDADE (LOMBADA) NA RUA EUGÊNIO DE MELO, BAIRRO GUSTAVO SABIONI. (EM FRENTE A ANTIGA DISTRIBUIDORA DE BEBIDAS DA COCA COLA)</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1375/1375_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1375/1375_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE PROCEDA COM URGÊNCIA A LIMPEZA, MANUTENÇÃO E TROCAS DAS TAMPAS DE BUEIROS EXISTENTES NA RUA CLÁUDIA MARIA C. CARDOSO E ESQUINA COM A RICARDO MACHADO. </t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1376/1376_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1376/1376_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE VESTIÁRIO E BANHEIROS NO CAMPO DE FUTEBOL NA LOCALIDADE DA COHAB 1.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1377/1377_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1377/1377_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE E MELHORIAS NA SINALIZAÇÃO DE TRÂNSITO NOS DOIS LADOS DA RUA EUGÊNIO DE MELO, 30 METROS APOS A FABRICA DA CHAYBOM, SENTIDO BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1378/1378_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1378/1378_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A PINTURA DE TODOS OS QUEBRA-MOLAS DA RUA SÃO JOSÉ, BAIRRO PITO ACESO.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1379/1379_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1379/1379_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA DA RUA DR. ANTÔNIO CARLOS IGNACCHITI GOMES, BAIRRO JARDINS.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1384/1384_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1384/1384_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A REVITALIZAÇÃO DO ASFALTO NA RUA CAPITÃO GERALDO WALTER CUNHA, BARREIRO. (PROXIMO A GRÁFICA SUPREMA)</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1387/1387_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1387/1387_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA DESOBSTRUÇÃO DA REDE DE ESGOTO NA RUA DJALMA FURTADO DE CAMPOS (EM FRENTE A BORRACHARIA DO FERNANDO), BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1388/1388_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1388/1388_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A REVITALIZAÇÃO DE PINTURA EM TODA EXTENSÃO DO TERMINAL RODOVIÁRIO DO MUNICÍPIO E UMA FAIXA ELEVADA EM FRENTE A MESMA.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1389/1389_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1389/1389_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UMA ESCOLA PÚBLICA MUNICIPAL DE FORMAÇÃO DE CONDUTORES DE VEÍCULOS, QUE ATENDA PESSOAS DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1390/1390_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1390/1390_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE COM URGÊNCIA A EMISSÃO DE CARTEIRA DE TRABALHO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1391/1391_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1391/1391_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A AQUISIÇÃO DE UM TERRENO E CONSTRUA UMA PRAÇA E QUADRA POLIESPORTIVA NA COMUNIDADE DO CAPITÃO MACHADA.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1392/1392_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1392/1392_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NA RUA CAPITÃO GONÇALO NO BAIRRO MULTIRÃO.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1393/1393_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1393/1393_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA E RECOLHIMENTO DE ENTULHOS NA TRAVESSA BOA VISTA, AVENIDA BRASIL, CARDEOLINO EULÁLIO, TODAS LOCALIZADAS NO BAIRRO ANTÔNIO SOARES.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1394/1394_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1394/1394_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A RECUPERAÇÃO DA ESTRADA DO FEITICEIRO, SENTIDO A EMPRESA POLPA ROMA, QUE DÁ ACESSO AO POMBAL. </t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1397/1397_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1397/1397_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE INTERCEDA JUNTO A EMPRESA ENERGISA, PARA QUE SEJA REALIZADO A EXTENSÃO DA REDE ELÉTRICA, DA SEDE DO PONTO DO SENHOR JOÃO BATISTA RIBEIRO ATÉ A SEDE DA SENHORA ÂNGELA MARIA DE SOUZA RODRIGUES, NO SANTA HELENA (ZONA RURAL).</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>Regis, Elias V.R.B</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1396/1396_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1396/1396_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE COLOQUE UMA CAÇAMBA DE LIXO NO ÚLTIMO PONTO DE ÔNIBUS DA PIEDADE DE CIMA E A COLETA SEMANAL DO MESMO.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1400/1400_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1400/1400_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A INSTALAÇÃO DE NOVOS POSTES DE ILUMINAÇÃO PRÓXIMOS AO CAMPO DA COMUNIDADE DO FLORESTA. </t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1402/1402_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1402/1402_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA DO TRECHO DO RIO NA BARRA DOS COUTOS QUE PASSA ATRÁS DA PIF PAF E SEGUE ATÉ O PRÓXIMO VIADUTO.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1404/1404_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1404/1404_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE SINALIZE ADEQUADAMENTE A ROTATÓRIA DA PONTE DO BARREIRO.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1405/1405_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1405/1405_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO DA RUA MARIA CYPRIANA DA SILVA, NO CÓRREGO DOS ELIAS, EM SANTA MARIA, ZONA RURAL. </t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1406/1406_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1406/1406_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE REDE DE ESGOTO E DE REDE DE ILUMINAÇÃO PÚBLICA NA RUA MARIA CYPRIANA DA SILVA, NO CÓRREGO DOS ELIAS, EM SANTA MARIA, ZONA RURAL.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1407/1407_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1407/1407_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CONCLUSÃO DA REFORMA DO VESTIÁRIO DO CAMPO DO RENOVAÇÃO NA COMUNIDADE DO CLEMENTE DO MEIO.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1408/1408_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1408/1408_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CONCLUSÃO DA REFORMA DO VESTIÁRIO DO CAMPO DO JEQUITIBÁ NA COMUNIDADE DO GORDURA.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1409/1409_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1409/1409_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO Á RETIRADA DOS QUEBRA MOLAS EXISTENTES NO TRECHO RANCHO VERDE AO FLORESTA (ZONA RURAL) NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1412/1412_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1412/1412_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE ACADEMIA AO AR LIVRE E A CONSTRUÇÃO DE UMA PRAÇA NO BAIRRO COHAB 3.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1413/1413_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1413/1413_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROCEDA COM URGÊNCIA A LIMPEZA, MANUTENÇÃO E TROCA DA TAMPA DO BUEIRO EXISTENTE NA RUA ARNALDO PACHECO MEDEIRO, RANCHO VERDE (AO LADO DA CASA DO ROBERTO PRATA).</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1414/1414_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1414/1414_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA RUA ONÉLIO JOSÉ DE LIMA NO BAIRRO DUCÍLIA CARONE E SEGUIR ATÉ A PRACINHA DO ANTIGO MATADOURO.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1415/1415_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1415/1415_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA RUA TEÓFILO OTONI, CENTRO. </t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1417/1417_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1417/1417_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE UM RECIPIENTE ADEQUADO, NO QUAL VENHA A SUPRIR A DEMANDA DE LIXO NA RUA JOÃO CORREIA LINO.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1418/1418_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1418/1418_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA EM TODAS AS RUAS DA COMUNIDADE RURAL DO BELA VISTA.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1419/1419_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1419/1419_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE INSTALE FAIXA DE PEDESTRE NA RUA MAJOR FELICÍSSIMO PRÓXIMO Á PRAÇA CORREA DIAS EM FRENTE AO PONTO DE ÔNIBUS.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1420/1420_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1420/1420_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA UM CONVÊNIO COM EMPRESAS DE SERVIÇO DE INTERNET LOCAL E INSTALE ANTENA DE INTERNET NA COMUNIDADE DE SANTA MARIA. </t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1423/1423_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1423/1423_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE INTERVENHA JUNTO A EMPRESA DOS CORREIOS PARA QUE SEJAM ENTREGUES AS CORRESPONDÊNCIAS DOS MORADORES DO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1424/1424_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1424/1424_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE A CONSTRUÇÃO DE UMA QUADRA NO BAIRRO RANCHO VERDE III.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1425/1425_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1425/1425_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE A LIMPEZA, A COLOCAÇÃO DE UMA CAÇAMBA DE LIXO E QUE CONCERTE OS BRINQUEDOS QUE ESTÃO QUEBRADOS NA PRAÇA LOCALIZADA NA RUA BRUNO DREI, BAIRRO COHAB III.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1427/1427_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1427/1427_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A RETIRADA DE ENTULHOS E LIXO NA RUA JEOVÁ BENATTI AO LADO DA ASSOCIAÇÃO, NO BAIRRO NOVO HORIZONTE, E SE POSSÍVEL COLOCAR UMA PLACA PROIBINDO JOGAR LIXO NO LOCAL.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1428/1428_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1428/1428_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O CALÇAMENTO DA RUA JOSÉ LOPES CUEI, NO BAIRRO RANCHO VERDE, ENFRENTE A BORRACHARIA DO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1430/1430_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1430/1430_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O CALÇAMENTO DA RUA IPIRANGA, NO BAIRRO CENTRO (JOSÉ SALIM) PRIMEIRA RUA À DIREITA SUBINDO A LADEIRA CARLOS RIBEIRO DA COSTA (ENFRENTE A DESCIDA PARA O BARREIRO).</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1431/1431_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1431/1431_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A REFORMA DO VESTIÁRIO DO CAMPO DE FUTEBOL DO TIME BANDEIRANTES NA FLORESTA.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1432/1432_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1432/1432_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A REFORMA DO VESTIÁRIO DO CAMPO DE FUTEBOL DO CRUZEIRINHO NA PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1433/1433_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1433/1433_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O CASCALHAMENTO DA ESTRADA CONHECIDA COMO CACHOEIRINHA QUE LIGA BELA VISTA A SÃO FRANCISCO, PASSANDO PELA PROPRIEDADE DO SR. ALDAIR CARDOSO.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1434/1434_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1434/1434_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE FAÇA A INSTALAÇÃO DE UMA FAIXA DIVISÓRIA AO LONGO DA RUA MAJOR FELICÍSSIMO. </t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1435/1435_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1435/1435_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE RENOVE AS SINALIZAÇÕES DO BAIRRO NOVA RIO BRANCO E BAIRRO PLANALTO. </t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1436/1436_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1436/1436_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA, CAPINA, RECOLHIMENTO DE ENTULHOS E COLOCAÇÃO DE CAÇAMBA PARA LIXO NO RUADO DAS PEDRAS.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1437/1437_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1437/1437_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O RECOLHIMENTO DE ENTULHO E O RECAPEAMENTO ASFÁLTICO NA RUA RAPOSO TAVARES, FILIPINHO.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1444/1444_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1444/1444_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO QUE REALIZE AS REVITALIZAÇÕES DAS FAIXAS DE PEDESTRES NO CRUZAMENTO DA AV. DR. CARLOS SOARES COM A TV. SOUZA LIMA E AV. DR. CARLOS SOARES E AVENIDA BENEDITO VALADARES. </t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1445/1445_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1445/1445_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA RURAL QUE LIGA O SANTA HELENA AO SEMENTEIRA, AMBOS NA ZONA RURAL.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1448/1448_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1448/1448_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE RETORNE IMEDIATAMENTE COM AS CAÇAMBAS DE LIXO NO BAIRRO RUADO DAS PEDRAS E EM OUTROS PONTOS DA CIDADE.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1451/1451_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1451/1451_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA, MANUTENÇÃO E TROCA DE TAMPA DO BUEIRO EXISTENTE NA RUA MOREIRA CESAR (PRÓXIMO AO MERCADO SARTORI).</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1452/1452_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1452/1452_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA DA ESTRADA RURAL QUE LIGA O FLORESTA Á PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1453/1453_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1453/1453_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE FAIXAS ELEVADAS EM TODA EXTENSÃO DO RESIDENCIAL RANCHO VERDE III.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1454/1454_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1454/1454_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE TROQUE A TAMPA DAS BOCAS DE LOBOS NA RUA JOÃO VIEIRA FRAGA.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1458/1458_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1458/1458_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE RESOLVA O PROBLEMA DA REDE DE ESGOTO QUE PASSA NO QUINTAL DA CASA DA SENHORA LAUDINALIA LOPES, NA RUA CORREIA LINO, BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UMA PLACA DE "PROIBIDO ESTACIONAR" NA RUA CARDOLINO EULALIO, Nº 129, BAIRRO ANTÔNIO SOARES EM FRENTE A IGREJA CONGREGAÇÃO CRISTÃO DO BRASIL.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1461/1461_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1461/1461_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO O PATROLAMENTO E CASCALHAMENTO DO TRECHO QUE LIGA A ESTRADA JOSÉ DE ARAÚJO DA SILVA ATÉ A CASA DO SENHOR ZEZINHO ARAÚJO NA PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1462/1462_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1462/1462_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE SINALIZAÇÃO HORIZONTAL ENTRE A FAIXA DE PEDESTRE E O LOCAL DE CARROS PARA PARADA DE MOTOS NOS CRUZAMENTOS DAS VIAS PÚBLICAS, NO PERÍODO DE ABERTURA DOS SEMÁFOROS.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1465/ind._451-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1465/ind._451-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA E CAPINA NA RUA ALAÍDE MARQUES DA SILVA, NOVO PLANALTO.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1466/ind._452-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1466/ind._452-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE COLOQUE PLACAS DE INDICAÇÃO COM NOMES DE RUA EM TODA A EXTENSÃO DOS BAIRROS PLANALTO E NOVA PLANALTO.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA DA RUA BRASIL NOVO, BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1468/ind._454-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1468/ind._454-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA OS SEGUINTES SERVIÇOS NA RUA WOLF CURI AKL, BAIRRO DUCILIA CARONE:_x000D_
 * TROCAR A PLACA DE IDENTIFICAÇÃO DA RUA._x000D_
 *COLOCAR UM RECIPIENTE ADEQUADO, PARA COMPORTAR A DEMANDA DE LIXO DO LOCAL.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1469/ind._455-2018-vr_hugo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1469/ind._455-2018-vr_hugo.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REFAÇA A MARCAÇÃO DA FAIXA DE PEDESTRE EM FRENTE AO REFEITÓRIO DA EMPRESA DE MÓVEIS BOM PASTOR.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1470/ind._456-2018-vr_hugo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1470/ind._456-2018-vr_hugo.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REFAÇA A MARCAÇÃO EM TODOS OS QUEBRA-MOLAS DA CIDADE.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1473/ind._457-2018-vr_j._silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1473/ind._457-2018-vr_j._silvio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE A PODA DAS ÁRVORES NA RUA JOSÉ SILVÉRIO NO BAIRRO GILENO SIQUEIRA.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1474/ind._458-2018-vr_j._silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1474/ind._458-2018-vr_j._silvio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE UMA FAIXA ELEVADA DE PEDESTRE NA AV. DR. DIOGO BRAGA FILHO, NO BAIRRO NOVA RIO BRANCO, PRÓXIMO A LOJA DE MATÉRIAS DE CONSTRUÇÃO SANTA CRUZ.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1475/ind._459-2018-vr_j._silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1475/ind._459-2018-vr_j._silvio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A INSTALAÇÃO DE UMA FAIXA DE PEDESTRE NA RUA GOVERNADOR BENEDITO VALADARES, EM FRENTE À ESCOLA NORMAL, CENTRO.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA DE 02 (DOIS) BUEIROS LOCALIZADOS ENTRE A PRAÇA JORGE CARONE FILHO E NA AVENIDA THEOPHILO DUBLEIL, EM FRENTE A SPACE MOTOS E NA ALTURA DA RESIDENCIA DE Nº 06 (SEIS).</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1477/ind._461-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1477/ind._461-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A REFORMA E O CERCAMENTO DE UM MURO EM TODA EXTENSÃO DA ESCOLA MUNICIPAL DEPUTADO ROBERTO LUIZ SOARES DA ROCHA COM CÓPIA REPROGRÁFICA A SECRETÁRIA MUNICIPAL DE EDUCAÇÃO E AO DEPARTAMENTO DE OBRAS MOSTRANDO A NECESSIDADE EM REFORMAR A ESCOLA.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1480/ind._462-2018-vr_marinho_3WxXugL.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1480/ind._462-2018-vr_marinho_3WxXugL.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO AS REVITALIZAÇÕES DAS FAIXAS DE PEDESTRES NO CRUZAMENTO DA AV. DR. CARLOS SOARES COM A TRAVESSA SOUZA LIMA E AV. DR. CARLOS SOARES E AVENIDA BENEDITO VALADARES E QUE COLOQUE MAIS TAMBORES DE LIXO EM TODAS AS RUAS DO BAIRRO DE LOURDES.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1481/ind._463-2018-vr_anisio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1481/ind._463-2018-vr_anisio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE PRAÇA PÚBLICA AO LADO DA QUADRA NO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1482/ind._464-2018-vr_anisio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1482/ind._464-2018-vr_anisio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A REFORMA E MANUTENÇÃO DAS GRADES DE PROTEÇÃO DO CORETO MAESTRO LUCAS TAVARES LACERDA, SITUADO NO PARQUE CARLOS PEIXOTO FILHO.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1484/ind._465-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1484/ind._465-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA OS SEGUINTES SERVIÇOS NO BAIRRO SEBASTIÃO CORREA._x000D_
 *COLOCAR UM TAMBOR DE LIXO EM FRENTE AS CASAS DOS MORADORES ZÉ LUIS BENZEDOR, DONA MARLI E ROSÂNGELA DO MOACIR._x000D_
 *CAPINA E LIMPEZA DE TODAS AS RUAS.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1485/ind._466-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1485/ind._466-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE A CAPINE E LIMPEZA DOS BAIRROS COLÔNIA, PLANALTO, GILENO SIQUEIRA E DE TODOS OS DEMAIS BAIRROS DA CIDADE.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1486/ind._467-2018-vr_regis.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1486/ind._467-2018-vr_regis.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO O ASFALTAMENTO DA ESTRADA RURAL DO MASSAMBARÁ, TENDO INICIO NA CASA DO NETE ATÉ A CASA DO BELÔ E DO ROMARINHO.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1488/ind._468-2018-vr_alex_KpXpk20.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1488/ind._468-2018-vr_alex_KpXpk20.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A RECUPERAÇÃO E RECAPEAMENTO DAS RUAS CONSELHEIRO SANTANA, JOSÉ MAXIMINIO DE ALMEIDA E PRESIDENTE ARTUR DA SILVA BERNARDES, TODAS SITUADAS NO BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1489/ind._469-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1489/ind._469-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA, CAPINA E RECOLHIMENTO DE ENTULHOS NA RUA JOAQUIM MOREIRA BARBOSA, BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1490/ind._470-2018-vr_mabinha.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1490/ind._470-2018-vr_mabinha.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O PATROLAMENTO E CASCALHAMENTO NO CÓRREGO DOS PINHEIROS, NA PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1491/ind._471-2018-vr_j.silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1491/ind._471-2018-vr_j.silvio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A TROCA DA TAMPA DE DOIS BUEIROS LOCALIZADOS ENTRE A RUA PRESIDENTE ANTÔNIO CARLOS COM A RUA DR. LINCH, CENTRO.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1492/ind._472-2018-vr_j.silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1492/ind._472-2018-vr_j.silvio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA RUA CARINA BEGNAME, DISTRITO INDUSTRIAL DO BARREIRO.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1493/ind._473-2018-carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1493/ind._473-2018-carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A REFORMA DA QUADRA DO BAIRRO TIA VELHA E A DO ALTO DA BOA VISTA.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1497/ind._474-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1497/ind._474-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CAPINA DOS MATOS E A LIMPEZA EM TODA A EXTENSÃO DA RUA ARNALDO PACHECO DE MEDEIROS, NO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1498/ind._475-2018-vr_anisio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1498/ind._475-2018-vr_anisio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE INTENSIFIQUE A FISCALIZAÇÃO SOBRE OS ANIMAIS QUE FICAM SOLTOS NA RUAS DA CIDADE.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1499/ind._476-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1499/ind._476-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE COLOQUE UM QUEBRA - MOLAS A CADA 100 (CEM) METROS EM TODA EXTENSÃO DA RUA JOSÉ BELMIRO, BAIRRO COLONIA.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1502/ind._477-2018-vr_regis.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1502/ind._477-2018-vr_regis.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA RUA GENERAL OSVALDO FURTADO DE CAMPOS, BAIRRO CENTENÁRIO.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1504/ind._478-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1504/ind._478-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE ACADEMIA AO AR LIVRE NO BAIRRO COHAB II.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1505/ind._479-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1505/ind._479-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE PRAÇA AO AR LIVRE NO BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1506/ind._480-2018-vr_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1506/ind._480-2018-vr_alex.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O FECHAMENTO DE UMA VALA ABERTA NA RUA OLAVO BILAC PARA CONSTRUÇÃO DA REDE DE ESGOTO.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1507/ind._481-2018-vr_j._silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1507/ind._481-2018-vr_j._silvio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE UMA FAIXA ELEVADA DE PEDESTRE NA AV. DIOGO BRAGA FILHO, NO BAIRRO NOVA RIO BRANCO. (PROXIMO A LOJA DE MATERIAL DE CONSTRUÇÃO SANTA CRUZ).</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1509/ind._482-2018-vr_j._silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1509/ind._482-2018-vr_j._silvio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA DE TODAS AS RUAS DO BAIRRO JARDIM DA BARRA.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1511/ind._483-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1511/ind._483-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO O CASCALHAMENTO DA ESTRADA DO CAMPESTRE NA ALDEIA (ANTIGA ESTRADA DE GUIRICEMA ATÉ NA ALDEIA, TAMBÉM CONHECIDA COMO ESTRADA DA FÁBRICA DE RAÇÃO DO LUIZ FÁBIO) SITUADA EM CAMPESTRE, ZONA RURAL.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1512/ind._484-2018-vrs_hugo_e_regis.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1512/ind._484-2018-vrs_hugo_e_regis.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A COLOCAÇÃO DE REDUTORES DE VELOCIDADE COM FAIXAS ELEVADAS NA AVENIDA DOUTOR CARLOS SOARES, EM FRENTE AO MERCADO FERRAZ, EM FRENTE AO INSS E EM FRENTE À RODOVIÁRIA.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1513/ind._485-2018-vrs_hugo_e_regis.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1513/ind._485-2018-vrs_hugo_e_regis.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE ANALISE A PROPOSTA DE PROJETO DE LEI COMPLEMENTAR QUE SEGUE ANEXO E QUE O MESMO A EXECUTE.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1516/ind._486-2018-vr_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1516/ind._486-2018-vr_alex.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UMA FAIXA DE ELEVAÇÃO NA RUA THEÓFILO DUBRIEL NA ENTRADA DO BAIRRO ANTÔNIO SOARES, DE ACORDO COM A RESOLUÇÃO DO CONSELHO NACIONAL DE TRÂNSITO Nº 495/2018.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1517/ind._487-2018-vr_alex.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1517/ind._487-2018-vr_alex.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CAPINA E O RECOLHIMENTO DE ENTULHOS NO BAIRRO ANTÔNIO SOARES.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1518/ind._488-2018-vrs_hugo_e_regis.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1518/ind._488-2018-vrs_hugo_e_regis.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE ARRUME A VALA QUE FOI ABERTA PRÓXIMO A FUNERÁRIA REDENTORA QUE ESTA LOCALIZADA NA AVENIDA SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1519/ind._489-2018-vrs_hugo_e_regis.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1519/ind._489-2018-vrs_hugo_e_regis.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE ARRUME O BURACO PRÓXIMO AO BANCO BRADESCO.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1520/ind._490-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1520/ind._490-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE MELHORIAS NO CALÇAMENTO DA RUA SEBASTIÃO LOPES FERRAZ, BAIRRO PRIMAVERA.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1521/ind._491-2018-vr_hugo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1521/ind._491-2018-vr_hugo.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE ARRUME URGENTEMENTE O BURACO DA RUA JOSIAS MARTINS NOGUEIRA, NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1522/ind._492-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1522/ind._492-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE A CANALIZAÇÃO FECHADA DO RIO QUE PASSA EM TODA A EXTENSÃO DA AV. DR. CARLOS SOARES.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1523/ind._493-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1523/ind._493-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE TAMPE O BURACO NA RUA JOSIAS MARTINS, BAIRRO NOVO PLANALTO.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1524/ind._494-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1524/ind._494-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE INTERCEDA JUNTO A COPASA A FIM DE QUE A ÁGUA POSSA ESTAR CHEGANDO NA CASA DOS MORADORES DO RUADO DAS PEDRAS (ZONA RURAL).</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O RECAPEAMENTO DO ASFALTO NA RUA FRANCISCO MARTIMIANO DA SILVA, DESCIDA DA RUA THEOFILO DUBLEIL ATÉ A PONTE DO BARREIRO. (RUA DO AÇOUGUE DO VALDEZ).</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1527/ind._496-2018-vr_j._silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1527/ind._496-2018-vr_j._silvio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE UMA FAIXA ELEVADA DE PEDESTRE NA AVENIDA SÃO JOÃO BATISTA, ESQUINA COM A RUA DR. CELSO MACHADO.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1528/ind._497-2018-vr_j._silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1528/ind._497-2018-vr_j._silvio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE SEJA SINALIZADO COM PLACAS LUMINOSAS DUAS PONTES EXISTENTES NA ESTRADA LUIZ CUSTÓDIO DIAS, QUE LIGA A BR 120 ATÉ A RIO BAHIA NO CLEMENTE DO MEIO.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1535/ind._498-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1535/ind._498-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE A MUDANÇA DA RUA TEÓFILO MOREIRA COMO MÃO UNICA NO SENTIDO DESCIDA.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1539/ind._499-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1539/ind._499-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE A INSTALAÇÃO DE PLACAS INFORMATIVAS COM OS HORÁRIOS DE CHEGADA E SAÍDA DOS ÔNIBUS EM TODOS OS PONTOS DE ÔNIBUS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1541/ind._500-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1541/ind._500-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE UMA SALA DE INFORMÁTICA NA ESCOLA PORFÍRIO SARAIVA, BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA AS SEGUINTES REALIZAÇÕES NO RUADO DAS PEDRAS (ZONA RURAL)._x000D_
 *CONSERTAR A BOMBA DO POÇO ARTESIANO QUE ESTA QUEIMADA._x000D_
 *FAZER UMA MANUTENÇÃO NO REFERIDO POÇO.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1543/ind._502-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1543/ind._502-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE A INSTALAÇÃO DE PLACAS DE DENOMINAÇÃO DE VIAS PÚBLICAS, ONDE NÃO EXISTAM, NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1544/ind._503-2018-vr_j._silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1544/ind._503-2018-vr_j._silvio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE SEJA COLOCADO UMA TELA DE PROTEÇÃO, NO MURO DA CANTINA DO COLÉGIO MUNICIPAL RIO BRANCO, QUE DÁ ACESSO À PISCINA DA ESCOLA.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1545/ind._504-2018-vr_hugo.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1545/ind._504-2018-vr_hugo.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE TAMPE O BURACO QUE SE ABRIU NA RUA CRISTIANO FERRAZ NO BAIRRO FORMIGA.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE A REVITALIZAÇÃO DA FAIXA PARA CADEIRANTE, NA TRAVESSA SOUZA LIMA, EM FRENTE A CASA Nº 78.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1549/ind._506-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1549/ind._506-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O RECAPEAMENTO ASFÁLTICO EM TODA A EXTENSÃO DOS SEGUINTES BAIRROS:_x000D_
 *COLÔNIA, GILENO SIQUEIRA, SEBASTIÃO CORREA, PLANALTO E NOVO PLANALTO.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1550/ind._507-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1550/ind._507-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA MELHORIAS NA BARRA DE PROTEÇÃO DA ESTRADA DO SANTA JULIANA, ZONA RURAL.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1558/ind._508-2018-vr_j._silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1558/ind._508-2018-vr_j._silvio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A DEMARCAÇÃO DE SOLO PARA CRIAÇÃO DE VAGAS DE ESTACIONAMENTO DE CARROS  45º NAS RUAS MELO BARRETO E MAJOR FELICÍSSIMO, CENTRO.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1559/ind._509-2018-vr_j._silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1559/ind._509-2018-vr_j._silvio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE UM NOVO PSF NA CHÁCARA.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1560/ind._510-2018-vra._mabinha.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1560/ind._510-2018-vra._mabinha.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A RETIRADA DO ENTULHO NA RUA RAUL DE MOURA, BAIRRO BARROCA.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1561/ind._511-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1561/ind._511-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REFORME O PARQUINHO NA RUA CASTELO BRANCO, BAIRRO N. SRA. DE APARECIDA.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1562/ind._512-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1562/ind._512-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROCEDA COM URGÊNCIA A LIMPEZA, MANUTENÇÃO E TROCA DA TAMPAS DE BUEIROS EXISTENTES NA RUA GENERAL OSÓRIO.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1563/ind._513-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1563/ind._513-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE O RECAPEAMENTO ASFÁLTICO DA RUA MOREIRA CESAR, BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1564/ind._514-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1564/ind._514-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE O RECAPEAMENTO ASFÁLTICO DA RUA VIGÁRIO VARELA SERVLAR, CENTRO.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1565/ind._515-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1565/ind._515-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE COLOQUE UMA PLACA DE É PROIBIDO JOGAR LIXO, NA TRAVESSA SOUZA LIMA (AO LADO DO BAR DO ZÉ DUTRA).</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1566/ind._516-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1566/ind._516-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA O CASCALHAMENTO EM TODA A EXTENSÃO DA RUA DO CAMPO, NO SANTA HELENA, ZONA RURAL (PASSANDO PELO SITIO COGNOMINADO DE MEU CANTO) COM SENTIDO AO SEMENTEIRA ZONA RURAL.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1567/ind._517-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1567/ind._517-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE TAMPE OS BURACOS EM TODA A EXTENSÃO DA RUA VIGÁRIO VARELA SERVLAR, BAIRRO NOVA RIO BRANCO.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1571/ind._518-2018-vr_mabinha.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1571/ind._518-2018-vr_mabinha.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A COLOCAÇÃO DE CASCALHO NA ZONA RURAL, ENTRE O CLEMENTE E CAMELINHA E PRINCIPALMENTE PRÓXIMO AO SITIO DO CARNEIRINHO ONDE ÔNIBUS E CARROS ESTÃO FICANDO ATOLADOS.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1572/ind._519-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1572/ind._519-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA MELHORIAS E CASCALHAMENTO EM TODA A EXTENSÃO DA ESTRADA DO SEMENTEIRA, ZONA RURAL.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1573/ind._520-2018-vr_j._silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1573/ind._520-2018-vr_j._silvio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A ADOÇÃO DA OBRIGATORIEDADE DE  MANTER UM MONITOR NO TRANSPORTE ESCOLAR PÚBLICO E PARTICULAR NO MUNICÍPIO DE VISCONDE DO RIO BRANCO, EM VEÍCULOS QUE TENHAM MAIS DE 05 CRIANÇAS, MENORES DE 12 ANOS.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1575/ind._521-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1575/ind._521-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA DA ESCADA QUE DA ACESSO A CRECHE DO NOVO HORIZONTE, FILIPINHO.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1578/ind._522-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1578/ind._522-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE O RECAPEAMENTO ASFÁLTICO EM TODA EXTENSÃO DA AVENIDA DR. CARLOS SOARES.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1579/ind._523-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1579/ind._523-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA OS SEGUINTES SERVIÇOS NO BAIRRO RANCHO VERDE III:_x000D_
 *CANALIZAÇÃO EFICIENTE COM CAPACIDADE DE DRENAR AS ÁGUAS PLUVIAIS;_x000D_
 *BOCAS DE LOBO EM TODAS AS RUAS DO BAIRRO;_x000D_
 *LIMPEZA DE TODAS AS RUAS DO BAIRRO.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1581/ind._524-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1581/ind._524-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE REALIZE OS SEGUINTES SERVIÇOS NO BAIRROS SEBASTIÃO CORREA:_x000D_
 *FAZER A CANALIZAÇÃO PARA QUE VENHA  DRENAR AS ÁGUAS PLUVIAIS QUE ESCOAM ATRÁS DAS CASAS DOS MORADORES, RUAN JOSÉ, ROSANGELA E DONA CRISTINA COUTO NA RUA ALAÍDE MARQUES._x000D_
 *FAZER A LIMPEZA EM TODA A EXTENSÃO DA RUA CITADA.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1582/ind._525-2018-vr_j._silvio.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1582/ind._525-2018-vr_j._silvio.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO DE TRANSITO "PROIBIDO PARAR E ESTACIONAR", NA RUA DR. ALTINO PELUSO, PRÓXIMO AO NUMERO 393, CENTRO.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1585/ind._526-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1585/ind._526-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A RETIRADA DE ENTULHO E COLOCAÇÃO DE PLACA COM DIZERES: "PROIBIDO JOGAR LIXO E ENTULHOS" EM ÁREA PERTENCENTE À MUNICIPALIDADE, LOCALIZADA NA AVENIDA BIOQUINO DE ANDRADE.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1586/ind._527-2018-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1586/ind._527-2018-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO PROCEDER COM URGÊNCIA A LIMPEZA E MANUTENÇÃO DO BUEIRO EXISTENTE NA RUA CESÁRIO ALVIN (EM FRENTE A AABB).</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1590/ind._528-2018-vr_marinho.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1590/ind._528-2018-vr_marinho.pdf</t>
   </si>
   <si>
     <t>RETIRADA</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>EMMOD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/913/913_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/913/913_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 5º DA LEI COMPLEMENTAR Nº 067/2017.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1223/1223_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1223/1223_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE NORMAS PARA VEICULAÇÃO DE PROPAGANDA E PUBLICIDADE VOLANTE E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1529/emenda_no_01_a_lei_no_830-2005-vr_carlos_a..pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1529/emenda_no_01_a_lei_no_830-2005-vr_carlos_a..pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIO E ESPECIFICA A IDENTIFICAÇÃO DE VEÍCULOS E MAQUINAS AUTOMOTORAS DA ADMINISTRAÇÃO DIRETA E INDIRETA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1222/1222_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1222/1222_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO E FUNCIONAMENTO DE CIRCOS ITINERANTES NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1275/1275_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1275/1275_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 1173/2013.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1312/1312_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1312/1312_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA-SE PARÁGRAFOS §1º, §2º AO ART. 3º E MODIFICA O ART. 4º DO PROJETO DE LEI Nº 1737/2018.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1530/emenda_no_01_ao_projeto_de_lei_no_1761-2018-vr_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1530/emenda_no_01_ao_projeto_de_lei_no_1761-2018-vr_gerson.pdf</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1546/emenda_no_02_ao_projeto_de_lei_no_1761-2018-gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1546/emenda_no_02_ao_projeto_de_lei_no_1761-2018-gerson.pdf</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1554/emenda_no_01_ao_projeto_de_lei_no_1769-2018-vr_gerson.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1554/emenda_no_01_ao_projeto_de_lei_no_1769-2018-vr_gerson.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE VISCONDE DO RIO BRANCO A REQUERER A INSTALAÇÃO DO TIRO-DE-GUERRA DE VISCONDE DO RIO BRANCO, A FIRMAR CONVÊNIO COM O COMANDO DO EXÉRCITO, POR INTER,MÉDIO DA 4ª REGIÃO MILITAR E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>LJRF</t>
   </si>
   <si>
     <t>Parecer Legislação, Justiça e Redação Final</t>
   </si>
   <si>
     <t>CLJDHC - Legislação, Justiça e Redação Final, COFOSP - Orçamento, Finanças, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1075/1075_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1075/1075_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL A EMENDA MOD. LEI COMPLEMENTAR Nº 67-2017.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>CLJDHC - Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/949/949_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/949/949_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL À APROVAÇÃO DO PROJETO.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/923/923_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/923/923_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DAS DIÁRIAS DE VIAGENS DOS VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO. </t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/924/924_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/924/924_texto_integral.pdf</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1214/1214_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1214/1214_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1215/1215_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1215/1215_texto_integral.pdf</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1276/1276_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1276/1276_texto_integral.pdf</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1447/1447_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1447/1447_texto_integral.pdf</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1019/1019_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1019/1019_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL PARA TRAMITAÇÃO.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/925/925_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/925/925_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 1316/2017, QUE DISPÕE SOBRE A REGULAMENTAÇÃO DO TRANSPORTE DO MOTOTÁXI NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1220/1220_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1220/1220_texto_integral.pdf</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/948/948_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/948/948_texto_integral.pdf</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/947/947_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/947/947_texto_integral.pdf</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/946/946_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/946/946_texto_integral.pdf</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/945/945_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/945/945_texto_integral.pdf</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/944/944_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/944/944_texto_integral.pdf</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/942/942_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/942/942_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL A APROVAÇÃO DO PROJETO.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/943/943_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/943/943_texto_integral.pdf</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>COFOSP - Orçamento, Finanças, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/919/919_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/919/919_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">TORNA OBRIGATÓRIO A CONSTRUÇÃO DE ABRIGOS NOS PONTOS DE ÔNIBUS QUE REALIZAM O TRANSPORTE PÚBLICO MUNICIPAL (CIRCULAR) PELA EMPRESA CONCESSIONÁRIA VENCEDORA DA LICITAÇÃO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/920/920_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/920/920_texto_integral.pdf</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/921/921_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/921/921_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL VISCONDE DO RIO BRANCO FASE I E II, LOCALIZADO NO ALTO DO BARREIRO, NO MUNICÍPIO DE VISCONDE DO RIO BRANCO - MG.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/922/922_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/922/922_texto_integral.pdf</t>
   </si>
   <si>
     <t>FICA CONCEDIDO REAJUSTE SALARIAL DE 6% (SEIS POR CENTO) AOS SERVIDORES DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1056/1056_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1056/1056_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DESFAVORÁVEL À APROVAÇÃO DO PROJETO.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1146/1146_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1146/1146_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL PARA QUE A MATÉRIA ENTRE EM DISCUSSÃO NO PLENÁRIO.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1076/1076_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1076/1076_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI Nº 1707-2018.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1203/1203_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1203/1203_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARECER FAVORÁVEL. </t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1217/1217_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1217/1217_texto_integral.pdf</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1216/1216_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1216/1216_texto_integral.pdf</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1218/1218_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1218/1218_texto_integral.pdf</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1219/1219_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1219/1219_texto_integral.pdf</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1204/1204_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1204/1204_texto_integral.pdf</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1221/1221_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1221/1221_texto_integral.pdf</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>ESCDA - Educação, Saúde, Cultura, Direitos Humanos e Assuntos Comuni</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1193/1193_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1193/1193_texto_integral.pdf</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1194/1194_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1194/1194_texto_integral.pdf</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1262/1262_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1262/1262_texto_integral.pdf</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1440/1440_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1440/1440_texto_integral.pdf</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1515/parecer_plo_no_1747-2018-juridico.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1515/parecer_plo_no_1747-2018-juridico.pdf</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1438/1438_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1438/1438_texto_integral.pdf</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1441/1441_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1441/1441_texto_integral.pdf</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1439/1439_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1439/1439_texto_integral.pdf</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1416/1416_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1416/1416_texto_integral.pdf</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1442/1442_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1442/1442_texto_integral.pdf</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1443/1443_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1443/1443_texto_integral.pdf</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1556/parecer_projeto_de_lei_no_1761-2018-legislacao.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1556/parecer_projeto_de_lei_no_1761-2018-legislacao.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -9317,67 +9317,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1226/1226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1279/1279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1325/1325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1073/1073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1229/1229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1230/1230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1286/1286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1287/1287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1333/1333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1301/1301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1324/1324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1340/1340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1344/1344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1345/1345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1346/1346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1347/1347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1354/1354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1381/1381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1382/1382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1398/1398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1399/1399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1401/1401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1403/1403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1410/1410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1411/1411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1422/1422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1421/plo_no_1757-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1429/1429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1459/1459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1463/1463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1471/plo_no_1761-2018-executivo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1472/plo_no_1762-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1478/plo_no_1763-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1500/plo_no_1764-2018-vr_alex.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1501/plo_no_1765-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1525/plo_no_1767-2018-vr_carlos_a._PWHaQgh.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1537/plo_no_1769-2018-executivo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1547/plo_no_1770-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1552/plo_no_1771-2018-vr_marinho_HqJUqtW.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1557/plo_no_1772-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1574/plo_no_1774-2018-vr_j.silvio.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1587/plo_no_1775-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1081/1081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1225/1225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1255/1255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1278/1278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1300/1300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1320/1320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1321/projeto_de_resolucao_no_596-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1456/1456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1591/projeto_de_resolucao_no_599-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1322/1322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1080/1080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1172/1172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1192/1192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1199/1199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1235/1235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1238/1238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1239/1239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1240/1240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1251/1251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1274/1274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1288/1288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1296/1296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1299/1299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1310/1310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1311/1311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1343/1343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1350/1350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1351/1351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1359/1359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1367/1367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1368/1368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1373/1373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1374/1374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1380/1380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1383/1383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1385/1385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1386/1386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1395/1395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1426/1426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1446/1446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1449/1449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1450/1450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1457/1457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1464/req._65-2018-vr_hugo.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1479/req._66-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1483/req._67-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1487/req._68-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1494/req._69-2018-vr_gerson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1495/req._70-2018-vr_gerson.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1496/req._71-2018-vr_gerson.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1503/req._72-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1508/req._73-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1514/req._74-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1532/req._75-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1533/req._76-2018-vr_gerson.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1534/req._77-2018-vr_gerson.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1536/req._78-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1538/req._79-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1540/req._80-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1551/req._81-2018-vrs_regis_e_hugo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1553/req._82-2018-vrs_hugo_e_regis.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1555/req._83-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1569/req._84-2018-vr_marinho_7xfSYxX.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1570/req._85-2018-vrs_hugo_e_regis.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1576/req._86-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1577/req._87-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1580/req._88-2018-vr_hugo_e_regis.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1583/req._89-2018-_comissao_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1584/req._90-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1588/req._91-2018-vr_gerson.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1589/req._92-2018-vrs_hugo_e_regis.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1026/1026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1037/1037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1046/1046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1060/1060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1063/1063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1067/1067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1068/1068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1069/1069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1070/1070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1071/1071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1072/1072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1083/1083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1087/1087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1088/1088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1089/1089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1090/1090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1182/1182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1188/1188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1197/1197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1227/1227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1228/1228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1231/1231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1232/1232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1233/1233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1234/1234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1236/1236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1237/1237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1241/1241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1242/1242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1243/1243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1244/1244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1245/1245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1246/1246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1247/1247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1248/1248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1249/1249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1250/1250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1252/1252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1253/1253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1254/1254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1256/1256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1258/1258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1259/1259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1260/1260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1261/1261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1264/1264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1265/1265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1266/1266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1267/1267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1268/1268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1270/1270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1271/1271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1272/1272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1273/1273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1277/1277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1280/1280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1281/1281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1282/1282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1283/1283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1284/1284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1285/1285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1289/1289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1290/1290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1291/1291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1292/1292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1293/1293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1294/1294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1295/1295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1297/1297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1298/1298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1305/1305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1306/1306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1307/1307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1308/1308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1309/1309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1313/1313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1314/1314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1315/1315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1316/1316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1317/1317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1318/1318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1319/1319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1323/1323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1327/1327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1328/1328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1329/1329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1330/1330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1331/1331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1334/1334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1335/1335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1337/1337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1338/1338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1339/1339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1342/1342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1348/1348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1349/1349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1352/1352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1353/1353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1355/1355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1356/1356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1357/1357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1358/1358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1360/1360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1361/1361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1362/1362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1363/1363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1364/1364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1365/1365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1366/1366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1370/1370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1371/1371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1372/1372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1375/1375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1376/1376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1377/1377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1378/1378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1384/1384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1387/1387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1388/1388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1389/1389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1390/1390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1391/1391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1392/1392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1393/1393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1394/1394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1397/1397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1396/1396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1400/1400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1402/1402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1404/1404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1405/1405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1406/1406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1407/1407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1408/1408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1409/1409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1412/1412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1413/1413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1414/1414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1415/1415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1417/1417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1418/1418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1419/1419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1420/1420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1423/1423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1424/1424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1425/1425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1427/1427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1428/1428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1430/1430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1431/1431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1432/1432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1433/1433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1434/1434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1435/1435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1436/1436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1437/1437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1444/1444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1445/1445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1448/1448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1451/1451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1452/1452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1453/1453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1461/1461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1462/1462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1465/ind._451-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1466/ind._452-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1468/ind._454-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1469/ind._455-2018-vr_hugo.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1470/ind._456-2018-vr_hugo.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1473/ind._457-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1474/ind._458-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1475/ind._459-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1477/ind._461-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1480/ind._462-2018-vr_marinho_3WxXugL.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1481/ind._463-2018-vr_anisio.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1482/ind._464-2018-vr_anisio.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1484/ind._465-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1485/ind._466-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1486/ind._467-2018-vr_regis.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1488/ind._468-2018-vr_alex_KpXpk20.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1489/ind._469-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1490/ind._470-2018-vr_mabinha.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1491/ind._471-2018-vr_j.silvio.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1492/ind._472-2018-vr_j.silvio.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1493/ind._473-2018-carlos_a..pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1497/ind._474-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1498/ind._475-2018-vr_anisio.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1499/ind._476-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1502/ind._477-2018-vr_regis.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1504/ind._478-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1505/ind._479-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1506/ind._480-2018-vr_alex.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1507/ind._481-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1509/ind._482-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1511/ind._483-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1512/ind._484-2018-vrs_hugo_e_regis.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1513/ind._485-2018-vrs_hugo_e_regis.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1516/ind._486-2018-vr_alex.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1517/ind._487-2018-vr_alex.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1518/ind._488-2018-vrs_hugo_e_regis.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1519/ind._489-2018-vrs_hugo_e_regis.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1520/ind._490-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1521/ind._491-2018-vr_hugo.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1522/ind._492-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1523/ind._493-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1524/ind._494-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1527/ind._496-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1528/ind._497-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1535/ind._498-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1539/ind._499-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1541/ind._500-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1543/ind._502-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1544/ind._503-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1545/ind._504-2018-vr_hugo.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1549/ind._506-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1550/ind._507-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1558/ind._508-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1559/ind._509-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1560/ind._510-2018-vra._mabinha.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1561/ind._511-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1562/ind._512-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1563/ind._513-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1564/ind._514-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1565/ind._515-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1566/ind._516-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1567/ind._517-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1571/ind._518-2018-vr_mabinha.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1572/ind._519-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1573/ind._520-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1575/ind._521-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1578/ind._522-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1579/ind._523-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1581/ind._524-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1582/ind._525-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1585/ind._526-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1586/ind._527-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1590/ind._528-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1223/1223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1529/emenda_no_01_a_lei_no_830-2005-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1275/1275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1312/1312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1530/emenda_no_01_ao_projeto_de_lei_no_1761-2018-vr_gerson.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1546/emenda_no_02_ao_projeto_de_lei_no_1761-2018-gerson.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1554/emenda_no_01_ao_projeto_de_lei_no_1769-2018-vr_gerson.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1276/1276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1447/1447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1220/1220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/943/943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1217/1217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1262/1262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1440/1440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1515/parecer_plo_no_1747-2018-juridico.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1438/1438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1441/1441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1439/1439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1416/1416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1442/1442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1443/1443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1556/parecer_projeto_de_lei_no_1761-2018-legislacao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1226/1226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1279/1279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1325/1325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1073/1073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1229/1229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1230/1230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1286/1286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1287/1287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1333/1333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1301/1301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1324/1324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1340/1340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1344/1344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1345/1345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1346/1346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1347/1347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1354/1354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1381/1381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1382/1382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1398/1398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1399/1399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1401/1401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1403/1403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1410/1410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1411/1411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1422/1422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1421/plo_no_1757-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1429/1429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1459/1459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1463/1463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1471/plo_no_1761-2018-executivo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1472/plo_no_1762-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1478/plo_no_1763-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1500/plo_no_1764-2018-vr_alex.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1501/plo_no_1765-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1525/plo_no_1767-2018-vr_carlos_a._PWHaQgh.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1537/plo_no_1769-2018-executivo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1547/plo_no_1770-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1552/plo_no_1771-2018-vr_marinho_HqJUqtW.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1557/plo_no_1772-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1574/plo_no_1774-2018-vr_j.silvio.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1587/plo_no_1775-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1081/1081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1225/1225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1255/1255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1278/1278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1300/1300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1320/1320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1321/projeto_de_resolucao_no_596-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1456/1456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1591/projeto_de_resolucao_no_599-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1322/1322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1080/1080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1172/1172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1192/1192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1199/1199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1235/1235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1238/1238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1239/1239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1240/1240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1251/1251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1274/1274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1288/1288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1296/1296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1299/1299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1310/1310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1311/1311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1343/1343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1350/1350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1351/1351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1359/1359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1367/1367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1368/1368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1373/1373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1374/1374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1380/1380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1383/1383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1385/1385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1386/1386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1395/1395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1426/1426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1446/1446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1449/1449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1450/1450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1457/1457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1464/req._65-2018-vr_hugo.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1479/req._66-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1483/req._67-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1487/req._68-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1494/req._69-2018-vr_gerson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1495/req._70-2018-vr_gerson.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1496/req._71-2018-vr_gerson.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1503/req._72-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1508/req._73-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1514/req._74-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1532/req._75-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1533/req._76-2018-vr_gerson.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1534/req._77-2018-vr_gerson.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1536/req._78-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1538/req._79-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1540/req._80-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1551/req._81-2018-vrs_regis_e_hugo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1553/req._82-2018-vrs_hugo_e_regis.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1555/req._83-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1569/req._84-2018-vr_marinho_7xfSYxX.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1570/req._85-2018-vrs_hugo_e_regis.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1576/req._86-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1577/req._87-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1580/req._88-2018-vr_hugo_e_regis.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1583/req._89-2018-_comissao_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1584/req._90-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1588/req._91-2018-vr_gerson.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1589/req._92-2018-vrs_hugo_e_regis.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1026/1026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1037/1037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1046/1046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1060/1060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1063/1063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1067/1067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1068/1068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1069/1069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1070/1070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1071/1071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1072/1072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1083/1083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1087/1087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1088/1088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1089/1089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1090/1090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1182/1182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1188/1188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1197/1197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1227/1227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1228/1228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1231/1231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1232/1232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1233/1233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1234/1234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1236/1236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1237/1237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1241/1241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1242/1242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1243/1243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1244/1244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1245/1245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1246/1246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1247/1247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1248/1248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1249/1249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1250/1250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1252/1252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1253/1253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1254/1254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1256/1256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1258/1258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1259/1259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1260/1260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1261/1261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1264/1264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1265/1265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1266/1266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1267/1267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1268/1268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1270/1270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1271/1271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1272/1272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1273/1273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1277/1277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1280/1280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1281/1281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1282/1282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1283/1283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1284/1284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1285/1285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1289/1289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1290/1290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1291/1291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1292/1292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1293/1293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1294/1294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1295/1295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1297/1297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1298/1298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1305/1305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1306/1306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1307/1307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1308/1308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1309/1309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1313/1313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1314/1314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1315/1315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1316/1316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1317/1317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1318/1318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1319/1319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1323/1323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1327/1327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1328/1328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1329/1329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1330/1330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1331/1331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1334/1334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1335/1335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1337/1337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1338/1338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1339/1339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1342/1342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1348/1348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1349/1349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1352/1352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1353/1353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1355/1355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1356/1356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1357/1357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1358/1358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1360/1360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1361/1361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1362/1362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1363/1363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1364/1364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1365/1365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1366/1366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1370/1370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1371/1371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1372/1372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1375/1375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1376/1376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1377/1377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1378/1378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1384/1384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1387/1387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1388/1388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1389/1389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1390/1390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1391/1391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1392/1392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1393/1393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1394/1394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1397/1397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1396/1396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1400/1400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1402/1402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1404/1404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1405/1405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1406/1406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1407/1407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1408/1408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1409/1409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1412/1412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1413/1413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1414/1414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1415/1415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1417/1417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1418/1418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1419/1419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1420/1420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1423/1423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1424/1424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1425/1425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1427/1427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1428/1428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1430/1430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1431/1431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1432/1432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1433/1433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1434/1434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1435/1435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1436/1436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1437/1437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1444/1444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1445/1445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1448/1448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1451/1451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1452/1452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1453/1453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1461/1461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1462/1462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1465/ind._451-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1466/ind._452-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1468/ind._454-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1469/ind._455-2018-vr_hugo.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1470/ind._456-2018-vr_hugo.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1473/ind._457-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1474/ind._458-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1475/ind._459-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1477/ind._461-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1480/ind._462-2018-vr_marinho_3WxXugL.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1481/ind._463-2018-vr_anisio.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1482/ind._464-2018-vr_anisio.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1484/ind._465-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1485/ind._466-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1486/ind._467-2018-vr_regis.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1488/ind._468-2018-vr_alex_KpXpk20.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1489/ind._469-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1490/ind._470-2018-vr_mabinha.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1491/ind._471-2018-vr_j.silvio.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1492/ind._472-2018-vr_j.silvio.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1493/ind._473-2018-carlos_a..pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1497/ind._474-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1498/ind._475-2018-vr_anisio.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1499/ind._476-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1502/ind._477-2018-vr_regis.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1504/ind._478-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1505/ind._479-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1506/ind._480-2018-vr_alex.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1507/ind._481-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1509/ind._482-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1511/ind._483-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1512/ind._484-2018-vrs_hugo_e_regis.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1513/ind._485-2018-vrs_hugo_e_regis.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1516/ind._486-2018-vr_alex.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1517/ind._487-2018-vr_alex.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1518/ind._488-2018-vrs_hugo_e_regis.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1519/ind._489-2018-vrs_hugo_e_regis.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1520/ind._490-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1521/ind._491-2018-vr_hugo.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1522/ind._492-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1523/ind._493-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1524/ind._494-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1527/ind._496-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1528/ind._497-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1535/ind._498-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1539/ind._499-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1541/ind._500-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1543/ind._502-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1544/ind._503-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1545/ind._504-2018-vr_hugo.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1549/ind._506-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1550/ind._507-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1558/ind._508-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1559/ind._509-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1560/ind._510-2018-vra._mabinha.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1561/ind._511-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1562/ind._512-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1563/ind._513-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1564/ind._514-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1565/ind._515-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1566/ind._516-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1567/ind._517-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1571/ind._518-2018-vr_mabinha.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1572/ind._519-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1573/ind._520-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1575/ind._521-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1578/ind._522-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1579/ind._523-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1581/ind._524-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1582/ind._525-2018-vr_j._silvio.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1585/ind._526-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1586/ind._527-2018-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1590/ind._528-2018-vr_marinho.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1223/1223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1529/emenda_no_01_a_lei_no_830-2005-vr_carlos_a..pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1275/1275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1312/1312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1530/emenda_no_01_ao_projeto_de_lei_no_1761-2018-vr_gerson.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1546/emenda_no_02_ao_projeto_de_lei_no_1761-2018-gerson.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1554/emenda_no_01_ao_projeto_de_lei_no_1769-2018-vr_gerson.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1276/1276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1447/1447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1220/1220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/943/943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1217/1217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1262/1262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1440/1440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1515/parecer_plo_no_1747-2018-juridico.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1438/1438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1441/1441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1439/1439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1416/1416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1442/1442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2018/1443/1443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/sapl/public/materialegislativa/2018/1556/parecer_projeto_de_lei_no_1761-2018-legislacao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H775"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="135.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="140.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="140" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>