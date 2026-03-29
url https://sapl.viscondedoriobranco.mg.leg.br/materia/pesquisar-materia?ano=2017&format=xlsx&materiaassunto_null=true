--- v0 (2026-01-31)
+++ v1 (2026-03-29)
@@ -51,6672 +51,6672 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E CRIA TABELAS DÁ NOVA REDAÇÃO E CRIA OS ARTS. 76-A E 104-A DA LEI COMPLEMENTAR Nº 039/2014 DE 01 DE DEZEMBRO DE 2014.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 40 CAPUT DO ART. 53 DA LEI COMPLEMENTAR Nº 041/2014 DE 01 DE DEZEMBRO DE 2014.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DO EXECUTIVO MUNICIPAL DO VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL DO MUNICÍPIO DE VISCONDE DO RIO BRANCO REFISVRB/2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTERA O ART.86,O §2ºDO ART. 134 E OS ANEXOS II, IV E VI DA LEI COMPLEMENTAR Nº 026/2009 ALTERADOS PELAS LEIS COMPLEMENTARES Nº 044 DE 23 DE MARÇO DE 2005 E Nº 058 DE 10 DE JUNHO DE 2006, INCORPORA O INCENTIVO À DOCÊNCIA CRIADO PELA LEI COMPLEMENTAR Nº 047/2015 NO PERCENTUAL DE 6% PARA OS PROFISSIONAIS DO MAGISTÉRIO E 10% PARA AUXILIAR DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES DOS ANEXOS I E II DA LEI COMPLEMENTAR Nº 032/2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CARGO DE GERÊNCIA DO C.E.O (CENTRO DE ESPECIALIDADES ODONTOLÓGICAS) NA ORGANIZAÇÃO ADMINISTRATIVA DO EXECUTIVO MUNICIPAL DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Serginho Braga</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE A JORNADA DE TRABALHO DOS SERVIDORES PÚBLICOS DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO MUNICIPAL DE VISCONDE DO RIO BRANCO/ MG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.pdf</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Mabinha Cadedo</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DOS INCISOS I E II NOS § 1º DO ART. 106 DA LEI COMPLEMENTAR 036 DE 14 DE NOVEMBRO DE 2014</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 087/2017_x000D_
 &amp;#8220;ALTERA OS ARTS. 31, 33, E 40 DA LEI COMPLEMENTAR Nº 039, DE 1º DE DEZEMBRO DE_x000D_
 2014, QUE DISPÕE SOBRE O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE VISCONDE DO RIO_x000D_
 BRANCO, EM RAZÃO DAS MODIFICAÇÕES FEITAS NA LEI COMPLEMENTAR FEDERAL Nº 116,_x000D_
 DE 31 DE JULHO DE 2003, PELA LEI COMPLEMENTAR FEDERAL Nº 157, DE 29 DE_x000D_
 DEZEMBRO DE 2016&amp;#8221;. CÓPIAS ENVIADAS NO DROPBOX</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ACRESCE O §1º DO ART. 106, DA LEI COMPLEMENTAR Nº 036, DE 14 DE NOVEMBRO DE 2014, DOS INCISOS I E II"</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 151 DA LEI COMPLEMENTAR Nº 039/2014</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.pdf</t>
   </si>
   <si>
     <t>RENUMERA O INCISO IX DA LEI COMPLEMENTAR Nº 039/2014, E ACRESCE OS INCISOS IX E X E SEUS $$</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/766/766_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/766/766_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOVO REDAÇÃO DO ART. 26 DA LEI COMPLEMENTAR Nº 039 DE 01 DE DEZEMBRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/767/767_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/767/767_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR N° 025 DE 19 DE DEZEMBRO DE 2007.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE VISCONDE DO RIO BRANCO A RECEBER POR MEIO DE DOAÇÃO,UM TERRENO EM ÁREA URBANA.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA FUSÃO DE BIBLIOTECAS PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A INSTALAÇÃO EM VIAS PÚBLICAS, PASSEIOS E ESPAÇOS AÉRIOS PELAS CONCESSIONÁRIAS DE SERVIÇOS PÚBLICOS E DEMAIS OCUPANTES DE EQUIPAMENTOS DE POSTEAMENTO E AFINS, BEM COMO OS PROCEDIMENTOS E CRITÉRIOS BÁSICOS PARA OCUPAÇÃO E COMPARTILHAMENTO DE INFRAESTRUTURA DA REDE DE DISTRIBUIÇÃO DE ENERGIA ELÉTRICA POR PRESTADORES DE SERVIÇOS DE TELEFONIA, COMUNICAÇÃO, INTERNET, TV A CABO, TRANSMISSÃO DE DADOS E OUTROS SERVIÇOS PÚBLICOS OU DE INTERESSES COLETIVOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>Gerson Gomes de Freitas - Amigo Xereba, Anisio Alves Ananias, Elias V.R.B, Marinho Jose de Almeida Neto - Marinho do Hospital, Regis</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "FICHA LIMPA MUNICIPAL" NA NOMEAÇÃO DE SERVIDORES A CARGOS COMISSIONADOS NO ÂMBITO DA ADMINISTRAÇÃO DIRETA, AUTÁRQUICA E FUNDACIONAL DO PODER EXECUTIVO E DO PODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTES REMUNERATÓRIOS AOS SERVIDORES DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A APRESENTAR PROPOSTA PARA AQUISIÇÃO DE IMÓVEL DESTINADO A CONSTRUÇÃO DE UMA RUA E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>Gerson Gomes de Freitas - Amigo Xereba</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO LEOPOLDO ANTONUCCI, LOCALIZADO ENTRE OS BAIRROS NOVO HORIZONTE E CORONEL JOAQUIM LOPES, MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG. (RUA JOSÉ BENTO).</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO LEOPOLDO ANTONUCCI, LOCALIZADO ENTRE OS BAIRROS NOVO HORIZONTE E CORONEL JOAQUIM LOPES, MUNICÍPIO DE VISCONDE DO RIO BRANCO- MG. (RUA MARIA LUIZA DE SOUZA).</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO LEOPOLDO ANTONUCCI, LOCALIZADO ENTRE OS BAIRROS NOVO HORIZONTE E CORONEL JOAQUIM LOPES, MUNICÍPIO VISCONDE DO RIO BRANCO- MG. (RUA JOSÉ LUIZ PRIMO).</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO LEOPOLDO ANTONUCCI, LOCALIZADO ENTRE OS BAIRROS NOVO HORIZONTE E CORONEL JOAQUIM LOPES, MUNICÍPIO DE VISCONDE DO RIO BRANCO- MG. (RUA IVA DE CARVALHO FERREIRA).</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>Elias V.R.B</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA VENDA E COMERCIALIZAÇÃO DE BRINQUEDOS NO MUNICÍPIO DE VISCONDE DO RIO BRANCO QUE, PELO FORMATO E/OU COR, ASSEMELHAM-SE A ARMAS VERDADEIRAS, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DO TRANSPORTE DE MOTO TAXI NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>Anisio Alves Ananias</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA ARISTEU DOS SANTOS (SR. TETU), RUA DO LOTEAMENTO CIDADE NOVA, LOCALIZADO ENTRE A AV. PREFEITO JOSÉ BARRETO MESQUITA (DR. LELÉ) E RUA AVELINO CARDOSO.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE TRAVESSA EM DESMEMBRAMENTO DE LOTE URBANO DO ESPOLIO DE OSMAR ANTUNES SALERMO, LOCALIZADO NO BAIRRO DUCILA CARONE, MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE PONTE NO RIO PIEDADE, LOCALIZADA ENTRE OS BAIRROS PIEDADE E NOVA CIDADE MUNICIPIO DE VISCONDE DO RIO BRANCO - MG.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA LOCALIZADA ENTRE OS BAIRROS PIEDADE E NOVA CIDADE, MUNICIPIO DE VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DOAÇÃO DE TERRENO E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>Marinho Jose de Almeida Neto - Marinho do Hospital</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE HIGIENE BUCAL NA REDE PÚBLICA MUNICIPAL DE ENSINO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE AVALIAÇÃO OFTALMOLÓGICA PARA OS ALUNOS DA REDE MUNICIPAL DE ENSINO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA NOVEMBRO AZUL PARA PREVENÇÃO E DETECÇÃO DO CÂNCER DE PRÓSTATA NA CIDADEDE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O TEMPO MÁXIMO DE ESPERA PARA REALIZAÇÃO DE PROCEDIMENTOS DAS UNIDADES DE REDE PÚBLICA DE SAÚDE DO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA ALÍNEA R DO ARTIGO 1ºDA LEI Nº29/1992, QUE DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 1º DA LEI Nº 1179/2013 QUE DISPÕE SOBRE A DENOMINAÇÃO DE UNIDADE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA OUTUBRO ROSA PARA PREVENÇÃO E DETECÇÃO PRECOCE DO CÂNCER DE MAMA NA CIDADE DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMOÇÃO DE VEÍCULOS ABANDONADOS OU ESTACIONADOS NO MUNICÍPIO DE VISCONDE DO RIO BRANCO QUE CARACTERIZA SEU ABANDONO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSMISSÃO AO VIVO VIA INTERNET DE TODAS AS LICITAÇÕES REALIZADAS NOS PODERES EXECUTIVOS E LEGISLATIVOS DO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO E ALTERAÇÃO DE NOME ESTRADA RURAL CONSTANTE DA LEI 1035 DE 30 AGOSTO DE 2010 E PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>Alex Vinicius Coelho - Alex da Autoescola</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL SERRA VERDE II NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.pdf</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE ESTRADA RURAL.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO USO E A VENDA DE CACHIMBOS E SIMILARES CONHECIDOS COMO "NARGUILE" AOS MENORES DE 18 ANOS DA CIDADE DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL (PPA) PARA O QUADRIÊNIO 2018/2021.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE ESTRADA RURAL NELSON DA SILVA BARBOSA O TRECHO QUE DÁ INÍCIO NA COMUNIDADE DE SÃO FRANCISCO ATÉ A DIVISA COM O MUNICÍPIO DE DIVINÉSIA, PONTO FINAL DO ÔNIBUS.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO CALCADÃO DOS YPÊS QUE ESTÁ SENDO CONSTRUÍDO ENTRE OS BAIRROS PIEDADE E RANCHO VERDE, MUNICÍPIO DE VISCONDE DO RIO BRANCO, MG.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIOS DE COOPERAÇÃO COM O ESTADO DE MINAS GERAIS, PARA O FIM DE ESTABELECER COLABORAÇÃO FEDERATIVA NA ORGANIZAÇÃO, REGULARIZAÇÃO, FISCALIZAÇÃO E PRESTAÇÃO DOS SERVIÇOS PÚBLICOS MUNICIPAIS DE ABASTECIMENTO DE ÁGUA E DE ESGOTAMENTO SANITÁRIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ACRÉSCIMO DE INCISO NO ART. 1º DA LEI Nº 818/2005.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>Regis</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DA AGRICULTURA FAMILIAR A SER COMEMORADA, ANUALMENTE, NA ULTIMA SEMANA DE JULHO NO ÂMBITO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INSTITUI A SEMANA MUNICIPAL DA JUVENTUDE QUE COMPREENDE O DIA 12 DE AGOSTO - DIA INTERNACIONAL DA JUVENTUDE, NO ÂMBITO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO/MG, A SER COMEMORADO ANUALMENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE PRAÇA PÚBLICA NA RUA DIOGO BRAGA FILHO ESQUINA COM RUA MIGUEL DIAS DE CARVALHO, BAIRRO NOVA RIO BRANCO, MUNICÍPIO DE VISCONDE DO RIO BRANCO - MG.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.pdf</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>DIPÕE SOBRE A DENOMINAÇÃO DE ESTRADA RURAL.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A PROFISSÃO DE COLETOR DE LIXO URBANO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A VEDAÇÃO E MEDIDAS A SEREM TOMADAS NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL EM RECORRÊNCIA DA PRÁTICA DE ASSÉDIO MORAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.jpeg</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.jpeg</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A ISENÇÃO DE TRIBUTOS, QUE ESPECIFICA, À EMPRESA PRESTADORA DOS SERVIÇOS PÚBLICOS DE ABASTECIMENTO DE ÁGUA E ESGOTAMENTO SANITÁRIO POR OCASIÃO DA OUTORGA DESTES SERVIÇOS.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA ESTRADA LOCALIZADA, QUE LIGA AS COMUNIDADES BELA VISTA DE SÃO FRANCISCO (SENDO DA IGREJA DO BELA VISTA DE SÃO FRANCISCO A IGREJINHA DA COMUNIDADE ROÇA ALEGRE), MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A CAMPANHA "MAIO AMARELO - ATENÇÃO PELA VIDA", NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DO CONSELHO MUNICIPAL DE ESPORTE E LAZER</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E DENOMINAÇÃO DO NOVO DISTRITO SITUADO NA ANTIGA FAZENDA CAPELA VELHA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E DENOMINAÇÃO DO PSF BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO CAPUT DO ART. 3º E AO INCISO V DO ART 7º DA LEI COMPLEMENTAR Nº 062 DE 15 DE FEVEREIRO DE 2017.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A FEIRA LIVRE MUNICIPAL DA AGRICULTURA FAMILIAR NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>Zé Silvio do Ônibus</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A FEIRA LIVRE MUNICIPAL DA AGRICULTURA FAMILIAR, QUE JÁ ACONTECE ÀS QUARTAS-FEIRAS, DAS 16H ÀS 21H, NA TRAVESSA EM FRENTE À ESCADARIA DA IGREJA MATRIZ DE SÃO JOÃO BATISTA, NA PRAÇA 28 DE SETEMBRO, NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DO CAMINHONEIRO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE ESTRADA RURAL SILVIO GOMES DE QUEIROZ.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE ESTRADA RURAL MESSIAS FERREIRA.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf</t>
   </si>
   <si>
     <t>O MUNICÍPIO FICARÁ OBRIGADO A DISTRIBUIR MEDICAMENTOS NA FARMÁCIA MUNICIPAL AOS MUNICÍPIOS DURANTE O FINAL DE SEMANA, FERIADOS E PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A COMEMORAÇÃO DA SEMANA MUNICIPAL DO GARI EM VISCONDE DO RIO BRANCO - MG</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº1316/2017, QUE DISPÕE SOBRE A REGULAMENTAÇÃO DO TRANSPORTE DE MOTO TAXI NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ATR. 12 DA LEI Nº 1.153/2013.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>Carlos Antônio da Cruz - Asa Branca</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO DAS LISTAGENS DE PACIENTES QUE AGUARDAM POR CONSULTAS COM ESPECIALISTAS, EXAMES E CIRURGIAS NA REDES PÚBLICAS DO MUNICÍPIOS.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA VACINAÇÃO DOMICILIAR DE IDOSOS.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASSEGURA AO ALUNO, PORTADOR DE DEFICIÊNCIA MOTORA, PERMANENTE PRIORIDADE NA MATRÍCULA EM ESCOLA MUNICIPAL MAIS PRÓXIMA DE SUA RESIDÊNCIA.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O DIA MUNICIPAL DA CONSCIÊNCIA EVANGÉLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DO CICLISMO NO CALENDÁRIO FESTIVO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PUBLICAÇÃO DE MATERIAL INFORMATIVO SOBRE OS SERVIÇOS DE SAÚDE PRESTADOS PELA REDE MUNICIPAL, DENOMINADO GUIA DA SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA SECRETARIA MUNICIPAL DE SAÚDE DE PUBLICAR NO SITE OFICIAL DA PREFEITURA MUNICIPAL DE VISCONDE DO RIO BRANCO E EM TODAS AS UNIDADES BÁSICAS, DE SAÚDE, RELAÇÃO DOS MEDICAMENTOS DE USO CONTÍNUO E INSUMO DISPONÍVEIS, DAQUELES EM FALTA E O LOCAL ONDE ENCONTRA-LOS NA REDE MUNICIPAL E DÁ OUTAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE DOAÇÃO DE SANGUE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DO ALEITAMENTO MATERNO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA ESTRADA QUE LIGA A BR 32 A ZONA RURAL SANTA JULIANA, ATÉ O ENTROCAMENTO DA FAZENDA DO DR. JOÃO, MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A 'SEMANA DA CONSCIÊNCIA EVANGÉLICA' EM VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO TERÇO DOS HOMENS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DO PAGAMENTO DE TAXAS DE INSCRIÇÃO PARA CONCURSO PÚBLICO MUNICIPAL DE CANDIDATOS DESEMPREGADOS EM VISCONDE DO RIO BRANCO-MG</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DA PRÁTICA DO HANDEBOL PARA ESTUDANTES DE ESCOLA PÚBLICA DE 12 A 17 ANOS, RESIDENTES NA CIDADE.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DIVULGAÇÃO DO SERVIÇO DE DISQUE DENUNCIA NACIONAL DE VIOLÊNCIA CONTRA A MULHER, NO ÂMBITO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG._x000D_
 </t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DESCONTO NO PAGAMENTO DE IPTU AS PESSOAS QUE ADOTEM ANIMAIS E DÁ OUTRAS PROVIDÊNCIAS EM VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA QUE OS VEÍCULOS DE TRANSPORTE PÚBLICO COLETIVO DE PASSAGEIRO DAS LINHAS REGULARES DO MUNICÍPIO DE VISCONDE DO RIO BRANCO - MG, REALIZEM DESEMBARQUE DE USUÁRIOS FORA DOS PONTOS PREVIAMENTE DETERMINADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OACRÉSCIMO DE INCISO AO ART. 1º DA LEI Nº 818/2005. ( INCLUSÃO DA FESTA DE SÃO JOÃO BATISTA PROMOVIDA PELA FAMÍLIA LOPES EM SANTA JULIANA)</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>COFOSP - Orçamento, Finanças, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE ESTRADA RURAL ENTRE A COMUNIDADE DO ITINGA (DIVISA COM SÃO GERALDO) ATÉ A COMUNIDADE DA BARRA DE GUIRICEMA (DIVISA COM GUIDOVAL).</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÓE SOBRE A DENOMINAÇÃO DE PONTE SOBRE O RIO PIEDADE, QUE LIGARÁ A AVENIDA PREFEITO JOSÉ BARRETO MESQUITA (DR. LELÉ) E RUA AVELINO CARDOSO, MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO DA LISTA DE ESPERA PARA VAGAS NAS ESCOLAS MUNICIPAIS DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PAGAMENTO DE DESPESAS PELO REGIME DE ADIANTAMENTO DE VERBAS NO EXECUTIVO MUNICIPAL DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A INSTITUIÇÃO DO DIA DA CAPOEIRA NO ÂMBITO DO_x000D_
 MUNICÍPIO DE VISCONDE DO RIO BRANCO &amp;#8211; MG, A SER COMEMORADO NO DIA 25 DE_x000D_
 SETEMBRO&amp;#8221;.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTIMULO AS AÇÕES DE COMBATE AO JOGO, BRINCADEIRAS OU EVENTO QUE INDUZEM AOS JOVENS A MUTILAÇÕES CORPORAIS E ATÉ SUICÍDIO OU SIMILAR NO ÂMBITO MUNICIPAL.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/649/649_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/649/649_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A DENOMINAÇÃO DE RUA NO LOTEAMENTO RESIDENCIAL_x000D_
 CAROLINA TEIXEIRA ANTONUCCI NO MUNICÍPIO DE VISCONDE DO RIO BRANCO &amp;#8211; MG&amp;#8221;._x000D_
 RUA B &amp;#8211; &amp;#8220;RUA JOSÉ ADILSON MARCOLINO&amp;#8221; (DILSINHO)</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE CORTES DOS SERVIÇOS DE FORNECIMENTO DE ENERGIA E ÁGUA EM VISCONDE DO RIO BRANCO E DAS OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL_x000D_
 CAROLINA TEIXEIRA ANTONUCCI DO MUNICÍPIO DE VISCONDE DO RIO BRANCO &amp;#8211; MG&amp;#8221;.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A DENOMINAÇÃO DE ESTRADA RURAL CARLOS DE OLIVEIRA_x000D_
 FERNANDES&amp;#8221; (TRECHO QUE SE INICIA NA ESTRADA JOSÉ HIGINO FILHO, PASSANDO PELO SÍTIO_x000D_
 ESPERANÇA ATÉ A DIVISA DOS MUNICÍPIOS DE VISCONDE DO RIO BRANCO E SÃO GERALDO)</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/1302/1302_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/1302/1302_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE VALORIZAÇÃO DA VIDA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINAÇÃO DA ESTRADA RURAL LOCALIZADA EM SANTA MARIA, PASSA A DENOMINAR-SE ESTRADA JOSÉ SILVIO CARDOSO</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINAÇÃO DE ESTRADA RURAL EM SANTA MARIA, PASSA A DENOMINAR-SE ESTRADA JOAO BRAZ NETO</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINAÇÃO DE ESTRADA RURAL EM SANTA MARIA, PASSA A DENOMINAR-SE ESTRADA ORCELINO ANTONIO DA SILVA</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINAÇÃO DE ESTRADA RURAL EM SANTA MARIA, PASSA A DENOMINAR-SE ESTRADA MESSIAS BRAZ</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINAÇÃO DE ESTRADA RURAL EM SANTA MARIA, PASSA A DENOMINAR-SE ESTRADA ORLANDO ANTONIO DA SILVA FILHO</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO DIA DO HAPKIDO, A SER COMEMORADO NO DIA 25 DE JANEIRO.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO DEMOLAY, A SER COMEMORADO NO DIA 3 DE DEZEMBRO, NO ÂMBITO MUNICIPAL.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A DENOMINAÇÃO DE ESTRADA RURAL JOSÉ DE SOUZA_x000D_
 MARIANO O PERCURSO QUE LIGA O TREVO DO BARREIRO À ESTRADA RIO-BAHIA, PASSANDO PELA_x000D_
 FAZENDA SANTANA, PONTE DO JUQUINHA ALVES E PONTE ANTONIO SIMPLÍCIO DE SOUZA&amp;#8221;.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PERFURAÇÃO DE POÇOS ARTESIANOS NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/1303/1303_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/1303/1303_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O MÊS DE COMBATE E PREVENÇÃO À OBESIDADE INFANTIL E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DOS PROFISSIONAIS DA ENFERMAGEM.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AO EXECUTIVO A APRESENTAR PROPOSTAS PARA AQUISIÇÃO DE MÓVEL DESTINADO AO ALARGAMENTO DE RUA E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO DIA DO SAMBA AO ÂMBITO  MUNICIPAL, A SER COMEMORADO DIA 24 DE OUTUBRO.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/1304/1304_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/1304/1304_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DIA MUNICIPAL DO MOTOCICLISTA E DO MOTOBOY NO ÂMBITO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO TREVO LOCALIZADO ENTRE A ESTRADA RURAL JOSÉ OLIVEIRA COELHO E ESTRADA RURAL LUIS CUSTÓDIO DIAS.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OBRIGA OS ESTABELECIMENTOS PÚBLICOS E PRIVADOS NO MUNICÍPIO DE VISCONDE DO RIO BRANCO, A INSERIR NAS PLACAS DE ATENDIMENTO PRIORITÁRIO O SÍMBOLO MUNDIAL DO AUTISMO" E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/765/765_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/765/765_texto_integral.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIO RODIZIO DE CAMINHÃO-PIPA QUE PRESTAM SERVIÇOS DAS EMPRESAS PÚBLICAS OU PRIVADAS, EM CASO DE SITUAÇÃO DE EMERGÊNCIA, E OU, DE CALAMIDADE NA CIDADE DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1316/2017, QUE DISPÕE SOBRE A REGULAMENTAÇÃO DO TRANSPORTE DE MOTOTÁXI NO MUNICÍPIO  DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE OS MEIOS OFICIAIS DE PUBLICAÇÃO DOS ATOS NORMATIVOS E ADMINISTRATIVO DO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DAS OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITOS ESPECIAIS AO ORÇAMENTO GERAL DO MUNICÍPIO, EM FAVOR DA SECRETARIA MUNICIPAL DE SAÚDE, COM A FINALIDADE DE REPASSAR PARA O HOSPITAL SÃO JOÃO BATISTA, O VALOR DE R$ 200.000,00( DUZENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.pdf</t>
   </si>
   <si>
     <t>ORGANIZA ATRAVÉS DE DIVULGAÇÃO DE RODÍZIO OS CAMINHÕES PIPAS QUE PRESTAM SERVIÇO DE ABASTECIMENTO DE ÁGUA NA CIDADE DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/764/764_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/764/764_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO ENCONTRO ANUAL DAS PESSOAS DA TERCEIRA IDADE.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/769/769_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/769/769_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA EDUCATIVO "MULTA MORAL" E RESERVA DE VAGAS PARA IDOSOS NOS ESTACIONAMENTOS PÚBLICOS E PRIVADOS NO MUNICÍPIOS DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INSTITUIÇÃO DO DEZEMBRO VERMELHO EM VISCONDE DO RIO BRANCO-MG."</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/781/781_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/781/781_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA RUA DO LOTEAMENTO RESIDENCIAL RANCHO VERDE III LOCALIZADO NO BAIRRO RANCHO VERDE NO MUNICÍPIO DE VISCONDE DO RI BRANCO-MG.( RUA H-MARIA DAS GRAÇAS DE CARVALHO MIRANDA).</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/782/782_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/782/782_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL RANCHO VERDE III, LOCALIZADO NO BAIRRO RANCHO VERDE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG.(RUA D-MARIA HELENA DOS SANTOS SILVA).</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/783/783_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/783/783_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL VISCONDE DO RIO BRANCO FASE I E II, LOCALIZADO NO ALTO DO BAIRREIRO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG."(RUA H- GERALDA LUIZA FERRAZ).</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/784/784_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/784/784_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL VISCONDE DO RIO BRANCO FASE I E II, LOCALIZADO NO ALTO DO BARREIRO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG.(RUA MARIA FAEDA DA SILVA).</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/785/785_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/785/785_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL RANCHO VERDE III, LOCALIZADO NO BAIRRO RACHO VERDE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG.(RUA TEREZINHA MARIA DOS SANTOS FERRAZ)."</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/786/786_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/786/786_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL VISCONDE DO RIO BRANCO FASE I E II, LOCALIZADO NO ALTO DO  DO BARREIRO NO MUNICÍPIO DE VISCONDE DO RIO BRACO-MG.(RUA JÚLIA LIPPARINI VENTURA).</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/799/799_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/799/799_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE MULTA PARA MAUS-TRATOS A ANIMAIS E SANÇÕES ADMINISTRATIVAS A SEREM APLICADAS A QUEM ASO PRATICAR, ÂMBITO MUNICIPAL."</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/797/797_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/797/797_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INSTITUIÇÃO DO ENCONTRO MUNICIPAL ANUAL DAS PESSOAS DA MELHOR IDADE"</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA (RUA E - RUA MARLENE COELHO) NO LOTEAMENTO RESIDENCIAL VISCONDE DO RIO BRANCO FASE I E II, LOCALIZADO NO ALTO DO BARREIRO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/804/804_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/804/804_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL VISCONDE DO RIO BRANCO FASE I E II, LOCALIZADO NO ALTO DO BARREIRO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG.( RUA MARIA DO CARMO RIBEIRO ANDRADE, A RUA B)</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/801/801_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/801/801_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL RANCHO VERDE III, LOCALIZADO NO BAIRRO RANCHO VERDE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG.( RUA G-JACY HELENA SPERANDIO)</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/802/802_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/802/802_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL RANCHO VERDE III, LOCALIZADO NO BAIRRO RANCHO VERDE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG.(RUA E-YOLANDA ZUIM TEIXEIRA LOPES)</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/800/800_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/800/800_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO LOTEAMENTO RESIDENCIAL VISCONDE DO RIO BRANCO FASE I E II , LOCALIZADO NO ALTO DO BARREIRO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG."</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/798/798_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/798/798_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE TRAVESSA DO BAIRRO TATIANA DO MUNICÍPIO DE VISCONDE DO RIO BRANCO."</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA (RUA I - RUA MARIA SOARES FERRAZ) NO LOTEAMENTO RESIDENCIAL RANCHO VERDE III, LOCALIZADO NO BAIRRO RANCHO VERDE NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULOS DE CIDADANIA HONORÁRIA.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULOS DE CIDADANIA HONORÁRIA RIO-BRANQUENSE.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.pdf</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.pdf</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TÍTULOS DE CIDADANIA HONORÁRIA AO SR. LUIZ AUGUSTO PICOLLI NETO.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CÓDIGO DE ÉTICA E DECORO PARLAMENTAR DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E REGULARIZAÇÃO DO APLICATIVO TRANSPARÊNCIA VRB-CIDADE PARTICIPATIVA "NA ESFERA DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO".</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>INCLUI E ALTERA DISPOSITIVOS DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL, ABOLINDO A VOTAÇÃO SECRETA.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ESTABELECE O USO DE UNIFORMES NAS DEPENDÊNCIAS DA CÂMARA_x000D_
 MUNICIPAL DE VISCONDE DO RIO BRANCO &amp;#8211; MG E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROJETO CÂMARA MIRIM.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO ESPECIAL DE INQUÉRITO (CEI) PARA APURAR POSSÍVEIS IRREGULARIDADES NOS SERVIÇOS PRESTADOS PELA COPASA-MG</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE ESTÁGIO DE ESTUDANTES NA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/755/755_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/755/755_texto_integral.pdf</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/803/803_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/803/803_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROJETO CÂMARA MIRIM"</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO ÀS EMENDAS MODIFICATIVAS 01 E 02 AO PROJETO DE LEI Nº1514/2016, "QUE ESTIMA E FIXA A DESPESA DO MUNICÍPIO DE VISCONDE DO RIO BRANCO PARA O EXERCÍCIO FINANCEIRO DE 2017".</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL À PROJETO DE LEI Nº 1552/2017 QUE DISPÕE SOBRE A TRANSMISSÃO AO VIVO, VIA INTERNET, DE TODAS AS LICITAÇÕES REALIZADAS NOS PODERES EXECUTIVO E LEGISLATIVO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/768/768_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/768/768_texto_integral.pdf</t>
   </si>
   <si>
     <t>"FICA VETADO PARCIALMENTE O PROJETO DE LEI N° 1626/2017, QUE DISPÕE SOBRE A DIVULGAÇÃO DA LISTA DE ESPERA PARA VAGAS NAS ESCOLAS MUNICIPAIS DE EDUCAÇÃO DE DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA 2017/2018 INFORMAÇÕES SOBRE O TOTAL DO VALOR GASTO COM DIÁRIAS ENTRE 2013 E 2016, ESPECIFICANDO CADA VEREADOR E FUNCIONÁRIO.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PRESIDENTE DA CÂMARA QUE CONVIDE PARA UMA REUNIÃO INFORMAL OS PROPRIETÁRIOS DE LOJAS DA GALERIA EDEN CLUB PARA TRATAR DE ASSUNTOS SOBRE ESTADO ATUAL DAS INSTALAÇÕES DO LOCAL, SEGURANÇA, PROCESSO JUDICIAL E DEFINIÇÃO DE ZELADOR.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO QUE INTERCEDA JUNTO À SECRETARIA DE ESTADO DE ESPORTES E/OU SECRETARIA DE EDUCAÇÃO DE MINAS GERAIS PARA BUSCAR INFORMAÇÕES SOBRE AS OBRAS PARALISADAS NAS QUADRAS POLIESPORTIVAS DAS ESCOLAS ESTADUAIS CORONEL AVELINO CARDOSO, JOÃO BATISTA DE ALMEIDA E LAUDELINA BARANDIER ESMERALDO.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Elias V.R.B, Gerson Gomes de Freitas - Amigo Xereba, Marinho Jose de Almeida Neto - Marinho do Hospital</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL ATENDIMENTO À SRA. MARILDA APARECIDA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO RELAÇÃO DE TODOS OS SERVIDORES COMISSIONADOS DA PREFEITURA MUNICIPAL, ASSIM COMO OS EFETIVOS COM FUNÇÃO GRATIFICADA, OS CONTRATADOS, SEUS CARGOS E REMUNERAÇÃO, COM BASE NO PRINCÍPIO DA PUBLICIDADE E TRANSPARÊNCIA.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Marinho Jose de Almeida Neto - Marinho do Hospital, Anisio Alves Ananias, Gerson Gomes de Freitas - Amigo Xereba, Mabinha Cadedo, Regis, Serginho Braga</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL ATENDIMENTO À SRA. ADRIANA DE FÁTIMA UBALDO GONÇALVES.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO A SECRETARIA DE DESENVOLVIMENTO SOCIAL A RELAÇÃO DE FAMÍLIA QUE FAZ USO DA "VACA MECÂNICA" BEM COMO SABER O POR QUE O LEITE DE SOJA NÃO MAIS VEM SENDO DISTRIBUÍDO PARA A COMUNIDADE CARENTE, O QUE VEM GERANDO DESCONFORTO E PREOCUPAÇÃO DE ALGUMAS FAMÍLIAS QUE DEPENDEM DO ALIMENTO.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO A SECRETARIA DE DESENVOLVIMENTO SOCIAL A RELAÇÃO DAS FAMÍLIAS QUE ESTÃO CADASTRADAS NO BOLSA FAMÍLIA E OS MOTIVOS AOS QUAIS ALGUMAS FAMÍLIAS NÃO CONSEGUIRAM PERMANECER NO PROGRAMA OU TIVERAM SEU BENEFÍCIO CANCELADO.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/367/367_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/367/367_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO COORDENADOR DE LIMPEZA O ATENDIMENTO CONCERTANTE AO PROTOCOLO DE Nº0239 E O PARECER SOBRE O ASSUNTO DEVIDO A URGÊNCIA.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A SECRETARIA MUNICIPAL DE EDUCAÇÃO O ESCLARECIMENTO SOBRE A SITUAÇÃO DE TODOS OS ESTUDANTES BOLSISTAS.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A IMPLANTAÇÃO DO SISTEMA DE TRANSMISSÃO DE TV E RÁDIO WEB DAS SESSÕES ORDINÁRIAS, EXTRAORDINÁRIAS, AUDIÊNCIAS PÚBLICAS E OUTAS RELEVÂNCIAS NA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A MESA DIRETORA OS GASTOS REFERENTES AS SEGUINTES LEGISLATURAS, 2005/2008, 2009/2012 E 2013/2016, SENDO: LICITAÇÕES; DIÁRIAS; SUPERMERCADOS E OUTROS; TODOS OS TIPOS DE GASTOS REFERENTES AS 3 LEGISLATURAS.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA, RELAÇÃO DOS GASTOS DAS LEGISLATURA 2005/2008, 2009/2012 E 2013/2016, REFERENTES A DESPESAS COM PESSOAL (EFETIVOS E CONTRATADOS), SUPERMERCADO SUPERMAIS (DUZEZINHO), LICITAÇÕES EM QUE A CITADA EMPRESA PARTICIPOU E QUAIS AS OUTRAS PARTICIPANTES.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PRESIDÊNCIA DA CÂMARA A ADESIVAGEM DA PORTAS DO CARRO DO PODER LEGISLATIVO COM O BRASÃO DA CÂMARA MUNICIPAL PARA QUE TODOS POSSAM IDENTIFICÁ-LO.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO INFORMAÇÕES SOBRE OS VALORES OS VALORES QUE FORAM REPASSADOS, ATRAVÉS DE CONVÊNIO FIRMADOS COM A PREFEITURA, PARA AS SEGUINTES FESTAS: DA COMUNIDADE DO GORDURA, DE SANTO ANTÔNIO E SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DESARQUIVAMENTO DO PROJETO DE LEI Nº 1426/2015, QUE DISPÕE SOBRE A CRIAÇÃO DO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER LISTAGEM DAS LICITAÇÕES REALIZADAS PELA CÂMARA NO 1º SEMESTRE DESTE ANO, ALÉM DE NOTAS FISCAIS EMITIDAS PELA EMPRESA DIEGO DE PAULA ALMEIDA DE NÚMEROS 20.172 A 20.179.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A SECRETARIA DE SAÚDE E AO HOSPITAL SÃO JOÃO BATISTA, NO SENTIDO DE ESCLARECER QUAIS SÃO OS EXAMES QUE O HOSPITAL POSSUI CONVÊNIO COM O MUNICÍPIO, E TAMBÉM A RELAÇÃO DE EXAMES QUE O HOSPITAL TERIA CONDIÇÕES DE FAZER, PORÉM NÃO POSSUI CONTRATO, E POR QUAIS MOTIVOS.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA, CÓPIA DE AVALIAÇÃO DE DESEMPENHO DOS_x000D_
 FUNCIONÁRIOS DESTA CASA, A PARTIR DO ANO DE 2014 ATÉ A AVALIAÇÃO ATUAL&amp;#8221;.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;REQUER A FORMAÇÃO DE UMA COMISSÃO ESPECIAL DE INQUÉRITO (CEI)_x000D_
 PARA APURAR POSSÍVEIS IRREGULARIDADES NO SERVIÇOS PRESTADOS PELA COPASA-MG.&amp;#8221;</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE CARÁCTER DE URGÊNCIA E EMERGÊNCIA A REATIVAÇÃO DO CONSELHO MUNICIPAL DE MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE NÚMEROS DOS PACIENTES QUE DERAM ENTRADA NO PRONTO SOCORRO COM DIAGNÓSTICO DE VIROSE AO HOSPITAL SÃO JOÃO BATISTA, REFERENTE A MÊS DE AGOSTO ATÉ O MÊS ATUAL.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/670/670_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/670/670_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO EXECUTIVO O PLANO MUNICIPAL DE SANEAMENTO BÁSICO.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SECRETÁRIO DO MEIO AMBIENTE, UM RELATÓRIOS DAS MEDIDAS DE PREVENÇÃO, REPOSIÇÃO DO MEIO AMBIENTE. REFERENTE A GESTÃO NO PERÍODO DE 4 ANOS E 10 MESES. HAVENDO NOTIFICAÇÃO CONTRA A COPASA FORNECE-LA UMA COPIA DESSA.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/672/672_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/672/672_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE LICENCIAMENTO A COPASA, QUE REFERIDA EMPRESA POSSUI, PARA FAZER O TRATAMENTO DE ÁGUA E ESGOTO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO A PRESIDENTE PARA QUE AGENDE UMA VISITA DA COPASA EM TODOS RESERVATÓRIOS D`ÁGUA.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LISTA COM OS NOMES DE TODOS DOS FISCAIS DE SALA DO CONCURSO PÚBLICO REALIZADO NO DIA 29/10/2017 PELA EMPRESA JMS TECNOLOGIA E SERVIÇOS.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO A SECRETÁRIA DE OBRAS E MOBILIDADE URBANA A PRESENÇA DO SECRETÁRIO E/OU RESPONSÁVEL PELO TRÂNSITO DE NOSSA CIDADE NESTA CASA LEGISLATIVA PARA PRESTAR ESCLARECIMENTO ACERCA DO TRÂNSITO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO A LISTA COM OS NOMES DE TODOS OS CONTEMPLADOS DO "MINHA CASA MINHA VIDA" DO BAIRRO RANCHO VERDE E BAIRRO MUTIRÃO.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA JUNTO A SECRETARIA DA CÂMARA MUNICIPAL,ESPECIFICAMENTE DO SETOR DE PROTOCOLO,PEDIDO OU SOLICITAÇÃO DO EXECUTIVO POR INTERMÉDIO DO PREFEITO MUNICIPAL, PARA QUE POSSA UTILIZAR O PLENÁRIO"DR. JAIR ROBERTO DA SILVA NA DATA DE 13/11/2017.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL INFORMAÇÕES ACERCA DA PRESTAÇÃO DE CONTAS DA FEMAM-FEDERAÇÃO MUNICIPAL DE ASSOCIAÇÃO DE MORADORES DE BAIRROS DE VISCONDE DO RIO BRANCO-MG.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO RELAÇÃO DAS PESSOAS CADASTRADAS NO PROJETO BOLSA FAMÍLIA, QUAIS SÃO OS CRITÉRIOS PARA ADERIR AO PROGRAMA E DE QUAIS AS MOTIVAÇÕES PARA SE PERDER O MESMO.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/738/738_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/738/738_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER Á CAIXA ECONÔMICA FEDERAL LISTA COM TODOS OS NOMES DO CONTEMPLADOS DO "MINHA CASA MINHA VIDA", NOS BAIRROS RANCHO VERDE E MULTIRÃO.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>REQUER Á MESA DIRETORA DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO, A INCLUSÃO NA ORDEM DO DIA 20/11/17 O PROJETO DE RESOLUÇÃO N°577/2017.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/750/750_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/750/750_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO RELAÇÃO DAS PESSOAS CADASTRADAS NO PROGRAMA BOLSA FAMÍLIA; QUAIS CRITÉRIOS PARA ADERIR AO PROGRAMA E QUAIS AS MOTIVAÇÕES PARA PERDER O MESMO.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/751/751_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/751/751_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PRESIDÊNCIA DA CASA QUE AGENDE UMA REUNIÃO COM TODOS OS PROPRIETÁRIOS DE VANS E MICRO-ÔNIBUS, COLETIVOS, QUE ATUAM NA CIDADE.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/774/774_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/774/774_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PRESIDÊNCIA DO LEGISLATIVO A PROMULGAÇÃO DOS PROJETOS DE LEIS: 1629/2017 VOTADO NO DIA 11/09/2017 E O PROJETO DE LEI 1630/2017 VOTADO EM 18/09/2017.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/775/775_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/775/775_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER INFORMAÇÕES SOBRE OS SERVIÇOS PRESTADOS AO MUNICÍPIO  DE VISCONDE DO RIO BRANCO, ATUALMENTE, ATRAVÉS DE CONVÊNIOS E CONTRATOS COM A ASSOCIAÇÃO BENEFICENTE SÃO JOÃO BATISTA."</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/776/776_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/776/776_texto_integral.pdf</t>
   </si>
   <si>
     <t>"SOLICITA Á SECRETARIA MUNICIPAL DE SAÚDE, INFORMAÇÕES SOBRE A ATUAL DEMANDA DE CIRURGIA DE CATARATA E SE EXISTE ALGUMA PREVISÃO PARA A REALIZAÇÃO DE MUTIRÃO DAS MESMAS."</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/787/787_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/787/787_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER A INCLUSÃO NA ORDEM DO DIA DA REUNIÃO ORDINÁRIA DE 11/11/2017, O PROJETO DE LEI Nº 1665/2017-ALTERA A LEI 1316/2017 QUE DISPÕE SOBRE A REGULAMENTAÇÃO DO TRANSPORTE DE MOTOTAXISTA NO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG."</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/788/788_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/788/788_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER A PRESIDENTE DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO-MG, QUE SOLICITE INFORMAÇÕES AO SENHOR TIAGO DE CASTRO, SECRETÁRIO MUNICIPAL DE SAÚDE, NO SENTIDO DE AO MUNICÍPIOS ALGUMAS QUESTÕES SOBRE A ABRANGÊNCIA DO CENTRO DE SAÚDE BEIRA RIO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/793/793_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/793/793_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER A PRESIDENTE DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO-MG QUE SOLICITE AO SECRETÁRIO MUNICIPAL DE SAÚDE: LISTA DE CIRURGIA ELETIVA, NOMES DOS HOSPITAIS CREDENCIADOS PELA SECRETARIA DE SAÚDE MUNICIPAL."</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A AQUISIÇÃO DE UM TERRENO NO BAIRRO PIEDADE PARA CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA PIEDADE DE CIMA (FINAL DO ASFALTO ATÉ O PONTO DO ÔNIBUS), PATROLAMENTO E CASCALHAMENTO DO PONTO FINAL DO ÔNIBUS ATÉ A LOCALIZAÇÃO DO IAMBÚ E TAMBÉM A ESTRADA DE PINHEIROS.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ILUMINAÇÃO PÚBLICO EM PARTE DA AVENIDA VEREADOR ADAO AMORIM (BAIRRO FELIPE RACHID) ATÉ A RUA MARIA ANTONIETA CARNEIRO.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO PROVIDÊNCIAS COM RELAÇÃO AO PONTO DE ÔNIBUS LOCALIZADO NA SEMENTEIRA, SENTIDO GUIRICEMA-VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CRIAÇÃO DA SECRETARIA MUNICIPAL DE ESPORTE E LAZER.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A COLOCAÇÃO DE UMA CAÇAMBA DE LIXO PRÓXIMA AO PONTO DE ÔNIBUS DE PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA DA ESTRADA LOCALIZADA EM PIEDADE DE CIMA, TRECHO ENTRE O TÉRMINO DO ASFALTAMENTO ATÉ O FINAL DO PONTO DE ÔNIBUS. ALÉM DO CASCALHAMENTO DOS POVOADOS DE PINHEIRO E INHAMBU.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>Alex Vinicius Coelho - Alex da Autoescola, Anisio Alves Ananias, Regis, Zé Silvio do Ônibus</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CRIAÇÃO DE UM DEPARTAMENTO DENTRO DA SECRETARIA DE SAÚDE PARA ATENDER EXCLUSIVAMENTE PACIENTES EM TRATAMENTO ONCOLÓGICO.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PAVIMENTAÇÃO DE RUA QUE SE INICIA PRÓXIMO À CASA DO VILSON E TERMINA PRÓXIMO À CASA DO LÉO NA COMUNIDADE DO GORDURA (ZONA RURAL).</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO PAVIMENTAÇÃO DAS RUAS JOVINA SOARES DA SILVA, EUGÊNIO ANTONUCCI, JOÃO RODRIGUES DE AGUIAR, JOAQUIM CAVALCANTI VIEIRA E PROFESSORA VALÉRIA FIORILO ROCHA, LOCALIZADAS NO BAIRRO NOVA CIDADE.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA GERAL DO CÓRREGO DE RUADO DAS PEDRAS.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UMA FAIXA ELEVADA DE PEDESTRE EM FRENTE À ESCOLA ESTADUAL PADRE ANTÔNIO CORREA NA AV. SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO  DE UMA FAIXA ELEVADA DE PEDESTRE EM FRENTE À ESCOLA ESTADUAL DR. JOÃO BATISTA DE ALMEIDA NA RUA AVELINO CARDOSO, 1014, BAIRRO PIEDADE.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO REFORMA NA CAPELA MORTUÁRIA E AMPLIAÇÃO DO CEMITÉRIO SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DE PARTE DA RUA AVELINO CARDOSO (EM FRENTE À CASA DO LUIZÁRIO ATÉ À MADEIREIRA PICA-PAU.)</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A COLOCAÇÃO DE UMA TELA NA QUADRA DO BAIRRO CEL. JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO REFORMA REFORMA NA MINA D'AGUA DO BARREIRO.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE UMA PRACINHA (ÁREA DE LAZER) NA BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO LIMPEZA EM TORNO DAS SEGUINTES RUAS: SEBASTIÃO CORREIA DA SILVA, Nº100 E JOSÉ SARAIVA, 1242, NA COLONIA, PARTE DE BAIXO DO BAIRRO PLANALTO E BAIRRO GILENO SIQUEIRA.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA AQUISIÇÃO DE UM TERRENO NO BAIRRO COLÔNIA PARA A CONSTRUÇÃO DE UM PSF.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE JUNTO AO SETOR COMPETENTE, INSTALAÇÃO DA ILUMINAÇÃO PÚBLICA EM PARTE DA RUA DORALIZA GOMES MONTEIRO, BAIRRO CAPITÃO GONÇALO GOMES BARRETO.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE JUNTO AO SETOR COMPETENTE, COLETA DE LIXO NA RUA DORALIZA GOMES MONTEIRO - BAIRRO CAPITÃO GONÇALO GOMES BARRETO.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MELHORAMENTO DA ILUMINAÇÃO PÚBLICA E INSTALAÇÃO DE CORRIMÃO NO ESCADÃO DA TRAVESSA JOSÉ INOCÊNCIO (BECO DA CADEIA).</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE ESTABELEÇA UM LOCAL PARA ESTACIONAMENTO DOS VEÍCULOS DE FRETE, DE PREFERÊNCIA NA RUA MAJOR FELICÍSSIMO OU AV. DR. CELSO MACHADO (RUA DA FEIRA).</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE INTERCEDA JUNTO À EMPRESA COLETIVO RIO BRANCO EXTENSÃO DA LINHA DE ÔNIBUS ATÉ O RANCHO VERDE II.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DAS RUAS ALFREDO GOMES DE FREITAS (RUA DO CAMPO) E ORLANDO ALVES FERREIRA NO POVOADO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO REFORMA E MELHORIA DO CENTRO COMUNITÁRIO DE PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE POSTES DE ILUMINAÇÃO PÚBLICA NO CÓRREGO PINHEIROS EM PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MELHORIA NA ILUMINAÇÃO PÚBLICA DO BAIRRO NOVA RIO BRANCO.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO CALÇAMENTO COM ACESSO A CADEIRANTE NO TRILHO QUE LIGA A RUA SÃO JOSÉ (PITO ACESO) À RUA DR. RONALDO DRUMMOND COSTA, BAIRRO PREFEITO VIÇOSO CAMACHO LACERDA (COHAB II).</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A ABERTURA DE UMA RUA NA PARTE ALTA DO BAIRRO ANTONIO SOARES QUE LIGUE AO BAIRRO SERRA VERDE.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INSTALAÇÃO DE TRÊS REDUTORES DE VELOCIDADE E SINALIZAÇÃO DE TRÂNSITO NA RUA AVELINO CARDOSO, TRECHO: SAÍDA DO BAIRRO PIEDADE ATÉ A CAPELA DO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MELHORIA DA ILUMINAÇÃO PÚBLICA NOS SEGUINTES BAIRROS: NOVA RIO BRANCO, OPERÁRIOS, NOVO OPERÁRIOS, NOVA PIEDADE, SANTA CLARA, SANTO CRISTO, CATETE E PARTE DE BAIXO DA CHÁCARA.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INSTALAÇÃO DE DOIS REDUTORES DE VELOCIDADE NA RUA JOÃO VERÍSSIMO DE CARVALHO, NºS 96 E 208, BAIRRO SANTO CRISTO.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO CONSTRUÇÃO DE GALERIA DE CONCRETO ARMADO NO CÓRREGO DA CHÁCARA.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO DA RUA DAS FLORES NO BAIRRO PIEDADE.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MELHORIA DA ESTRADA DA COMUNIDADE SANTA ROSA, TRECHO: INÍCIO NA PONTE DA COLÔNIA ATÉ O POVOADO.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A LIMPEZA GERAL, PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA BELA VISTA À SÃO FRANCISCO E ESTRADA CÓRREGO DO FERRUGEM.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO LIMPEZA GERAL, PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA BELA VISTA A SÃO FRANCISCO E ESTRADA CÓRREGO DO FERRUGEM.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE UMA PRAÇA NO BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO DA ESTRADA QUE DÁ ACESSO À COMUNIDADE DE CAPITÃO MACHADO.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA  AO EXECUTIVO A CONSTRUÇÃO DE COBERTURA, DOIS BANHEIROS (FEMININO E MASCULINO) E INSTALAÇÃO DE BEBEDOURO NA QUADRA POLIESPORTIVA EDMILSON JOSÉ DA SILVA (EDINHO DO JACINTO) NO BAIRRO CEL. JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A AMPLIAÇÃO DA RUA VEREADOR JOSÉ SOARES  FERREIRA E A IMPLANTAÇÃO DE UMA ACADEMIA AO AR LIVRE NO LOCAL.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA RUA CONSELHEIRO SANTANA QUE LIGA O BAIRRO CEL. JOAQUIM LOPES À RUA SANTO ANTONIO (DO Nº600 ATÉ A CHEGADA DA RUA SANTO ANTONIO).</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A REFORMA DE DOIS BUEIROS NA RUA FIRMINO CAETANO FARIA EM FRENTE AO Nº29 NO BAIRRO NOVO PLANALTO.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A REFORMA DE DOIS  BUEIROS NA RUA JOSÉ SARAIVA EM FRENTE AOS NºS 162 E 350 NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO O PATROLAMENTO DO ASFALTO DO GORDURA ATÉ CAPITÃO MACHADO.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A EXTENSÃO DA ILUMINAÇÃO PÚBLICA DA POUSADA DO YPÊ ATÉ O POVOADO BOA VISTA.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INCLUIR NA ROTA DO TRANSPORTE URBANO COLETIVO O BAIRRO ANTONIO SOARES.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MELHORIA  DA ILUMINAÇÃO PÚBLICA DA RUA CONSELHEIRO SANTANA QUE LIGA O BAIRRO CEL. JOAQUIM LOPES À RUA SANTO ANTONIO.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO REPAROS DE REDE DE ESGOTO NA RUA CONSELHEIRO SANTANA, DO Nº10 AO 61.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO LIMPEZA DAS RUAS DOS BAIRROS PIEDADE, SANTO CRISTO, SANTA CLARA, CHÁCARA, OPERÁRIOS E NOVA RIO BRANCO.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO PAVIMENTAÇÃO ASFÁLTICA DA RUA ELIZA MIRANDA E TRAVESSA BARRETO NO BAIRRO JARDIM DA BARRA.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MELHORAMENTO DA ESTRADA DA BOA VISTA AO CÓRREGO SÃO GERALDO (2ª IGREJA QUADRANGULAR).</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO AMPLIAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA DO TRECHO QUE LIGA A RUA MELO BARRETO À RODOVIA MG-447, BR-120 (AO LADO DA POUSADA DO YPÊ), NA BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INSTALAÇÃO DE ACADEMIAS POPULARES AO AR LIVRE EM PARCERIA COM A SECRETARIA DE ESPORTES DO ESTADO DE MINAS GERAIS OU COM DOTAÇÃO PRÓPRIA.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE APROXIMADAMENTE 150 METROS DE REDE ELÉTRICA NO CÓRREGO ALVES E MALTONI NA COMUNIDADE RURAL DA FLORESTA.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO PAVIMENTAÇÃO DA RUA FRANCISCO BRAZ DAMIÃO (AGROVILA JOSÉ CESÁRIO DA SILVA) EM SANTA MARIA.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO RECONSTRUÇÃO DA PONTE GOMERCINO GOMES DE FREITAS NO CÓRREGO DOS ELIAS EM SANTA MARIA.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO DE 150 METROS NA RUA POVOADO DO CÓRREGO DOS ALVES E MALTONI NA COMUNIDADE RURAL DA FLORESTA.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE UMA NOVA REDE DE ESGOTO DA RUA FRANCISCO BRAZ DAMIÃO (AGROVILA JOSÉ CESÁRIO DA SILVA - CASAS POPULARES) EM SANTA MARIA.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO REPAROS NA ESTRADA DE SANTA HELENA E COLOCAÇÃO DE MATA-BURRO PRÓXIMO AO GALPÃO.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA, QUE LIGA O TREVO DO GORDURA ATÉ A PRAÇA DO CAPITÃO MACHADO ENVOLVENDO TODAS AS RUAS À PEDIDO DA COMUNIDADE. </t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA MELHORAMENTO EM TODO TRECHO DA RUA, CALÇAMENTO, COLOCAÇÃO DE POSTES DE ILUMINAÇÃO PÚBLICA E SISTEMA DE REDE DE ESGOTO NO FINAL DA RUA RAUL OLEGÁRIO, BAIRRO CATETE.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA A ABERTURA DE UMA RUA QUE LIGA O BAIRRO CATETE AO RANCHO VERDE II.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO MELHORAMENTO E REFORMA DAS TAMPAS DE BUEIROS DA RUA CARTEIRO TUIM, BAIRRO COHABI.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO COLOCAÇÃO DE TELAS NAS LATERAIS E ILUMINAÇÃO DA QUADRA DO BAIRRO COHAB I.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA RUA JOSÉ BELMIRO (ANTIGA RUA DO CAMPO) NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA QUE LIGA BELA VISTA À SÃO FRANCISCO, ZONA RURAL, SE POSSÍVEL ATÉ O CORRÉGO DO FERRUGEM.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO REAJUSTE SALARIAL DE 20% PARA OS SERVIDORES PÚBLICOS.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO UM MURO DE ARRIMO NA RUA VICENTE TIBÚRCIO NO BAIRRO CATETE.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE PROVIDENCIE JUNTO AO SETOR COMPETENTE A ENTREGA DAS CORRESPONDÊNCIA DOS MORADORES DA RUA DORALIZA GOMES MONTEIRO - BAIRRO CAPITÃO GONÇALO GOMES BARRETO.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO PAVIMENTAÇÃO ASFÁLTICA DA RUA RAUL OLEGÁRIO E DA RUA VICENTE TIBÚRCIO NO BAIRRO CATETE.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO O MELHORAMENTO DA ILUMINAÇÃO PÚBLICA NOS BAIRROS RANCHO VERDE E RANCHO VERDE II.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE PROVIDENCIE JUNTO AO SETOR QUE SEJAM COLOCADOS NOVAMENTE OS TAMBORES DE LIXO DAS RUAS DO BAIRRO GILENO SIQUEIRA QUE FORAM RETIRADOS.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA RUA EUGÊNIO ANTONUCCI NO BAIRRO NOVA CIDADE.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA RUA EUGÊNIA ANTONUCCI NO BAIRRO NOVA CIDADE.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITO AO EXECUTIVO QUE ENTREGUE AS CORRESPONDÊNCIAS DOS MORADORES DA RUA EUGÊNIO ANTONUCCI NO BAIRRO NOVA CIDADE. </t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO PAVIMENTAÇÃO ASFÁLTICA DA ENTRADA DA COMUNIDADE DO GORDURA, PASSANDO POR CAPITÃO MACHADO ATÉ A RODOVIA MG447;_x000D_
 PAVIMENTAÇÃO ASFÁLTICA DA ENTRADA PARA A COMUNIDADE DO GORDURA ATÉ A ANTIGA ESCOLA DO SAPATEIRO;_x000D_
 PAVIMENTAÇÃO ASFÁLTICA DO RUADO DAS PEDRAS ATÉ A COMUNIDADE DA FAZENDINHA E DAÍ ATÉ A RODOVIA MG 447.;_x000D_
 CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NA COMUNIDADE DE CAPITÃO MACHADO.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO CONSTRUÇÃO DE UMA CICLOVIA COM PISTA DUPLA (IDA E VOLTA). TRECHO: INICIO DO BARREIRO GILENO SIQUEIRA (FUNDOS DA FÁBRICA DE RAÇÃO DA PIF-PAF), PASSANDO PELO PORTÃO PRINCIPAL DA COOPERTRAL, SEGUINDO PELA LINHA FÉRREA ATÉ A SECRETARIA MUNICIPA DE SAÚDE (ESTAÇÃO). DEPOIS À DIREITA NA RUA MAJOR FELICÍSSIMO, PASSANDO PELO PONTILHÃO, RUA EUGÊNIO DE MELO BARRETO, ATÉ A BARRA DOS COUTOS NO VIADUTO EM FRENTE À POUSADO DO YPÊ.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO INSTALAÇÃO DE TRÊS BICICLETÁRIOS: PRAÇA 28 DE SETEMBRO, PRAÇA SANTO ANTÔNIO E PRAÇA SÃO SEBASTIÃO (BARREIRO).</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO UM MURO DE PROTEÇÃO NA CONTINUAÇÃO DA RUA JOSÉ FERREIRA DOS SANTOS NO BAIRRO GUSTAVO SABIONE.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE PROVIDENCIE JUNTO AO SETOR COMPETENTE A AQUISIÇÃO DE VACINAS PARA FEBRE AMARELA PARA A NOSSA POPULAÇÃO RIO BRANQUENSE.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE REALIZE UMA LIMPEZA NO ALVORADA, COLINAS, MORROS DA PARTE ALTA ANTÔNIO SOARES.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO O CAPEAMENTO DA LINHA FERROVIARIA EM SUA EXTENSÃO QUE PEGA DO CLUBE DOS BANCÁRIOS ATÉ A BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE MELHORE A ILUMINAÇÃO NO TREVO DA BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO UMA LIMPEZA DA REDE ESGOTO E BOEIRO NA COMUNIDADE DO GORDURA EM FRENTE A CASA DO SR. CUSTODIO (FIIM).</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A LIMPEZA EM TORNO DA RUA MIGUEL DIAS DE CARVALHO NO BAIRRO NOVA RIO BRANCO.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO UMA REFORMA DA PONTE LOCALIZADA NA RUA SÃO JOSÉ NO BAIRRO PITO ACESO.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO À AMPLIAÇÃO DA RUA CORONEL JOSÉ MESQUITA NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO JUNTO AO SETOR COMPETENTE QUE RETIRE A BOCA DE LOBO EM FRENTE A CASA DO MORADOR NA RUA ÂNGELO AGOSTINHO BARBOSA NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA UMA VISTORIA NAS CÂMARAS OLHO VIVO BEM COMO A "SINALIZE" DE UMA FORMA PADRÃO, SOLICITAMOS TAMBÉM EM CARÁTER DE URGÊNCIA A ATIVAÇÃO DAS RESPECTIVAS CÂMARAS.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE CRIE UMA VILA DE SEGURANÇA NO INTUITO DE ALOJAR POLICIAIS CIVIS, MILITARES E AGENTES PENITENCIÁRIOS VINDOS DE OUTRAS CIDADES.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE UMA PRAÇA NO BAIRRO NOVA RIO BRANCO.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA DA RUA MANGUEIRA, RUA DOM SARAIVA NO DISTRITO INDUSTRIAL NA COLÔNIA.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA A REFORMA DA ESCOLA MUNICIPAL FRANCISCA CAROLINA DA SILVA (ANTIGA E.E. JANUÁRIO TEIXEIRA DA SILVEIRA).</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE UMA PRAÇA PÚBLICA NO BAIRRO COHABII.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO O MELHORAMENTO DA LADEIRA CARLOS RIBEIRO DE ALMEIDA E DAS RUAS QUE A COMPÕE TRAVESSA IPIRANGA, TRAVESSA SOLEDADE E RUA EUCLIDES DA CUNHA.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE REALIZE A MANUTENÇÃO DAS BOCAS DE LOBOS, VALETAS E TAMBÉM QUE SEJA FEITA A PAVIMENTAÇÃO ASFÁLTICA EM TORNO DO HOSPITAL SÃO JOÃO BATISTA DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA RUA CORONEL JOSÉ MESQUITA NO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO AQUISIÇÃO DE UM TERRENO NO BAIRRO NOVO HORIZONTE PARA A CONSTRUÇÃO DE UM PSF.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A INSTALAÇÃO DE UMA ANTENA DA OPERADORA VIVO NO BAIRRO CAPITÃO MACHADO.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUEBRA MOLAS NAS RUAS VICE - PREFEITO ANACLETO LOPES GOMES E RUA RONALDO DRUMOND DA COSTA.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA ZONA RURAL DA FAZENDINHA.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA LIMPEZA DA ESTRADA DA CAPELA NA ZONA RURAL SANTA JULIANA E TAMBÉM UMA MELHORIA NOS DRENOS.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO DA TRAVESSA JOÃO CORRÊA LINO (PRÓXIMO A BORRACHARIA J.B.) NO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE QUEBRA MOLA NA RUA JOÃO CORRÊA LINO, (PRÓXIMO AO CAMPO DE FUTEBOL) NO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO AQUISIÇÃO DE UM TERRENO PARA A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NA COMUNIDADE DO BELA VISTA SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A MELHORIA NA ILUMINAÇÃO PÚBLICA DAS RUAS EUCLIDES DA CUNHA, TRAVESSA SOLEDADE E TRAVESSA IPIRANGA, TODAS PRÓXIMO AO ANTIGO ESGO ESCADÃO JOSÉ SALIM, NO CENTRO.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DAS RUAS EUCLIDES DA CUNHA, TRAVESSA SOLEDADE E TRAVESSA IPIRANGA, TODAS PRÓXIMO AO ANTIGO ESCADÃO JOSÉ SALIM, NO CENTRO.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO JUNTO A DEFESA CIVIL QUE FAÇA VERIFICAÇÃO DE UM BARRANCO, NA RUA XV DE NOVEMBRO, FUNDOS DA ESCOLA ALBURGUE NO BARREIRO.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE UMA CALÇADA EM TORNO DA ESCOLA MUNICIPAL DEPUTADOLUIZ SOAREZ ROCHA, NO BAIRRO CORONEL JOAQUIM LOPES,NAS RUAS JOSÉ MAXIMILIANO DE ALMEIDA E RUAS JOÃO CÂNDIDO DUTRA.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO PAVIMENTAÇÃO ASFÁLTICA EM TODAS AS RUAS DO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA UM LOMBADA NA RUA ELISA MIRANDA EM FRENTE A CASA ABAIXO DO MERCADO NO BAIRRO JARDIM DA BARRA.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO DOIS REDUTORES DE VELOCIDADE NA RUA CONSELHEIRO SANTANA NO BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE UM PSF (POSTO DE SAÚDE DA FAMÍLIA) NA COMUNIDADE DA SEMENTEIRA, ZONA RURAL.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE CONSTRUA UMA CRECHE NO BAIRRO ALTO DA BOA VISTA.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO RECAPEAMENTO DE TODAS AS RUAS DO BAIRRO ALTO DA BOA VISTA.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITO AO EXECUTIVO AMPLIAÇÃO E MELHORAMENTO DO ABRIGO DO PONTO DE ÔNIBUS NA RUA GENERAL OSÓRIO, PRÓXIMO À ENTRADA DO BAIRRO NOVO (EMFRENTE À CASA DO SR. JOSÉ CARDOSO); CONSTRUIR INFRA-ESTRUTURA ADEQUADA PARA PRESERVAR A MINA D'ÁGUA LOCALIZADA EM FRENTE AO Nº 111-B DA RUA JOÃO SILVA NO BAIRRO PRIMAVERA. </t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A URBANIZAÇÃO, CALÇAMENTO OU A PAVIMENTAÇÃO ASFÁLTICA, COM COLOCAÇÃO DE MEIO-FIO NA REGIÃO CENTRAL DA COMUNIDADE FAZENDINHA. SEGUE EM ANEXO AS FOTOS DO LOCAL.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA EMPARTE DA RUA CESÁRIO ALVIM, BAIRRO CHÁCARA DO Nº223 A 599.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA RUA JOSÉ GERALDO NAMORADO,QUE LIGA A BR120 AO BAIRRO NOVO HORIZONTE EM ANEXO AS FOTOS.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO LIMPEZA NA CHECHE SITUADA NO BAIRRO ESPORTIVO.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE INTERCEDA COM O COLETIVO RIO BRANCO QUE POSSA ESTAR FAZENDO A LINHA ATÉ A COLÔNIA.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE PROVIDENCIE QUE RECOLOQUE A PLACA DE SINALIZAÇÃO COM TERMO DE "PROIBIDO ESTACIONAR (CAMINHÕES E ÔNIBUS)" NA RUA SANTO ANTÔNIO, EM FRENTE A EMPRESA LIGEIRINHO GÁS, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO NOVOS POSTES DE ILUMINAÇÃO PÚBLICA NO CÓRREGO DO ELIAS SENTIDO LOTEAMENTO GRANVILLE, ANTES DE CHEGAR AO POVOADO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO REPAROS E MELHORIAS NA ILUMINAÇÃO PÚBLICA DO POVOADO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE A COLOCAÇÃO DE UM CONTAINER GRANDE COM TAMPA EM SUBSTITUIÇÃO AOS TAMBORES QUE FORAM COLOCADOS NO TREVO DA SEMENTEIRA PARA COLETA DE LIXO.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO RECAPEAMENTO DOS BAIRROS NOVA CIDADE E NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO RECAPEAMENTO DE TODAS AS RUAS DO BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO REFORMA NA PRACINHA DA PISCINA SECA NA WENCESLAU LUCAS NO BAIRRO ALTO DO BAIRRO DA BOA VISTA.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO RECAPEAMENTO E TROCA DE ILUMINAÇÃO NA RUA DOMINGOS PEDRO NO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MELHORIA NA ILUMINAÇÃO PÚBLICA DO BAIRRO FELIPINHO.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO AMPLIAÇÃO (ALARGAMENTO) DA RUA SÃO JOSÉ (PITO ACESO), TRECHO: INICIO DO Nº 5 ATÉ 46 OU NA ENTRADA DO RESERVATÓRIO DA COPASA.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO  AO EXECUTIVO A CONSTRUÇÃO DE UMA ÁREA DE LASER COM MESAS DE JOGOS, PARQUINHOS E UMA ACADEMIA POPULAR NO BAIRRO NOVA RIO BRANCO,RUA DIOGO BRAGA FILHO, Nº DE INSCRIÇÃO 01.03.146.00.266.001.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A COLOCAÇÃO DE DOIS QUEBRA MOLAS NA AVENIDA TEÓFILO DUBREIL, CRUZAMENTO COM A RUA WADI AAD NO BAIRRO ANTÔNIO SOARES.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE PROVIDENCIAR A TROCA DO BUEIRO, NA RUA CAP. GERALDO VALTER CUNHA, Nº14BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE O RECAPEAMENTO DOS ASPECTOS DO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA A LIMPEZA DA RUA PAULINO TAVARES Nº142 (PERTO DO GÁS) NA BEIRA RIO.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA A LIMPEZA DA RUA ANTÔNIO BARRETO ALVES NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A INSTALAÇÃO DE ILUMINAÇÃO COM LÂMPADAS A VAPOR DE SÓDIO NOS TREVOS QUE DÃO ACESSO AOS BAIRROS COLÔNIA, NOVO HORIZONTE E BARREIRO.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NO TERRENO AO LADO DA CRECHE E DO FÓRUM.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO UNIFORMES ADEQUADOS PARA OS FUNCIONÁRIOS DA COLETA E LIMPEZA PÚBLICA COM FAIXAS REFLETIVAS, BOTAS E LUVAS. SEGUE EM ANEXO O MODELO.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A LIMPEZA DE UM TERRENO NA RUA CAPITÃO GERALDO WALTER CUNHA Nº588, FUNDOS NO BAIRRO BARREIRO.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA UMA LOMBADA NA RUA CIRO GOMES SARAIVA EM FRENTE O BAR DO LÚCIO DA ROSA E A OUTRA LOMBADA EM FRENTE A QUADRA POLIESPORTIVA, QUE FICA SITUADA NA MESMA RUA E BAIRRO SUPRACITADO.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO EXTENSÃO DA REDE ELÉTRICA PARA RUA JOSÉ MESQUITA NOS FUNDOS DA FÁBRICA DA RAÇÃO NA BEIRA LINHA DO BAIRRO GILENO SIQUEIRA.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA RUA JOSÉ MESQUITA NO BAIRRO GILENO SIQUEIRA LIGANDO ATÉ A COOPERTRAL.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO FAIXA DE PEDESTRE EM CADA ESCOLA DO MUNICÍPIO E AS MESMAS QUE NÃO ESTÃO VISÍVEIS QUE SEJAM PINTADAS NOVAMENTE.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA A COLOCAÇÃO DE MAIS POSTE E MELHORAMENTO DA ILUMINAÇÃO PÚBLICA, COMUNIDADE DE SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA A REFORMA E LIMPEZA GERAL DA ESCOLA MUNICIPAL GABRIEL DE CARVALHO, NA COMUNIDADE DO GORDURA.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA POÇO ARTESIANO E RESERVATÓRIO DE ÁGUA NO RUADO DAS PEDRAS, ZONA RURAL.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A LIMPEZA DO CÓRREGO QUE FAÇA ENTRE O RANCHO VERDE E A ANTIGA GROTA DOS PACHECOS.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE INTERCEDA AO COLETIVO RIO BRANCO A FIM DE QUE POSSA ESTAR FAZENDO A EXTENSÃO DA LINHA NOS BAIRROS PLANALTO E GILENO SIQUEIRA PARA MELHORAR MOBILIDADE URBANA.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/351/351_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/351/351_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A TROCA DAS TAMPAS DOS BUEIROS NA RUA DJALMA FURTADO DE CAMPOS EM FRENTE AS CASAS DE Nº 83, 179, 208 E 249;</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A RESTAURAÇÃO DO ASFALTO DA RUA CAPITÃO GERALDO WALTER CUNHA DA EMPRESA VIDROCEL AO TREVO.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE REALIZE UM ALONGAMENTO NAS LOMBADAS E TROQUE A TAMPA DOS BUEIROS DA RUA APARECIDA CARINA BENHAME (RUA DA MARMORARIA SANTA BARBARA E QUINTAL DO ESPETO).</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA RUA AGENOR GONÇALVES NO BAIRRO SÃO SEBASTIÃO (ATRÁS DO POSTO DE SAÚDE BEIRA RIO).</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA A SUBSTITUIÇÃO DOS POSTES DA TRAVESSA JOSÉ INOCÊNCIO, CENTRO (BECO DA CADEIA).</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE PRAÇA PÚBLICA COM ÁREA DE LAZER, NO BAIRRO COHAB III.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A URBANIZAÇÃO E COLOCAÇÃO DE MEIO-FIO, NA REGIÃO CENTRAL DO FAZENDINHA ZONA RURAL.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE QUEBRA MOLAS EM FRENTE AO RESIDENCIAL RANCHO VERDE III (ENTRADA QUE VAI PARA O FLORESTA).</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA UMA LOMBADA (QUEBRA-MOLA) NA RUA WALDIR FURTADO, BAIRRO COHAB I.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE UMA REDE DE ESGOTO NA COMUNIDADE RURAL DO BOM JARDIM I.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO DA ESTRADA RURAL QUE DÁ ACESSO A COMUNIDADE RURAL DO BOM JARDIM I.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A INSTALAÇÃO DE UMA REDE ELÉTRICA NA ZONA RURAL DO BOM JARDIM I.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA NAS RUAS OLEGÁRIO MARIANO DE SOUZA, RUA FABÍOLA CESÁRIO LOURENZO E RUA SEBASTIÃO FAUSTINO SANTANA, TODAS NA PARTE ALTA DO BAIRRO DE LOURDES.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUATRO LOMBADAS (QUEBRA MOLAS) NA RUA FREI ZACARIAS, 186, DE LOURDES, VISCONDE DO RIO BRANCO, MG.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE REFAÇA UMA FAIXA DE PEDESTRE OU CONSTRUA UMA NOVA-ELEVADA NA RUA SANTO ANTÔNIO, EM FRENTE AOS NÚMEROS 731 E 726-A, PRÓXIMO A ENTRADA DA CRECHE SÃO FRANCISCO DE ASSIS E ENTRADA DO BAIRRO PITO ACESO.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO O RECAPEAMENTO ASFÁLTICO DO TRECHO QUE VAI DO Nº680 DA RUA CONSELHEIRO SANTANA ATÉ A SAÍDA PARA O FINAL DA RUA SANTO ANTÔNIO (QUEBRA), CONFORME PEDIDO DA DIRETORIA DA FEMAM; MANUTENÇÃO DA ESTRADA RURAL DA COMUNIDADE DE PÃO DE LÓ; CONSTRUÇÃO DE UMA CRECHE NO BAIRRO TIA VELHA;</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO LIMPEZA GERAL DO BAIRRO COHAB I.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO CASCALHAMENTO DA ESTRADA DA ÁGUA FRIA NA COMUNIDADE DO FLORESTA.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA COHAB I E PIEDADE DO MEIO.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO MELHORAMENTO DA ILUMINAÇÃO PÚBLICA NO BAIRRO COHAB I (PRINCIPALMENTE PERTO DA ESCOLINHA TIA NANÁ).</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO BAIRRO PITO ACESO, AO LADO DA QUADRA POLIESPORTIVA.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CONCLUSÃO DO SERVIÇO DE ESCOAMENTO DE ÁGUA PLUVIAL ATRAVÉS DE MANILHAS (RESTAM 27M DE SERVIÇOS) NO BAIRRO PITO ACESO, RUA JOSÉ TEIXEIRA DE OLIVEIRA PRIMO, DANDO INICIO DA MINA D'ÁGUA E TERMINO NO QUINTAL DO MORADOR SR. SEBASTIÃO PASCOAL.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A REFORMA E PINTURA DA QUADRA DO PINTO ACESO.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO PATRULHAMENTO NA BARRA DE GUIRICEMA ZONA RURAL E TAMBÉM O CASCALHAMENTO EM TODA REGIÃO SUPRACITADA.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUEBRA MOLA EM FRENTE AO MERCADO DO RICARDINHO, NA RUA RAIMUNDO ADÃO, COMUNIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA REDE DE SISTEMA URBANO DE SANEAMENTO BÁSICO, COM BUEIROS, PARA ESCOAMENTO DAS ÁGUAS PLUVIAIS PROVINDA DAS CHUVAS, NA RUA VEREADOR JOSÉ SOARES FERREIRA, BAIRRO BARRA DOS COUTOS. SEGUE EM ANEXO AS FOTOS.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO CONSTRUÇÃO DE QUEBRA-MOLAS NA RUA SR. DRUMMOND NO BAIRRO DUCÍLIA CARONE, (PRÓXIMO AO MURILINHO MATERIAL DE CONSTRUÇÃO, BEIRA RIO)</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO LIMPEZA DO RIO XOPOTÓ, INICIANDO NA PONTE DA AV. DR. LELÉ ATÉ O BAIRRO COLONIA.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE DISPONIBILIZE O ATENDIMENTO MEDICO E ODONTOLÓGICO DUAS VEZES POR SEMANA, NO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A OTIMIZAÇÃO DA REDE DE ESGOTO QUE PASSA NO QUINTAL DA CASA DA SENHORA BEATRIZ APARECIDA BRAZ FERREIRA DOMICILIADA NA RUA RÚBENS TEIXEIRA LOPES Nº308, BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA TRÊS QUEBRA-MOLAS NA RUA DR. AFONSO INFANTE VIEIRANO, BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA QUE LIGA CLEMENTE DO MEIO AO MEMÓRIA.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO, ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, LIMPEZA E CONSTRUÇÃO DE CALÇADAS NA RUA SÃO JOSÉ, EM FRENTE A MERCEARIA DO WELTON.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO DESENTUPIMENTO DE UM BUEIRO DE CAPTAÇÃO DE ÁGUA PLUVIAL, LOCALIZADO PRÓXIMO À RESIDÊNCIA DO SR. SILVINO BRAZ, NA COMUNIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO INSTALAÇÃO DE UM POSTE DE ILUMINAÇÃO NA RUA GERALDO FRANCO - BAIRRO DE LOURDES (PARTE ALTA) EM FRENTE ÀS RESIDÊNCIAS DOS SENHORES SABINOS, NILTO E LUIZINHO.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO MELHORIA NO TRÂNSITO DO BAIRRO CORONEL JOAQUIM LOPES, QUE EM HORÁRIO DE PICO FICA MUITO MOVIMENTADO A RUA PRINCCIPAL, PEÇO QUE OS CARROS SUBAM PELA RUA MOREIRA CESAR/RUA CONSELHEIRO SANTANA E DESÇAM PELA RUA ARTHUR DA SILVA BERNADES. SEGUE UM CROQUI ILUSTRATIVO DO MODELO.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE DISPONIBILIZE AS COMUNIDADES DO CLEMENTE DO MEIO E MEMÓRIA PONTOS DE ACESSO A INTERNET, INCLUINDO DIGITALMENTE OS MORADORES DESSAS COMUNIDADES.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA A SUBSTITUIÇÃO DAS FAIXAS DE PEDESTRES EXISTENTES POR FAIXAS ELEVADAS DE PEDESTRE (PRINCIPALMENTE EM FRENTE AS ESCOLAS).</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA ACADEMIA AO AR LIVRE NA PRAÇA PÚBLICA ENTRE OS BAIRROS CENTENÁRIO E PRIMAVERA.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE DISPONIBILIZE MAIS VAGAS PARA IDOSOS NO CENTRO DA CIDADE, AS EXISTENTES NÃO ESTÃO ATENDENDO A DEMANDA.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE UMA ÁREA DE LAZER COM MESAS DE JOGOS, PARQUINHOS E UMA ACADEMIA POPULAR NO BAIRRO NOVA RIO BRANCO - TERRENO PÚBLICO - RUA DIOGO BRAGA FILHO, Nº 01.03.146.00.266.001.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE INSTALE UMA FAIXA ELEVADA NA LADEIRA JOSÉ SOARES DA COSTA (EM FRENTE A APAE).</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE MELHORE A ILUMINAÇÃO DA RUA ROSA PACHECO DA APAE ATÉ A CASA DE NÚMERO 401.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE MELHORE A ILUMINAÇÃO DO PARQUINHO DA PRACINHA DO BARREIRO; COLOQUE PEDRA BRITA ZERO NO CHÃO E UMA PORTA NO QUARTO DE FERRAMENTAS DO LOCAL.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE UMAPLAYGROUD E TAMBÉM UMA ACADEMIA POPULAR AO AR LIVRE NO BAIRRO GILENO SIQUEIRA (COLÔNIA).</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE UM PLAYGROUD E TAMBÉM UMA ACADEMIA POPULAR AO AR LIVRE NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA RUA EGÍDIO DE ALMEIDA NO BAIRRO RUADO DA USINA.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A LIMPEZA DO RIO QUE PASSA NA RUA AVELINO CARDOSO NO BAIRRO PIEDADE. (CRUZAMENTO COM A RUA JOSÉ KHOURY-CHÁCARA).</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE PROVIDENCIE A DEMARCAÇÃO COM PLACAS DE LOCAL DE VISTORIA AO LADO DO CEMITÉRIO PARA QUE AUXILIE OS VISTORIADORES COM LOCAL ADEQUADO PARA A EXECUÇÃO DO SERVIÇO.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CRIAÇÃO DA GUARDA MUNICIPAL ATRAVÉS DE CONCURSO PÚBLICO.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE BARRAGINHAS ÀS MARGENS DAS ESTRADAS RURAIS E NAS ENCOSTAS, EM ACORDO COM OS PROPRIETÁRIOS RURAIS, BUSCANDO PREVINIR A EROSÃO DECORRENTE DA ÉPOCA DAS CHUVAS E O FORTALECIMENTO DO LENÇOL FREÁTICO.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A ABERTURA E A PAVIMENTAÇÃO DA ESTRADA RURAL LAO TAVARES QUE DA ACESSO AS ESTRADAS DO PONTE COBERTA E RIO BAHIA.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITO AO EXECUTIVO A IMPLANTAÇÃO DE UM SEMÁFORO NA INTERSEÇÃO EM NÍVEL NAS RUAS: MAJOR FELICÍSSIMO E RUA PRESIDENTE ANTÔNIO CARLOS PRÓXIMO A SECRETARIA DE SAÚDE (ANTIGA ESTAÇÃO). </t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A COBERTURA DA QUADRA POLIESPORTIVA NA COMUNIDADE DO GORDURA - ZONA RURAL.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE ESTUDE A VIABILIDADE DA CONSTRUÇÃO DE UM MERCADO DO PRODUTOR RURAL.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA A CONSTRUÇÃO DE UMA ESCOLA PÚBLICA NA COMUNIDADE DA BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A REFORMA NA PINTURA DAS ESCOLAS LOCALIZADAS NAS ZONAS RURAIS DO MUNICÍPIO, SENDO: ESCOLA MUNICIPAL GABRIEL DE CARVALHO (GORDURA); ESCOLA MUNICIPAL CAPITÃO MACHADO (CAPITÃO MACHADO); ESCOLA MUNICIPAL SANTA JULIANA (CÓRREGO DAS PEDRAS); ESCOLA MUNICIPAL BOUCHARDET (BELA VISTA DE SÃO FRANCISCO); ESCOLA MUNICIPAL MARTA SÉRGIO FERREIRA (CLEMENTE DO MEIO); ESCOLA FRANCISCO CAROLINA DA SILVA (PIEDADE DE CIMA).</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO MELHORIAS NA ILUMINAÇÃO PÚBLICA DOS BAIRROS RANCHO VERDE I E RANCHO VERDE II.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO COLOCAÇÃO DE TORRE COM VIABILIZAÇÃO DE SINAL DE INTERNET PARA AS COMUNIDADES RURAIS, ONDE HÁ ESCOLAS E ASSOCIAÇÕES.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE QUADRA POLIESPORTIVA NO BAIRRO ANTÔNIO SOARES.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A REFORMA DA ESCOLINHA TIA NANÁ, NO BAIRRO COHAB I.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO DUAS LOMBADAS NA ENTRADA DO CAPITÃO MACHADO ZONA RURAL.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO COLOCAÇÃO DE ABRIGO COBERTO NO PONTO DE ÔNIBUS LOCALIZADO NA PIEDADE DE CIMA, SENTIDO AO IAMBÚ; COLOCAÇÃO DE ABRIGO COBERTO NO PONTO DE ÔNIBUS NA ENCRUZILHADA DA ÁGUA FRIA, LOCALIZADA NA FLORESTA.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE REFORME AS TELAS EM VOLTA DA QUADRA E COLOQUE EM UM PROTÃO NA QUADRA DO BAIRRO ALTO DA BOA VISTA.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO O MELHORAMENTO OU PAVIMENTAÇÃO ASFÁLTICA NO BAIRRO SANTA CLARA NA RUAS: BUENA SIQUEIRA, ELIAS TEIXEIRA BARBOSA, FRANSCISCA ROSA DA ROCHA E OUTRAS.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE NOS TRILHOS DA LINHA DE FERRO SEJAM COBERTOS COM MASSA ASFÁLTICA INICIANDO NA PONTE DA ÁGUA LIMPA ATÉ A BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA UM MURO DE ARRIMO NA RUA JAIR DIAS BICALHO, BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE UMA FAIXA DE PEDESTRE ELEVADA LOCALIZADA NA AVENIDA THEOPHILE DUBREIL, BARRA DOS COUTOS, PRÓXIMO A 42º SUBSEÇÃO DA OAB/VRB, SENDO TAL OBRA DE ACORDO COM A RESOLUÇÃO Nº495 DO CONTRNAN, QUE ESTABELECE OS PADRÕES E CRITÉRIOS. ALÉM DE SER FEITO UMA ABERTURA NO BALAUSTRE PARA QUE A FAIXA DE PEDESTRE DÊ ACESSO A RUA EUGÊNIO DE MELO.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO RECUPERAÇÃO DA RAMPA DO VIADUTO QUE DÁ ACESSO A RUA VEREADOR JOSÉ SOARES FERREIRA A RODOVIA MG447, BAIRRO BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO O MELHORAMENTO OU PAVIMENTAÇÃO ASFÁLTICA DAS RUAS; RUA JOVINA SOARES, RUA JOAQUIM MOREIRA BARBOSA DO Nº314 ATÉ A RUA MARIA OLIVEIRA ESPANHOL, BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITO AO EXECUTIVO A DEMARCAÇÃO, CORREÇÃO JÁ  QUE O QUEBRA-MOLA ESTÁ FORA DO PADRÃO E A SINALIZAÇÃO COM PLACAS MOSTRANDO ANTECIPADAMENTE POR ALGUNS METROS DE ACORDO COM A RESOLUÇÃO DO CONTRAN A EXISTÊNCIA DE QUEBRA-MOLAS, SENDO ESTE NO POVOADO DO FLORESTA MAS ESPECIFICAMENTE EM FRENTE HÁ UM SALÃO DE FESTAS SENTIDO O CAMPO DE AVIAÇÃO EM CARÁTER DE URGÊNCIA. </t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE REALIZE A MANUTENÇÃO DE UM BUEIRO QUE PASSA DENTRO DO QUINTAL DA SENHORA MARIA APARECIDA DE AGUIAR, RESIDENTE E DOMICILIADA NA RUA MOREIRA CÉSAR, BAIRRO CORONEL JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/434/434_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/434/434_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE REALIZE A INSTALAÇÃO DE UMA TORRE COM VIABILIZAÇÃO DE SINAL DE INTERNET PARA O CLEMENTE DO MEIO (ZONA RURAL).</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE REALIZE A OBRA DE ASFALTAMENTO QUE VAI DA COMUNIDADE BOA VISTA ATÉ A COMUNIDADE CAPITÃO MACHADO.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO O MELHORAMENTO DA ILUMINAÇÃO PÚBLICA, NA RUA GERALDO MIGUEL, CENTRO.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO O MELHORAMENTO DA ILUMINAÇÃO PÚBLICA, AVENIDA GERALDO PEIXOTO PEIXOTO FILHO, VILA APRAZIVEL.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A COLOCAÇÃO DE MAIS UM POSTE DE ILUMINAÇÃO PÚBLICA NA RUA JÚLIA SILVA EM FRENTE AO Nº13, BAIRRO TUPÃ.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A COLOCAÇÃO DE CERCA EM VOLTA DA ESCOLA MUNICIPAL CAPITÃO MACHADO, COMUNIDADE DO CAPITÃO MACHADO.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITO AO EXECUTIVO MELHORAMENTO DA ILUMINAÇÃO PÚBLICA, NA REGIÃO CENTRAL DA COMUNIDADE DO CAPITÃO MACHADO._x000D_
 </t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE TROQUE AS MANILHAS DE ESGOTO DA RUA DA PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE COLOQUE DOIS LATÕES DE LIXO NA RUA CAPITÃO GERALDO WALTER CUNHA EM FRENTE A PADARIA SANTA CRUZ.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A REFORMA DA PONTE BEIRA - RIO, NA DIOGO BRAGA, NO BAIRRO DUCÍLIA CARONE (PRÓXIMO A COOPERATIVA MONTENEGRO).</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A REFORMA E AMPLIAÇÃO DO PSF DA CHÁCARA.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA UMA LOMBADA NA RUA JOSÉ CORREIA LINO PRÓXIMO AO NÚMERO 59 NO BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA DE PARTE DA RUA SÃO JOSÉ, BAIRRO PITO ACESO, DO INÍCIO DA RUA SANTO ANTÔNIO ATÉ A PONTE.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO PATROLAMENTO E CASCALHAMENTO DA ESTRADA NA COMUNIDADE DO FLORESTA, DEPOIS DA PONTE PRIMEIRA DIREITA AO SÍTIO DO FAUSTINO, E ATÉ A RESIDÊNCIA DO SR. CAMARADA.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO MELHORAMENTO OU PAVIMENTAÇÃO ASFÁLTICA DE TODAS AS RUAS DO BAIRRO NOVA PIEDADE.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO MELHORAMENTO DA ILUMINAÇÃO PÚBLICA DO BAIRRO NOVA PIEDADE.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DO ZÉ BENTO NO GORDURA QUE LIGA A QUADRA POLIESPORTIVA À PONTE COBERTA.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A REFORMA DO BUEIRO LOCALIZADO NA RUA CARTEIRO TUIM, COHAB I.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO DA RUA IRINEU CESÁRIO DA SILVA, NA COMUNIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A REFORMA DO ASFALTO NA TRAVESSA MARIA RAYMUNDO BIGONHA GOUVEIA, NA COMUNIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA UMA REFORMA E REPONHA EQUIPAMENTOS BÁSICOS PARA O POSO DE SAÚDE BEIRA RIO.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE FAÇA MELHORAMENTO DA ILUMINAÇÃO PÚBLICA DA RUA DONA ROSA PACHECO, NO BAIRRO DUCILIA CARONE.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A ARBORIZAÇÃO EM TODO O NOSSO MUNICÍPIO DE VRB/MG.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO REDE DE CAPTAÇÃO DE ÁGUAS PLUVIAIS, NA RUA JOSÉ GERALDO NAMORATO.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO SANEAMENTO BÁSICO NA RUA CENTENÁRIO, BAIRRO CAIÇARAS.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO LIMPEZA E REFORMA DA PRAÇA PÚBLICA DO BAIRRO CAIÇARA.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO REFORMA GERAL: DA QUADRA, TRAVES E ILUMINAÇÃO, DO BAIRRO CAIÇARAS.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO REFORMA COM A CONSTRUÇÃO DE UM PARQUE DE RECREAÇÃO NA ESCOLA "CORONEL JOAQUIM LOPES, DA COMUNIDADE DO MEMÓRIA.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE REDE DE ESGOTO NA RUA SÃO JOSÉ, BAIRRO PITO ACESO.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A LIMPEZA DO LOTE Nº09 SITUADO NA RUA CLÁUDIO MANUEL CARDOSO NO BAIRRO GONÇALO GOMES BARRETO.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO QUE REALIZE A TROCA DA ILUMINAÇÃO COM LÂMPADAS A VAPOR DE SÓDIO EM TROCA A RUA ROSA PACHECO NO BAIRRO JARDIM ALICE.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO MEDIDA DE RELEVANTE INTERESSE PÚBLICO: INSTALAÇÃO DE UMA "ACADEMIA AO AR LIVRE NA RUA MARIA DO DODÔ NA TIA VELHA.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO LIMPEZA DE TODA A ÁREA EM QUE SE LOCALIZA O ESTÁDIO OSCAR VIEIRA NO ALTO DO BAIRRO NOSSA SENHORA APARECIDA (BARREIRO).</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A PAVIMENTAÇÃO E A INSTALAÇÃO DE UMA BOCA DE LOBO NA RUA TRAVESSA JOÃO CORREIA LIMA, BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO PATROLAMENTO E CASCALHAMENTO DA ESTRADA NA SERRA QUE LIGA DE SANTA MARIA ATÉ DIVINÉSIA.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE NA AVENIDA DR. CARLOS SOARES, ESQUINA COM A RUA DR. JOÃO BATISTA, NO CENTRO.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA SÃO SEBASTIÃO ALTURA Nº 68 ATÉ ESQUINA COM A RUA CAP. GERALDO VALTER CUNHA NO BARREIRO.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/510/510_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/510/510_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO PATROLAMENTO E O CASCALHAMENTO DA ESTRADA DA IGREJA "CASA DE ORAÇÃO PENTECOSTAL VIDA NOVA" LOCALIZADA NO GORDURA.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.pdf</t>
   </si>
   <si>
     <t>"SOLICITO AO EXECUTIVO A CONSTRUÇÃO DE ABRIGOS NOS PONTOS DE ÔNIBUS NOS SEGUINTES LOCAIS: NO CÓRREGO DO ELIAS, E O OUTRO PRÓXIMO A CASA DO SR. OSVALDO ELIAS, OS DOIS ESTÃO LOCALIZADOS EM SANTA MARIA".</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO TROCA DE DOIS TUBULÕES POR GALERIA DE CONCRETO ARMADO NA PONTE QUE ESTÁ SENDO CONSTRUÍDA NA RUA QUE IRÁ DÁ ACESSO Á AVENIDA DR. LELÉ-RIO PIEDADE.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO ATENDIMENTO MÉDICO PARA OS BAIRROS NOVO HORIZONTE E NOVA CIDADE A SER NO CENTRO COMUNITÁRIO, RUA JEOVÁ BENATTI, Nº 160".</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO LIMPEZA DAS RUAS DO LOTEAMENTO DO BAIRRO RECANTO VERDE</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA DO TERRENO SITUADO NA RUA JUDITH TEREZINHA NO BAIRRO PLANALTO, BEM COMO PODA DAS ARVORES DO LOCAL.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO LIMPEZA DO TERRENO SITUADO À RUA ANTÔNIO BARRETO ALVES NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO LIMPEZA, PATROLAMENTO E CASCALHAMENTO DA ESTRADA BEIRA-RIO NO CAMELINHA QUE LIGA A BARRA DE GUIRICEMA.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO PROVIDÊNCIA QUANTO AO FUNCIONAMENTO DO POSTO DE SAÚDE DA COMUNIDADE DE SÃO FRANCISCO, ZONA RURAL. </t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A RETIRADA DOS ENTULHOS ACUMULADOS AO LADO DA ESCOLA ESTADUAL DE ENSINO ESPECIAL ANTÔNIO DE GOUVEIA LIMA (ESCOLA EMENDATIVA) NA RUA OSCAR SALERMO, BARREIRO.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A AMPLIAÇÃO DO PROGRAMA DO TRATOR AGRÍCOLA, ESTENDENDO PARA OS MAQUINÁRIOS PATROL E RETRO.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE UMA VARANDA DE FRENTE AO POSTO DE SAÚDE DA COMUNIDADE DO GORDURA.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO PAVIMENTAÇÃO DA ESTRADA RURAL QUE DÁ ACESSO AO CENTRO COMUNITÁRIO DO MASSAMBARÁ ONDE FUNCIONA O POSTO DE SAÚDE E A IGREJA DA COMUNIDADE.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO O CASCALHAMENTO DA ESTRADA RURAL QUE LIGA O CAMPO ATE O SITIO SAO FRANCISCO</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO ATRAVÉS DO SETOR COMPETENTE COLOCAÇÃO DE FAIXA DE PEDESTRE NA RUA SANTO ANTÔNIO Nº109 EM FRENTE À ESCOLA LÁPIS DE COR.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA DO BAIRRO ALEXANDRE FERRAZ.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO LIMPEZA DAS RUAS DO BAIRRO FILIPINHO.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS PÚBLICAS E SERVIÇOS URBANOS E DO DEPARTAMENTO DE TRÂNSITO, QUE PROVIDENCIE REPAROS PARA O FUNCIONAMENTO DO SINAL DE TRÂNSITO DA AV. DR. CARLOS SOARES E RUA DO DIVINO.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS PÚBLICAS E SERVIÇOS E DO DEPARTAMENTO DE TRÂNSITO IMPLANTAÇÃO DE PONTO DE CARGA/DESCARGA NA RUA CEL. GERALDO RODRIGUES DE AGUIAR-CENTRO.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A COLOCAÇÃO DE DOIS COLETORES DE LIXO NA RUA DA PROVIDÊNCIA BAIRRO DULCÍLIA CARONE.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO O PATROLAMENTO, CASCALHAMENTO OU PAVIMENTAÇÃO ASFÁLTICA  NA ESTRADA QUE DÁ INÍCIO PRÓXIMO AO TREVO DO BARREIRO ATÉ AO CLEMENTE  DE BAIXO, PERTO DA RESIDÊNCIA DO CARLINHO DO LÃO </t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA A RIO-BAHIA A ENTRADA DA BEIRA RIO NO CAMELINHA, PASSANDO PELA PROPRIEDADE DO SR. EDINHO.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO CONSTRUÇÃO DE CALÇADA PARA PEDESTRE EM TODA A EXTENSÃO DA AVENIDA SINHÔ DRUMMOND (BEIRA RIO), COM INÍCIO NA PONTE DA RUA FRANCISCO MARTIMIANO À PONTE DA ANTIGA FÁBRICA DE RAÇÃO, HOJE COOPERATIVA MONTENEGRO DO LADO DAS MARGENS DO RIO.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO OBRA DE MELHORAMENTO NO SISTEMA DE ESCOAMENTO DE ÁGUA DE CHUVA PRÓXIMO AO Nº46 DA RUA GERVÁSIO MARTINS DE LIMA NO BAIRRO DE LOURDES.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A DEMARCAÇÃO DE PONTO DE ÔNIBUS COM INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO PRÓXIMO AO CEMITÉRIO SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA PIEDADE DE CIMA ATÉ A COMUNIDADE DO QUEBRA-CABO NO MUNICÍPIO DE SÃO GERALDO, PASSANDO PELO SÍTIO ESPERANÇA.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO CASCALHAMENTO E PATROLAMENTO DA ESTRADA QUE LIGA ATÉ O SÍTIO MACADAME, PRÓXIMO AO BARRALS.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO CASCALHAMENTO DA ESTRADA RURAL DO CAMPO BELA VISTA EM SENTIDO À CAPELINHA DO ROÇA ALEGRE.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA JOSÉ TARGINO JACINTO, PRÓXIMO AO Nº58, RESIDÊNCIA DO SR. TÉRCIO RODRIGUES LOPES BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO CIMENTAÇÃO DO PÁTIO DO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL MARIA DE LOURDES FERRAZ LOPES - TIA LOURDES - NA BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITO AO EXECUTIVO SERVIÇOS DE REFORMA NO ANTIGO POSTO DE SAÚDE ABANDONADO NO BAIRRO SANTA RITA. </t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO SERVIÇOS DE REFORMA NA ANTIGA ESCOLA ALEXANDRE FERRAZ, USADA COMO SEDE DO CENTRO COMUNITÁRIO DO BAIRRO FILIPINHO</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MANUTENÇÃO DO SINAL DE TRÂNSITO LOCALIZADO NO CRUZAMENTO ENTRE A AV. DR. CARLOS SOARES E RUA MOREIRA CÉSAR, PRÓXIMO AO POSTO LÍDER.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO LIMPEZA DOS ENTULHOS DEPOSITADOS NA RUA OSCAR SALERMO E A COLOCAÇÃO DE UMA CAIXA ESTACIONADA (CAÇAMBA) PARA RECEBER LIXO, AO LADO DA ESCOLA ESTADUAL DE EDUCAÇÃO ESPECIAL ANTÔNIO DE GOUVEIA LIMA (ESCOLA EMENDATIVA DO BARREIRO).</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A ELABORAÇÃO DE U ESTUDO PARA INSTALAÇÃO DE UMA FAIXA DA VIDA, PEDESTRE, NA RUA SÃO JOÃO (RUA PRINCIPAL), PRÓXIMO À ENTRADA DO CONJUNTO RESIDENCIAL PREFEITO VIÇOSO CAMACHO LACERDA (COHAB2)</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE UM CENTRO OFTALMOLÓGICO NO MUNICÍPIO DE VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA DE UM PONTO NA RUA JOÃO DE ALMEIDA (CRUZAMENTO DE UM TRAVESSA NO LOCAL CHAMADO BARRACÃO) NO BAIRRO DULCÍLIA CARONE.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MELHORIA NO CALÇAMENTO OU APLICAÇÃO DE MASSA ASFÁLTICA E, AINDA, A LIMPEZA E CAPINA DA AV. JOSÉ BATISTA LOPES (MARGEM DIREITA DO RIO XOPOTÓ, PRÓXIMO À AV. BEIRA RIO.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NO TREVO QUE DÁ ACESSO AOS BAIRROS FILIPINHO E NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO ENCASCALHAMENTO DO ACESSO DA ESTRADA RURAL DA FAZENDA SANTA HELENA, DA SAÍDA DO ASFALTO NA RODOVIA ATÉ A PORTEIRA DO CURRAL PERTO DO ANTIGO RECANTO DO FAÉ.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INTERCEDER JUNTO À EMPRESA ILUMINAR A REVISÃO DA REDE DE ENERGIA ELÉTRICA DO RUADO DAS PEDRAS.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO UMA FAIXA DE PEDESTRE NA RUA DR. LINCH (EM FRENTE À LOJA BISCOITO E CIA).</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INSTALAÇÃO DE REDUTORES NA RUA CASTELO BRANCO, BAIRRO NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A REFORMA OU REVITALIZAÇÃO DO CALÇADÃO DA RUA THEOPHILE DUBBREIL, BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A COLOCAÇÃO DE PIAS, LAVATÓRIOS, NOS BANHEIROS DAS CAPELAS MORTUÁRIOS DO CEMITÉRIO DE SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE PROVIDENCIE COM URGÊNCIA A EMISSÃO DA CARTEIRA DE TRABALHO.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO REPARO NA REDE DE ESGOTO DA RUA CAPITÃO GERALDO VALTER CUNHA, PRÓXIMO AO Nº588 NO BAIRRO DULCÍLIA CARONE.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO TROCA DE UM BUEIRO LOCALIZADO NA RUA ELISA MACHADO CARDOSO, PRÓXIMO AO Nº 144 JARDIM DA BARRA.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A TROCA DO PISO DE ARDÓSIA PARA CERÂMICA DO CENTRO EDUCACIONAL CORONEL JOSÉ FÉLIX - CRECHE DO BARREIRO.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO SERVIÇO DE CIMENTAÇÃO DO PÁTIO LOCALIZADO NA PARTE DE TRÁS DO CENTRO EDUCACIONAL CORONEL JOSÉ FÉLIX - CRECHE BARREIRO.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA RUA JOÃO RODRIGUES DE AGUIAR NO BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MELHORIA NA ILUMINAÇÃO PÚBLICA DO BAIRRO ALEXANDRE FERRAZ.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO LIMPEZA DA RUA CAMPO BELO.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO REPAROS NA PONTE DO FEITICEIRO, PRÓXIMO A GROTA NA ZONA RURAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO REPARO NA ILUMINAÇÃO DA QUADRA DE ESPORTES DO BAIRRO NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE ATRÁS DA CAPELA DO POVOADO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO CASCALHAMENTO NAS ESTRADAS DO MASSAMBARAZINHO, SAPATEIRO E PÃO DE LÁ NA ZONA RURAL.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A DEMARCAÇÃO DE UMA ÁREA DE EMBARQUE E DESEMBARQUE EM FRENTE AO BANCO DO BRASIL, DESTINADA AOS PASSAGEIROS DE ÔNIBUS E VANS.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO AQUISIÇÃO DE TERRENO NA COMUNIDADE DE CAPITÃO MACHADO, PARA QUE NO LOCAL SEJAM CONSTRUÍDAS PRAÇS E QUADRA POLIESPORTIVA.</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CRIAÇÃO DE UMA ESCOLA PÚBLICA DE FORMAÇÃO DE CONDUTORES DE VEÍCULOS OU ATRAVÉS DE CONVÊNIO COM CENTROS DE FORMAÇÃO DE CONDUTORES, PARA ATENDER PESSOAS DE BAIXA RENDA.</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A LIMPEZA DO CÓRREGO QUE PASSA PELA RUA JACQUES ROCHIBOIS.</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO COLOCAÇÃO DE TAMPA NOVA E LIMPEZA DA BOCA DE LOBO DA AVENIDA PRESIDENTE ARTHUR DA SILVA BERNARDES, BAIRRO CEL. JOAQUIM LOPES, EM FRENTE AO MERCADO ALVORADA.</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA COMUNIDADE DE PIEDADE DE CIMA.</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO REPARO NAS CALHAS DAS ESTRADAS PARA PIEDADE DE CIMA</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO REPARO NAS MANILHAS E COLOCAÇÃO DE UM REGISTRO PARA CONTROLE DE ÁGUA DA MINA DO BARREIRO.</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO ASFALTAMENTO DA RUA SARGENTO LUIZ ANDRADE FILHO, EM FRENTE Á IGREJA DE SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO CAPINA DOS MATOS JUNTO AO MEIO-FIO DE TODAS AS RUAS DO BAIRRO CATETE.</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO COBERTURA DA QUADRA POLIESPORTIVA DO BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO CAPINA DOS MATOS JUNTO AO MEIO-FIO DE TODAS AS RUAS DO BAIRRO SEBASTIÃO CORREIA.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA RURAL QUE LIGA SANTA HELENA À SEMENTEIRA, ZONA RURAL.</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CAPINA DOS MATOS AO MEIO-FIO DO BAIRRO LOURDES SARAIVA.</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO CAPINA DOS MATOS JUNTO AO MEIO-FIO DE TODAS AS RUAS DO BAIRRO PLANALTO.</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UMA ROTATÓRIA ELEVADA NO CRUZAMENTO DAS RUAS FRANCISCO MARTIMIAMO DA SILVA, WOLF AKL E OSCAR SALERMO.</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO PAVIMENTAÇÃO ASFÁLTICA DA RUA GERALDO PIRES MILAGRES QUE LIGA À RUA AVELINO CARDOSO A AVENIDA JOSÉ BARRETO MESQUITA (DR. LELÉ).</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MELHORAMENTO NA RUA SÃO JOÃO BATISTA, NO SENTIDO DE ESCLARECER QUAIS SÃO OS EXAMES QUE O HOSPITAL POSSUI CONVÊNIO COM O MUNICÍPIO, E TAMBÉM A RELAÇÃO DE EXAMES QUE O HOSPITAL TERIA CONDIÇÕES DE FAZER PORÉM NÃO POSSUI CONTRATO, E PORTANTO QUAIS MOTIVOS.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE INTERCEDA JUNTO AO SENHOR SININHO PROPRIETÁRIO DE UM LOTE LOCALIZADO NA RUA ANTÔNIO PINTO DE QUEIROZ - BARREIRO, PARA QUE O MESMO FAÇA A RETIRADA DOS ENTULHOS E CERCAMENTO DO MESMO.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INSTALAÇÃO DE REDUTORES DE VELOCIDADE PRÓXIMO AO TREVO DO RUADO DAS PEDRAS (EM FRENTE AO SALÃO DE FESTAS JOAQUIM COCOZINHO).</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>&amp;#8220;SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UM QUEBRA-MOLAS NA RUA_x000D_
 ADRIANO TELES, BAIRRO NOSSA SENHORA APARECIDA&amp;#8221;.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UM QUEBRA-MOLAS NA RUA DOS_x000D_
 INCONFIDENTES, BAIRRO NOSSA SENHORA APARECIDA&amp;#8221;.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.pdf</t>
   </si>
   <si>
     <t>- &amp;#8220;SOLICITA AO EXECUTIVO A INSTALAÇÃO DE RAMPAS E PLACAS DE SINALIZAÇÃO_x000D_
 PARA CADEIRANTES NA RUA MAJOR FELICÍSSIMO, DANDO ACESSO À SECRETARIA MUNICIPAL DE_x000D_
 SAÚDE&amp;#8221;.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;SOLICITA AO EXECUTIVO A COLOCAÇÃO COM A MÁXIMA URGÊNCIA DE DUAS_x000D_
 TAMPAS NOS BUEIROS LOCALIZADOS NA RUA ALFREDO GOMES DE FREITAS (RUA DO CAMPO) EM_x000D_
 SANTA MARIA&amp;#8221;.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;SOLICITA AO EXECUTIVO A PAVIMENTAÇÃO ASFÁLTICA DA RUA BRASIL NOVO_x000D_
 NO BAIRRO CORONEL JOAQUIM LOPES&amp;#8221;.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.pdf</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;SOLICITA AO EXECUTIVO A TROCA DA TAMPA DA BOLA DE LOBO LOCALIZADA_x000D_
 NO ENTRONCAMENTO DA RUA JOÃO CÂNDIDO DUTRA COM A AV. ARTUR DA SILVA BERNARDES,_x000D_
 BAIRRO CORONEL JOAQUIM LOPES, AO LADO DO MERCADO ALVORADA&amp;#8221;.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;SOLICITA AO EXECUTIVO UMA MÁQUINA PARA PASSAR NA ESTRADA DA ZONA RURAL_x000D_
 DA FAZENDINHA&amp;#8221;.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>Anisio Alves Ananias, Zé Silvio do Ônibus</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO QUE FAÇA UM POÇO DE CAPTAÇÃO DE AGUA NO CORREGO DOS PINHEIRO, NA COMUNIDADE DA PIEDADE DE CIMA</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ISNTALAÇÃO DE UMA BOCA DE LOBA NA RUA NENEM ESTAVÃO, SANTA MARIA</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA INSTALADA SINALIZAÇÃO HORIZONTAL ENTRE AS FAIXAS DE PEDRESTES E O LOCAL DE CARROS PARA A PARADA DE MOTOS EM CRUZAMENTOS EM VIAS PUBLICAS</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O EXECUTIVO A CANALIZAÇÃO DO ESGOTO QUE CORRE A CÉU ABERTO NA RUA CAPITAO GERALDO VALTER CUNHA - BARREIRO</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PODA DAS ARVORES NA PRACINHA DO MATADOURO E ENTORNO NO BARREIRO</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UMA PLACA DE CARGA E DESCARGA NA RUA MAJOR FELICISSIMO, N 471</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INSTALAÇAO DE UMA PLACA DE PONTO DE ONIVUS NA RUA ROSA PACHECO, N 35</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;SOLICITA AO EXECUTIVO PODA DAS ÁRVORES NA RUA JOSÉ SILVÉRIO NO BAIRRO_x000D_
 GILENO SIQUEIRA&amp;#8221;.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO MUNICIPAL IRAN SILVA COURI,QUE OPTE POR RESCINDIR O CONTRATO OU CONVÊNIO COM ESTADO DE MINAS GERAIS POR INTERMÉDIO DA COPASA.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO QUE SOLICITE OS DETENTOS DESDE MUNICÍPIO PARA QUE TRABALHEM, FAZENDO O REFLORESTAMENTO NAS CABECEIRAS DOS RIOS.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO QUE REALIZE A LIMPEZA DE TODOS OS BUEIROS DA CIDADE.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO PREFEITO QUE FAÇA A CANALIZAÇÃO DA ÁGUA QUE VAI DA AVENIDA ZUMBI DOS PALMARES Á RUA DA PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO , PAVIMENTAÇÃO ASFÁLTICA DO TRECHO QUE LIGA A BR-120 AO MATADOURO MUNICIPAL NA BARRA DOS COUTOS.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO IRAN SILVA COURI QUE JUNTO À SECRETARIA DE OBRAS, INSTALE DE UM QUEBRA MOLA NA RUA ANTÔNIO PINTO DE QUEIROZ.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGESTÃO DE COLOCAÇÃO DE UMA PLACA SINALIZANDO "PROIBIDO PARAR E ESTACIONAR" EM FRENTE Á ENTRADA DO BECO JOANICO CADEDO NO BAIRRO DULCÍLIA CARONE.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SENHOR PREFEITO QUE PROVIDENCIE JUNTO AO SETOR COMPETENTE O REPARO OU MANUTENÇÃO, NA MINA SITUADA NA RUA DELORME TAVEIRA DA SILVA, BAIRRO ALEXANDRE FERRAZ.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE PROVIDENCIE O REPARO OU MANUTENÇÃO DA MINA SITUADA NO BAIRRO PITO ACESO.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO QUE PROVIDENCIE JUNTO DO SETOR COMPETENTE O  CASCALHAMENTO DA ESTRADA DO CAMPESTRE ATÉ NA ALDEIA(ANTIGA ESTRADA DE GUIRICEMA).</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INSTALAÇÃO DE UM QUEBRA-MOLA NA RUA AGENOR NUNES SILVEIRA, EM FRENTE À CASA DE Nº 137, BAIRRO NOVA RIO BRANCO.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE UMA FAIXA ELEVADA DE PEDESTRE NA AV. DIOGO BRAGA FILHO, BAIRRO NOVA RIO BRANCO (PRÓXIMA À LOJA DE MATERIAIS DE CONSTRUÇÃO SANTA CRUZ).</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO TROCA DA GRADE DA BOCA DE LOBO SITUADA NA RUA JOSÉ SARAIVA (BECO DA CARMINHA), BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO DISPONIBILIZAR DUAS AMBULÂNCIAS PARA ATENDIMENTO AOS PORTADORES DE NECESSIDADES ESPECIAIS-CADEIRANTES.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO REFORMA DA PONTE SITUADA NA RUA DR. DIOGO BRAGA (PRÓXIMO À COOPERATIVA MONTENEGRO).</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UM PONTO DE ÔNIBUS NA RUA MARIA ANTONIETA CARNEIRO(PRÓXIMO AO MERCADO DO TADEU).</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO ELABORAÇÃO DE UMA PROJETO PARA VIABILIZAR RECURSOS PARA PAVIMENTAÇÃO ASFÁLTICA DA RUA DELORME TAVEIRA DA SILVA, BAIRRO ALEXANDRE FERRAZ.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO QUE FAÇA ABERTURA DE UMA RUA JÁ EXISTENTE LIGANDO O BAIRRO NOVA VENEZA A RUA ARISTEU DOS SANTOS NO BAIRRO PIEDADE PASSANDO PARALELAMENTE AO RIO PIEDADE</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/693/693_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/693/693_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O CANCELAMENTO DO CONCURSO PÚBLICO - EDITAL 2017</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO A MANUTENÇÃO DA REDE DE ESGOTO NA RUA JOSÉ SARAIVA, BAIRRO COLÔNIA.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO REPARO E MANUTENÇÃO DOS EQUIPAMENTOS DA ACADEMIA AO AR LIVRE NA RUA CASTELO BRANCO, BAIRRO NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE AO SENHOR PREFEITO QUE FAÇA A INSTALAÇÃO DE CONTÊINER PARA COLETA DE LIXO NA RUA CAPITÃO GERALDO VALTER CUNHA, NO BARREIRO. </t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE REALIZE AS REFORMAS E COLOQUE TAMPA NOS BUEIROS DA RUA DELORME TAVEIRA, BAIRRO FILIPINHO. </t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO A TROCA DA TAMPA DO BUEIRO LOCALIZADO NA RUA FAUSTO FERREIRA, PRÓXIMO A CASA DE NÚMERO 60, NO BAIRRO NOVA PIEDADE</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO A CONSTRUÇÃO DE UMA FAIXA ELEVADA DE PEDESTRE NA AVENIDA SÃO JOÃO BATISTA, ESQUINA COM A RUA DR. CELSO MACHADO (RUA DA FEIRA, PRÓXIMO A ACADEMIA PHISICUS)</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE AO SENHOR PREFEITO QUE FAÇA O PATROLAMENTO E O CASCALHAMENTO DA ESTRADA RURAL QUE LIGA A RIO BAHIA ATÉ A PONTE DO CAMELINHA.  </t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO UMA PEQUENA OBRA DE MUDANÇA DA BARRA DE PROTEÇÃO DE QUE FAZ A DIVISA DAS RUAS MARIA ANTONIETA CARNEIRO E ELVIRA GRAZIOLE.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PAVIMENTAÇÃO ASFÁLTICA DA RUA JOSÉ LOPES COELHO, BAIRRO RANCHO VERDE.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO UM ESTUDO A RESPEITO DO TRANSITO NO CENTRO DA CIDADE, PARA MELHORAR A MOBILIDADE URBANA.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PERFURAÇÃO DE UMA POÇO ARTESIANO NA COMUNIDADE RURAL DO GORDURA.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE RURAL DE GORDURA.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO JUNTO AO SETOR COMPETENTE QUE DINAMIZE O SERVIÇO DO CARRO FUMACÊ EM TODOS OS BAIRROS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO QUE SEJA SINALIZADO COM PLACAS LUMINOSAS AS DUAS PONTES EXISTENTES NA ESTRADA LUIZ CUSTÓDIO DIAS, QUE LIGA A BR 120 ATÉ O RIO BAHIA NO CLEMENTE DO MEIO.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO IRAN SILVA COURI QUE JUNTO À SECRETARIA DE OBRAS, REALIZE A LIMPEZA DO RIO XOPOTÓ EM TODA SUA EXTENSÃO, BEM COMO O CÓRREGO DA RUA NOVA.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/739/739_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/739/739_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A REFORMA DOS BANCOS DO PARQUE CARLOS PEIXOTO FILHO-JARDIM DA PRAÇA 28 DE SETEMBRO.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/740/740_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/740/740_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO ESTABELECER A PROIBIÇÃO DO TRÁFEGO DE CAMINHÃO DE CARGA PESADA E DE TRANSPORTE DE PASSAGEIROS(VANS E MICRO-ÔNIBUS) NA RUA DONA ROSALINA CÂNDITO, BAIRRO CEL. JOAQUIM LOPES.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE FAÇA UM APORTE NECESSÁRIO AO MATADOURO MUNICIPAL PARA QUE CUMPRAM AS NORMAS DE NATUREZA SANITÁRIA.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>SUGERE AO EXECUTIVO DESENTUPIMENTO DA BOCA DE LOBO NA RUA MARIA DO DODÓ E AÇÃO CORRETIVA PRA SANAR O PROBLEMA DAS VOÇOROCAS PROVOCADAS PELA ÁGUA PLUVIAIS QUE DESCEM DO LOTEAMENTO PRÓXIMO A FUPAC.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/743/743_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/743/743_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO EXECUTIVO MANUTENÇÃO E REPARO DOS EQUIPAMENTOS DA ACADEMIA AO AR LIVRE E PLAY GROUND NA RUA DR. FUARD RACHID, BAIRRO CENTENÁRIO.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/744/744_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/744/744_texto_integral.pdf</t>
   </si>
   <si>
     <t>''SOLICITA AO EXECUTIVO A INSTALAÇÃO DE UM QUEBRA-MOLA NA RUA ANTONIO BARRETO ALVES, N° 135, EM FRENTE A RESIDÊNCIA DO SR. AILTOM, BAIRRO PLANALTO.''</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/745/745_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/745/745_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO CONSTRUÇÃO DE CALÇADA EM FRENTE AO CENTRO COMUNITÁRIO DA COHAB 1.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE, ATRAVÉS DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CRIE UM DEPARTAMENTO PARA ATUAR NA SITUAÇÃO DO VIOLÊNCIA DOMÉSTICA E EXPLORAÇÃO SEXUAL DE MULHERES E MENORES.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE ESTENDA O PROJETO RAÍZES CULTURAIS A OUTROS PONTOS DA CIDADE.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A REFORMA DA PONTE ANTÔNIO SIMPLÍCIO DE SOUZA, LOCALIZADA NA ESTRADA RURAL JOSÉ DE SOUSA MARINO.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/752/752_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/752/752_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E A TROCA DA TAMPA DA BOCA DE LOBO DA RUA HENRIQUE DE ALMEIDA FILHO, BAIRRO JARDIM ALICE.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/753/753_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/753/753_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO REFORMA DE TODOS OS PARQUES PÚBLICOS DA CIDADE.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/754/754_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/754/754_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A SINALIZAÇÃO DE TODOS OS QUEBRA-MOLAS DA CIDADE, COM PITURA E PLACAS INDICATIVAS</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/756/756_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/756/756_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A COLOCAÇÃO DE UMA TELA DE PROTEÇÃO NO MURO DA CANTINA DO COLÉGIO RIO BRANCO, QUE DÁ ACESSO Á PISCINA, AV. PREFEITO RUY BOUCHARDET, BAIRRO- JARDIM ALICE.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/757/757_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/757/757_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A RECUPERAÇÃO DA CAMADA ASFÁLTICA NA RUA TÉOFILO MOREIRA, BAIRRO ANTÔNIO SOARES.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/758/758_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/758/758_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A RECUPERAÇÃO DA CAMADA ASFÁLTICA DA RUA ELISA MIRANDA, BAIRRO JARDIM ALICE.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/759/759_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/759/759_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO QUE FAÇA MELHORAMENTO, PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA A COMUNIDADE DO SANTA HELENA ATÉ A BR 120.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/760/760_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/760/760_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO QUE BATA UM PISO (CONCRETO) ANTES DA CHEGADA DA ESCOLA DO GORDURA OU ESTENDA A RAMPA ATÉ A ENTRADA.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/761/761_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/761/761_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL PARA FAZER SAÍDA DE ÁGUA, CASCALHAR A ESTRADA DO SANTA HELENA E REPARAR UM BURACO PRÓXIMO A PONTE.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/762/762_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/762/762_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> SUGERE AO PREFEITO QUE FAÇA UM MURO E UMA ESTRUTURA NA QUAL POSSA SANAR O PROBLEMA NA RUA MAESTRO HOSTILIO SOARES, NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/763/763_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/763/763_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO A PAVIMENTAÇÃO ASFÁLTICA TAMPANDO OS BURACOS NA RUA JOSIAS MARTINS NOGUEIRA, BAIRRO NOVO PLANALTO.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/771/771_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/771/771_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO SENHOR PREFEITO A ADOÇÃO DA OBRIGATORIEDADE DE MANTER UM MONITOR NO TRANSPORTE ESCOLAR PÚBLICO E PARTICULAR NO MUNICÍPIO DE VISCONDE DO RIO BRANCO, EM VEÍCULOS QUE TENHAM MAIS DE 05 CRIANÇAS, MENORES DE 12 ANOS.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE FAÇA A SUBSTITUIÇÃO DA TELEVISÃO DO TERMINAL RODOVIÁRIO MONSENHOR RAIMUNDO NONATO DE CARVALHO.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>"SOLICITA AO SENHOR PREFEITO MUNICIPAL QUE PROCEDA A RECUPERAÇÃO DA CAMADA ASFÁLTICA NA AV. CARLOS SOARES, PRÓXIMO AO Nº 130."</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/779/779_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/779/779_texto_integral.pdf</t>
   </si>
   <si>
     <t>"SUGERE AO SENHOR PREFEITO QUE INSTALE UMA FAIXA ELEVADA NA RUA DR. ALTINO PELUSO (CAMINHO DA VOVÓ)."</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/780/780_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/780/780_texto_integral.pdf</t>
   </si>
   <si>
     <t>"SUGERE AO SENHOR PREFEITO QUE MELHORE A ILUMINAÇÃO DA GALERIA ÉDEN CLUBE."</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>"SUGERE AO SENHOR PREFEITO QUE FAÇA UMA OUTRA PONTE NO CÓRREGO DOS ELIAS NO SANTA MARIA, ZONA RURAL."</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/790/790_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/790/790_texto_integral.pdf</t>
   </si>
   <si>
     <t>"SOLICITA AO PREFEITO QUE ARRUME A ESTRADA DO CÓRREGO DAS PEDRAS".</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/791/791_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/791/791_texto_integral.pdf</t>
   </si>
   <si>
     <t>"SOLICITA AO PREFEITO A MANUTENÇÃO DA REDE DE ESGOTO NO FINAL DA RUA RUBENS TEIXEIRA LOPES, BAIRRO NOVO HORIZONTE"</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/792/792_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/792/792_texto_integral.pdf</t>
   </si>
   <si>
     <t>"SOLICITA AO PREFEITO QUE FAÇA A LIMPEZA DOS BUEIROS DA RUA MARIA DO ESPÍRITO SANTO DE PAULA (USINA VELHA), BAIRRO PIEDADE."</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/794/794_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/794/794_texto_integral.pdf</t>
   </si>
   <si>
     <t>"SUGERE AO PREFEITO QUE FAÇA A MELHORIA NA ILUMINAÇÃO PÚBLICA DO BAIRRO COHAB." I</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/795/795_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/795/795_texto_integral.pdf</t>
   </si>
   <si>
     <t>"SUGERE AO PREFEITO QUE FAÇA A INSTALAÇÃO DE REFLETORES DE ILUMINAÇÃO E REATIVE AS ATIVIDADES DO CAMPO DO CRUZEIRO (BARREIRO) EM PADRÕES DE CAMPO OFICIAL."</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/796/796_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/796/796_texto_integral.pdf</t>
   </si>
   <si>
     <t>"SUGERE AO PREFEITO A INSTALAÇÃO DE PLACAS E SINALIZAÇÃO DE  TRÂNSITO (PROIBIDO PARAR E ESTACIONAR) , NA RUA DR. ALTINO PELUSO, PRÓXIMO AO Nº 393, CENTRO."</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>EMMOD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDAS À LEI Nº 1316/2017 &amp;#8211; &amp;#8220;DISPÕE SOBRE A REGULAMENTAÇÃO DO TRANSPORTE_x000D_
 DE MOTOTÁXI NO MUNICÍPIO DE VISCONDE DO RIO BRANCO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS&amp;#8221;. _x000D_
 AUTOR : VEREADOR HUGO ELIAS DE LIMA DINIZ (SD)</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/772/772_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/772/772_texto_integral.pdf</t>
   </si>
   <si>
     <t>"EMENDA SUPRESSIVA N° 01 AO PROJETO DE LEI N°1666/2017, ESTABELECE OS MEIOS OFICIAIS DE PUBLICAÇÃO DOS ATOS NORMATIVOS E ADMINISTRATIVOS DO MUNICÍPIO DE VISCONDE DO RIO BRANCO-MG"</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/773/773_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/773/773_texto_integral.pdf</t>
   </si>
   <si>
     <t>"EMENDA MODIFICADA N°01 AO PROJETO DE LEI N°1648/2017, ESTIMA E FIXA A DESPESA DO MUNICÍPIO DE VISCONDE DO RIO BRANCO PARA O EXERCÍCIO FINANCEIRO DE 2018".</t>
   </si>
   <si>
     <t>LJRF</t>
   </si>
   <si>
     <t>Parecer Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE ORÇAMENTOS, FINANÇAS, OBRAS E SERVIÇOS PÚBLICOS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -7023,67 +7023,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/1302/1302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/1303/1303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/1304/1304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/1302/1302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/1303/1303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/1304/1304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H637"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="139.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>