--- v0 (2026-01-30)
+++ v1 (2026-03-20)
@@ -54,327 +54,327 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/151/151_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 3º DA LEI COMPLEMENTAR Nº43/2015, VII DA LC 32/2014 E CRIA O ANEXO VIII COM AS ATRIBUIÇÕES DOS CARGOS DE PROVIMENTO EM COMISSÃO.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Ruy</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/135/135_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O CENTRO DE UMBANDA "CABANA DO PAI JOAQUIM E VOVÓ CAMBINA, INSTITUIÇÃO FILANTRÓPICA, COM PERSONALIDADE JURÍDICA, DE CARÁTER RELIGIOSO, DESTINADA AO ESTUDO E PRÁTICA DOS CULTOS AFRO-BRASILEIROS E DO RITUAL LITÚRGICO DE UMBANDA" COM SEDE E FORO EM VISCONDE DO RIO BRANCO, CNPJ N°18.476.921/0001-90.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/136/136_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/136/136_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE TURISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/137/137_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/137/137_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL E A EMPRESA CAPOBIANGO EMPREENDIMENTOS IMOBILIÁRIOS LTDA, A PERMUTAREM BENS IMÓVEIS E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/149/149_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE VISCONDE DO RIO BRANCO PARA O EXERCÍCIO FINANCEIRO DE 2016.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/150/150_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 6º DA LEI Nº 1088 DE 11 DE NOVEMBRO DE 2011.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Sr. Wilson</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/142/142_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTITUI COMISSÃO ESPECIAL PARA REVISÃO, ADAPTAÇÃO E MODERNIZAÇÃO DA LEI ORGÂNICA E DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE VISCONDE DO RIO BRANCO - MG. </t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>Rober</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/145/145_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUZ SUBSÍDIO DE VEREADOR PARA A PRÓXIMA LEGISLATURA.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>Sr. Wilson, André - Bicudo Mania, Gaione</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/143/143_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE REDUÇÃO DO SUBSIDIO DE VEREADOR PARA A PRÓXIMA LEGISLATURA. </t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Gerson Gomes de Freitas - Amigo Xereba</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/148/148_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA QUE ENCAMINHE AO EXECUTIVO, PEDIDO DE INFORMAÇÕES SOBRE IMÓVEIS ALUGADOS DE POSSE DA PREFEITURA. QUANTIDADE, ENDEREÇOS  E CÓPIAS DE TODOS COMPROVANTES DE PAGAMENTOS COM OS VALORES DO ÚLTIMO MÊS.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIA DA ESTRADA DA COMUNIDADE DE SANTA ROSA, PARTINDO DA PONTE DA COLÔNIA ATÉ A ESTRADA DE PIEDADE DE CIMA.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Alex Vinicius Coelho - Alex da Autoescola</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf</t>
   </si>
   <si>
     <t>"SOLICITA INSTALAÇÃO DE REDE ELÉTRICA NA COMUNIDADE DO BOM JARDIM"</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>"SOLICITA CONSTRUÇÃO DE REDE DE ESGOTO NA COMUNIDADE DO BOM JARDIM."</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t>"SOLICITA ASFALTAMENTO PARA ACESSO À COMUNIDADE DO GORDURA".</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Padinha</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/146/146_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL QUE ELABORE E ENCAMINHE À CÂMARA, PROJETO DE LEI, REDUZINDO A CARGA HORÁRIA DE TRABALHO DOS SERVIDORES PÚBLICOS, RESPONSÁVEIS POR DEPENDENTE COM DEFICIÊNCIA, SEM A NECESSIDADE DE COMPENSAÇÃO E SEM SOFRER REDUÇÃO SALARIAL.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Gaione</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/147/147_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE BRAÇO E LÂMPADA NO POSTE SITUADO À RUA MARTINS NOGUEIRA, PRÓXIMO AO Nº259, BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>EMMOD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/153/153_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÊ-SE AO ART. 6º DO PROJETO DE LEI COMPLEMENTAR Nº 57/2015.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/144/144_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO § 1º DO ARTIGO 5º DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>LJRF</t>
   </si>
   <si>
     <t>Parecer Legislação, Justiça e Redação Final</t>
   </si>
   <si>
     <t>COFOSP - Orçamento, Finanças, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/152/152_texto_integral.pdf</t>
+    <t>http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE LEI 057/2015.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -681,68 +681,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/152/152_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.viscondedoriobranco.mg.leg.br/media/./sapl/public/materialegislativa/2015/152/152_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>